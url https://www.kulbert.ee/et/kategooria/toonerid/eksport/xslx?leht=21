--- v0 (2026-01-26)
+++ v1 (2026-03-12)
@@ -2032,121 +2032,121 @@
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>121.9</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>77.43</v>
       </c>
       <c r="D3" s="2">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>106.56</v>
       </c>
       <c r="D4" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>102.19</v>
       </c>
       <c r="D5" s="2">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>102.19</v>
       </c>
       <c r="D6" s="2">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>64.51</v>
       </c>
       <c r="D7" s="2">
-        <v>12</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>102.19</v>
       </c>
       <c r="D8" s="2">
-        <v>3</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="2"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
@@ -2347,470 +2347,468 @@
         <v>61</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="2"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
         <v>62</v>
       </c>
       <c r="B31" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="2"/>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s">
         <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>65</v>
       </c>
       <c r="C32" s="1">
         <v>117.16</v>
       </c>
-      <c r="D32" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D32" s="2"/>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
         <v>67</v>
       </c>
       <c r="C33" s="1">
         <v>138.57</v>
       </c>
       <c r="D33" s="2">
-        <v>23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
         <v>68</v>
       </c>
       <c r="B34" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="1">
         <v>72.99</v>
       </c>
-      <c r="D34" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D34" s="2"/>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
         <v>70</v>
       </c>
       <c r="B35" t="s">
         <v>71</v>
       </c>
       <c r="C35" s="1">
         <v>108.75</v>
       </c>
       <c r="D35" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
       <c r="C36" s="1">
         <v>108.75</v>
       </c>
       <c r="D36" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="1">
         <v>108.75</v>
       </c>
       <c r="D37" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" s="1">
         <v>66.92</v>
       </c>
       <c r="D38" s="2">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="1">
         <v>150.48</v>
       </c>
       <c r="D39" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="1">
         <v>144.84</v>
       </c>
       <c r="D40" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>82</v>
       </c>
       <c r="B41" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="1">
         <v>150.48</v>
       </c>
       <c r="D41" s="2">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="1">
         <v>102.87</v>
       </c>
       <c r="D42" s="2">
-        <v>97</v>
+        <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>86</v>
       </c>
       <c r="B43" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="1">
         <v>144.84</v>
       </c>
       <c r="D43" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
         <v>88</v>
       </c>
       <c r="B44" t="s">
         <v>89</v>
       </c>
       <c r="C44" s="1">
         <v>144.84</v>
       </c>
       <c r="D44" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
         <v>90</v>
       </c>
       <c r="B45" t="s">
         <v>91</v>
       </c>
       <c r="C45" s="1">
         <v>144.84</v>
       </c>
       <c r="D45" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
         <v>92</v>
       </c>
       <c r="B46" t="s">
         <v>93</v>
       </c>
       <c r="C46" s="1">
         <v>66.92</v>
       </c>
       <c r="D46" s="2">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
         <v>94</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
       <c r="C47" s="1">
         <v>105.03</v>
       </c>
       <c r="D47" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
         <v>96</v>
       </c>
       <c r="B48" t="s">
         <v>97</v>
       </c>
       <c r="C48" s="1">
         <v>119.56</v>
       </c>
       <c r="D48" s="2">
-        <v>43</v>
+        <v>8</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
         <v>98</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="1">
         <v>119.56</v>
       </c>
       <c r="D49" s="2">
-        <v>86</v>
+        <v>52</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
         <v>100</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50" s="1">
         <v>119.56</v>
       </c>
       <c r="D50" s="2">
-        <v>46</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s">
         <v>102</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="1">
         <v>197.67</v>
       </c>
       <c r="D51" s="2">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
         <v>104</v>
       </c>
       <c r="B52" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="1">
         <v>170.25</v>
       </c>
       <c r="D52" s="2">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
         <v>106</v>
       </c>
       <c r="B53" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="1">
         <v>197.67</v>
       </c>
       <c r="D53" s="2">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
         <v>108</v>
       </c>
       <c r="B54" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="1">
         <v>197.67</v>
       </c>
       <c r="D54" s="2">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" t="s">
         <v>110</v>
       </c>
       <c r="B55" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="1">
         <v>135.25</v>
       </c>
       <c r="D55" s="2">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" t="s">
         <v>112</v>
       </c>
       <c r="B56" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="1">
         <v>99.34</v>
       </c>
       <c r="D56" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
         <v>114</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="1">
         <v>179.47</v>
       </c>
       <c r="D57" s="2">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
         <v>116</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="1">
         <v>67.53</v>
       </c>
-      <c r="D58" s="2"/>
+      <c r="D58" s="2">
+        <v>15</v>
+      </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s">
         <v>118</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="1">
         <v>53.8</v>
       </c>
       <c r="D59" s="2">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60" s="1">
         <v>69.18</v>
       </c>
       <c r="D60" s="2">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>122</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61" s="1">
         <v>69.18</v>
       </c>
       <c r="D61" s="2">
-        <v>33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
         <v>124</v>
       </c>
       <c r="B62" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="1">
         <v>69.18</v>
       </c>
       <c r="D62" s="2">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s">
         <v>126</v>
       </c>
       <c r="B63" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="1">
         <v>45.43</v>
       </c>
       <c r="D63" s="2">
         <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" t="s">
         <v>128</v>
       </c>
       <c r="B64" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="1">
         <v>33</v>
@@ -2922,93 +2920,93 @@
       <c r="D73" s="2"/>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" t="s">
         <v>148</v>
       </c>
       <c r="B74" t="s">
         <v>149</v>
       </c>
       <c r="C74" s="1">
         <v>257.19</v>
       </c>
       <c r="D74" s="2"/>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" t="s">
         <v>150</v>
       </c>
       <c r="B75" t="s">
         <v>151</v>
       </c>
       <c r="C75" s="1">
         <v>72.93</v>
       </c>
       <c r="D75" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" t="s">
         <v>152</v>
       </c>
       <c r="B76" t="s">
         <v>153</v>
       </c>
       <c r="C76" s="1">
         <v>79.81</v>
       </c>
       <c r="D76" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" t="s">
         <v>154</v>
       </c>
       <c r="B77" t="s">
         <v>155</v>
       </c>
       <c r="C77" s="1">
         <v>72.93</v>
       </c>
       <c r="D77" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" t="s">
         <v>156</v>
       </c>
       <c r="B78" t="s">
         <v>157</v>
       </c>
       <c r="C78" s="1">
         <v>72.93</v>
       </c>
       <c r="D78" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" t="s">
         <v>158</v>
       </c>
       <c r="B79" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="1">
         <v>84.94</v>
       </c>
       <c r="D79" s="2"/>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>160</v>
       </c>
       <c r="B80" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="1">
         <v>62.29</v>
       </c>
       <c r="D80" s="2">
@@ -3482,51 +3480,51 @@
       <c r="D116" s="2"/>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" t="s">
         <v>234</v>
       </c>
       <c r="B117" t="s">
         <v>235</v>
       </c>
       <c r="C117" s="1">
         <v>125.6</v>
       </c>
       <c r="D117" s="2"/>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" t="s">
         <v>236</v>
       </c>
       <c r="B118" t="s">
         <v>237</v>
       </c>
       <c r="C118" s="1">
         <v>99.75</v>
       </c>
       <c r="D118" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" t="s">
         <v>238</v>
       </c>
       <c r="B119" t="s">
         <v>239</v>
       </c>
       <c r="C119" s="1">
         <v>99.94</v>
       </c>
       <c r="D119" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" t="s">
         <v>240</v>
       </c>
       <c r="B120" t="s">
         <v>241</v>
       </c>
       <c r="C120" s="1">
         <v>147.97</v>
@@ -3576,149 +3574,147 @@
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" t="s">
         <v>248</v>
       </c>
       <c r="B124" t="s">
         <v>249</v>
       </c>
       <c r="C124" s="1">
         <v>193.03</v>
       </c>
       <c r="D124" s="2"/>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" t="s">
         <v>250</v>
       </c>
       <c r="B125" t="s">
         <v>251</v>
       </c>
       <c r="C125" s="1">
         <v>102.88</v>
       </c>
       <c r="D125" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" t="s">
         <v>252</v>
       </c>
       <c r="B126" t="s">
         <v>253</v>
       </c>
       <c r="C126" s="1">
         <v>122.97</v>
       </c>
       <c r="D126" s="2">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" t="s">
         <v>254</v>
       </c>
       <c r="B127" t="s">
         <v>255</v>
       </c>
       <c r="C127" s="1">
         <v>135.25</v>
       </c>
       <c r="D127" s="2">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" t="s">
         <v>256</v>
       </c>
       <c r="B128" t="s">
         <v>257</v>
       </c>
       <c r="C128" s="1">
         <v>99.34</v>
       </c>
-      <c r="D128" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D128" s="2"/>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" t="s">
         <v>258</v>
       </c>
       <c r="B129" t="s">
         <v>259</v>
       </c>
       <c r="C129" s="1">
         <v>102.87</v>
       </c>
       <c r="D129" s="2">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:26">
       <c r="A130" t="s">
         <v>260</v>
       </c>
       <c r="B130" t="s">
         <v>261</v>
       </c>
       <c r="C130" s="1">
         <v>106.57</v>
       </c>
       <c r="D130" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" t="s">
         <v>262</v>
       </c>
       <c r="B131" t="s">
         <v>263</v>
       </c>
       <c r="C131" s="1">
         <v>135.25</v>
       </c>
       <c r="D131" s="2">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" t="s">
         <v>264</v>
       </c>
       <c r="B132" t="s">
         <v>265</v>
       </c>
       <c r="C132" s="1">
         <v>179.47</v>
       </c>
       <c r="D132" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" t="s">
         <v>266</v>
       </c>
       <c r="B133" t="s">
         <v>267</v>
       </c>
       <c r="C133" s="1">
         <v>102.51</v>
       </c>
       <c r="D133" s="2"/>
     </row>
     <row r="134" spans="1:26">
       <c r="A134" t="s">
         <v>268</v>
       </c>
       <c r="B134" t="s">
         <v>269</v>
       </c>
       <c r="C134" s="1">
         <v>52.71</v>
       </c>
       <c r="D134" s="2">
@@ -3727,53 +3723,51 @@
     </row>
     <row r="135" spans="1:26">
       <c r="A135" t="s">
         <v>270</v>
       </c>
       <c r="B135" t="s">
         <v>271</v>
       </c>
       <c r="C135" s="1">
         <v>12</v>
       </c>
       <c r="D135" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" t="s">
         <v>272</v>
       </c>
       <c r="B136" t="s">
         <v>273</v>
       </c>
       <c r="C136" s="1">
         <v>74.25</v>
       </c>
-      <c r="D136" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D136" s="2"/>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" t="s">
         <v>274</v>
       </c>
       <c r="B137" t="s">
         <v>275</v>
       </c>
       <c r="C137" s="1">
         <v>64.03</v>
       </c>
       <c r="D137" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" t="s">
         <v>276</v>
       </c>
       <c r="B138" t="s">
         <v>277</v>
       </c>
       <c r="C138" s="1">
         <v>84.09</v>
       </c>
@@ -3781,66 +3775,64 @@
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" t="s">
         <v>278</v>
       </c>
       <c r="B139" t="s">
         <v>279</v>
       </c>
       <c r="C139" s="1">
         <v>101.36</v>
       </c>
       <c r="D139" s="2"/>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" t="s">
         <v>280</v>
       </c>
       <c r="B140" t="s">
         <v>281</v>
       </c>
       <c r="C140" s="1">
         <v>106.83</v>
       </c>
-      <c r="D140" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D140" s="2"/>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" t="s">
         <v>282</v>
       </c>
       <c r="B141" t="s">
         <v>283</v>
       </c>
       <c r="C141" s="1">
         <v>90.68</v>
       </c>
       <c r="D141" s="2">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="142" spans="1:26">
       <c r="A142" t="s">
         <v>284</v>
       </c>
       <c r="B142" t="s">
         <v>285</v>
       </c>
       <c r="C142" s="1">
         <v>98.43</v>
       </c>
       <c r="D142" s="2"/>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" t="s">
         <v>286</v>
       </c>
       <c r="B143" t="s">
         <v>287</v>
       </c>
       <c r="C143" s="1">
         <v>216.97</v>
       </c>
       <c r="D143" s="2"/>
@@ -4037,75 +4029,79 @@
         <v>319</v>
       </c>
       <c r="C159" s="1"/>
       <c r="D159" s="2"/>
     </row>
     <row r="160" spans="1:26">
       <c r="A160" t="s">
         <v>320</v>
       </c>
       <c r="B160" t="s">
         <v>321</v>
       </c>
       <c r="C160" s="1"/>
       <c r="D160" s="2"/>
     </row>
     <row r="161" spans="1:26">
       <c r="A161" t="s">
         <v>322</v>
       </c>
       <c r="B161" t="s">
         <v>323</v>
       </c>
       <c r="C161" s="1">
         <v>14.87</v>
       </c>
-      <c r="D161" s="2"/>
+      <c r="D161" s="2">
+        <v>17</v>
+      </c>
     </row>
     <row r="162" spans="1:26">
       <c r="A162" t="s">
         <v>324</v>
       </c>
       <c r="B162" t="s">
         <v>325</v>
       </c>
       <c r="C162" s="1">
         <v>18.75</v>
       </c>
       <c r="D162" s="2"/>
     </row>
     <row r="163" spans="1:26">
       <c r="A163" t="s">
         <v>326</v>
       </c>
       <c r="B163" t="s">
         <v>327</v>
       </c>
       <c r="C163" s="1">
         <v>18.25</v>
       </c>
-      <c r="D163" s="2"/>
+      <c r="D163" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="164" spans="1:26">
       <c r="A164" t="s">
         <v>328</v>
       </c>
       <c r="B164" t="s">
         <v>329</v>
       </c>
       <c r="C164" s="1">
         <v>28.75</v>
       </c>
       <c r="D164" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:26">
       <c r="A165" t="s">
         <v>330</v>
       </c>
       <c r="B165" t="s">
         <v>331</v>
       </c>
       <c r="C165" s="1"/>
       <c r="D165" s="2"/>
     </row>
@@ -4553,324 +4549,318 @@
         <v>419</v>
       </c>
       <c r="C209" s="1"/>
       <c r="D209" s="2"/>
     </row>
     <row r="210" spans="1:26">
       <c r="A210" t="s">
         <v>420</v>
       </c>
       <c r="B210" t="s">
         <v>421</v>
       </c>
       <c r="C210" s="1"/>
       <c r="D210" s="2"/>
     </row>
     <row r="211" spans="1:26">
       <c r="A211" t="s">
         <v>422</v>
       </c>
       <c r="B211" t="s">
         <v>423</v>
       </c>
       <c r="C211" s="1">
         <v>95.5</v>
       </c>
-      <c r="D211" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D211" s="2"/>
     </row>
     <row r="212" spans="1:26">
       <c r="A212" t="s">
         <v>424</v>
       </c>
       <c r="B212" t="s">
         <v>425</v>
       </c>
       <c r="C212" s="1">
         <v>64.51</v>
       </c>
       <c r="D212" s="2">
-        <v>12</v>
+        <v>75</v>
       </c>
     </row>
     <row r="213" spans="1:26">
       <c r="A213" t="s">
         <v>426</v>
       </c>
       <c r="B213" t="s">
         <v>427</v>
       </c>
       <c r="C213" s="1">
         <v>95.95</v>
       </c>
       <c r="D213" s="2">
-        <v>21</v>
+        <v>46</v>
       </c>
     </row>
     <row r="214" spans="1:26">
       <c r="A214" t="s">
         <v>428</v>
       </c>
       <c r="B214" t="s">
         <v>429</v>
       </c>
       <c r="C214" s="1">
         <v>95.95</v>
       </c>
       <c r="D214" s="2">
-        <v>2</v>
+        <v>64</v>
       </c>
     </row>
     <row r="215" spans="1:26">
       <c r="A215" t="s">
         <v>430</v>
       </c>
       <c r="B215" t="s">
         <v>431</v>
       </c>
       <c r="C215" s="1">
         <v>95.95</v>
       </c>
-      <c r="D215" s="2"/>
+      <c r="D215" s="2">
+        <v>61</v>
+      </c>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" t="s">
         <v>432</v>
       </c>
       <c r="B216" t="s">
         <v>433</v>
       </c>
       <c r="C216" s="1">
         <v>65.8</v>
       </c>
       <c r="D216" s="2">
-        <v>16</v>
+        <v>45</v>
       </c>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" t="s">
         <v>434</v>
       </c>
       <c r="B217" t="s">
         <v>435</v>
       </c>
       <c r="C217" s="1">
         <v>96.79</v>
       </c>
       <c r="D217" s="2">
-        <v>4</v>
+        <v>33</v>
       </c>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" t="s">
         <v>436</v>
       </c>
       <c r="B218" t="s">
         <v>437</v>
       </c>
       <c r="C218" s="1">
         <v>66.43</v>
       </c>
       <c r="D218" s="2"/>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" t="s">
         <v>438</v>
       </c>
       <c r="B219" t="s">
         <v>439</v>
       </c>
       <c r="C219" s="1">
         <v>96.79</v>
       </c>
       <c r="D219" s="2">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="220" spans="1:26">
       <c r="A220" t="s">
         <v>440</v>
       </c>
       <c r="B220" t="s">
         <v>441</v>
       </c>
       <c r="C220" s="1">
         <v>66.43</v>
       </c>
       <c r="D220" s="2"/>
     </row>
     <row r="221" spans="1:26">
       <c r="A221" t="s">
         <v>442</v>
       </c>
       <c r="B221" t="s">
         <v>443</v>
       </c>
       <c r="C221" s="1">
         <v>96.79</v>
       </c>
       <c r="D221" s="2">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="222" spans="1:26">
       <c r="A222" t="s">
         <v>444</v>
       </c>
       <c r="B222" t="s">
         <v>445</v>
       </c>
       <c r="C222" s="1">
         <v>66.43</v>
       </c>
       <c r="D222" s="2"/>
     </row>
     <row r="223" spans="1:26">
       <c r="A223" t="s">
         <v>446</v>
       </c>
       <c r="B223" t="s">
         <v>447</v>
       </c>
       <c r="C223" s="1">
         <v>77.43</v>
       </c>
       <c r="D223" s="2">
-        <v>11</v>
+        <v>38</v>
       </c>
     </row>
     <row r="224" spans="1:26">
       <c r="A224" t="s">
         <v>448</v>
       </c>
       <c r="B224" t="s">
         <v>449</v>
       </c>
       <c r="C224" s="1">
         <v>120.03</v>
       </c>
-      <c r="D224" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D224" s="2"/>
     </row>
     <row r="225" spans="1:26">
       <c r="A225" t="s">
         <v>450</v>
       </c>
       <c r="B225" t="s">
         <v>451</v>
       </c>
       <c r="C225" s="1">
         <v>143.48</v>
       </c>
-      <c r="D225" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D225" s="2"/>
     </row>
     <row r="226" spans="1:26">
       <c r="A226" t="s">
         <v>452</v>
       </c>
       <c r="B226" t="s">
         <v>453</v>
       </c>
       <c r="C226" s="1">
         <v>143.48</v>
       </c>
       <c r="D226" s="2">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="227" spans="1:26">
       <c r="A227" t="s">
         <v>454</v>
       </c>
       <c r="B227" t="s">
         <v>455</v>
       </c>
       <c r="C227" s="1">
         <v>143.48</v>
       </c>
-      <c r="D227" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D227" s="2"/>
     </row>
     <row r="228" spans="1:26">
       <c r="A228" t="s">
         <v>456</v>
       </c>
       <c r="B228" t="s">
         <v>457</v>
       </c>
       <c r="C228" s="1">
         <v>170.25</v>
       </c>
       <c r="D228" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="229" spans="1:26">
       <c r="A229" t="s">
         <v>458</v>
       </c>
       <c r="B229" t="s">
         <v>459</v>
       </c>
       <c r="C229" s="1">
         <v>217.45</v>
       </c>
       <c r="D229" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="230" spans="1:26">
       <c r="A230" t="s">
         <v>460</v>
       </c>
       <c r="B230" t="s">
         <v>461</v>
       </c>
       <c r="C230" s="1">
         <v>217.45</v>
       </c>
       <c r="D230" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="231" spans="1:26">
       <c r="A231" t="s">
         <v>462</v>
       </c>
       <c r="B231" t="s">
         <v>463</v>
       </c>
       <c r="C231" s="1">
         <v>217.45</v>
       </c>
       <c r="D231" s="2">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="232" spans="1:26">
       <c r="A232" t="s">
         <v>464</v>
       </c>
       <c r="B232" t="s">
         <v>465</v>
       </c>
       <c r="C232" s="1">
         <v>68.11</v>
       </c>
       <c r="D232" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="233" spans="1:26">
       <c r="A233" t="s">
         <v>466</v>
       </c>
       <c r="B233" t="s">
         <v>467</v>
       </c>
       <c r="C233" s="1">
         <v>95.02</v>
@@ -4950,107 +4940,107 @@
     <row r="239" spans="1:26">
       <c r="A239" t="s">
         <v>478</v>
       </c>
       <c r="B239" t="s">
         <v>479</v>
       </c>
       <c r="C239" s="1">
         <v>120.8</v>
       </c>
       <c r="D239" s="2">
         <v>16</v>
       </c>
     </row>
     <row r="240" spans="1:26">
       <c r="A240" t="s">
         <v>480</v>
       </c>
       <c r="B240" t="s">
         <v>481</v>
       </c>
       <c r="C240" s="1">
         <v>158.68</v>
       </c>
       <c r="D240" s="2">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="241" spans="1:26">
       <c r="A241" t="s">
         <v>482</v>
       </c>
       <c r="B241" t="s">
         <v>483</v>
       </c>
       <c r="C241" s="1">
         <v>199.54</v>
       </c>
       <c r="D241" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:26">
       <c r="A242" t="s">
         <v>484</v>
       </c>
       <c r="B242" t="s">
         <v>485</v>
       </c>
       <c r="C242" s="1">
         <v>199.54</v>
       </c>
       <c r="D242" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="243" spans="1:26">
       <c r="A243" t="s">
         <v>486</v>
       </c>
       <c r="B243" t="s">
         <v>487</v>
       </c>
       <c r="C243" s="1">
         <v>199.54</v>
       </c>
       <c r="D243" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="244" spans="1:26">
       <c r="A244" t="s">
         <v>488</v>
       </c>
       <c r="B244" t="s">
         <v>489</v>
       </c>
       <c r="C244" s="1">
         <v>155.83</v>
       </c>
       <c r="D244" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:26">
       <c r="A245" t="s">
         <v>490</v>
       </c>
       <c r="B245" t="s">
         <v>491</v>
       </c>
       <c r="C245" s="1">
         <v>168.98</v>
       </c>
       <c r="D245" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:26">
       <c r="A246" t="s">
         <v>492</v>
       </c>
       <c r="B246" t="s">
         <v>493</v>
       </c>
       <c r="C246" s="1">
         <v>168.98</v>
@@ -5061,209 +5051,221 @@
     </row>
     <row r="247" spans="1:26">
       <c r="A247" t="s">
         <v>494</v>
       </c>
       <c r="B247" t="s">
         <v>495</v>
       </c>
       <c r="C247" s="1">
         <v>168.98</v>
       </c>
       <c r="D247" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="248" spans="1:26">
       <c r="A248" t="s">
         <v>496</v>
       </c>
       <c r="B248" t="s">
         <v>497</v>
       </c>
       <c r="C248" s="1">
         <v>99.13</v>
       </c>
-      <c r="D248" s="2"/>
+      <c r="D248" s="2">
+        <v>25</v>
+      </c>
     </row>
     <row r="249" spans="1:26">
       <c r="A249" t="s">
         <v>498</v>
       </c>
       <c r="B249" t="s">
         <v>499</v>
       </c>
       <c r="C249" s="1">
         <v>79.28</v>
       </c>
-      <c r="D249" s="2"/>
+      <c r="D249" s="2">
+        <v>99</v>
+      </c>
     </row>
     <row r="250" spans="1:26">
       <c r="A250" t="s">
         <v>500</v>
       </c>
       <c r="B250" t="s">
         <v>501</v>
       </c>
       <c r="C250" s="1">
         <v>72.46</v>
       </c>
-      <c r="D250" s="2"/>
+      <c r="D250" s="2">
+        <v>87</v>
+      </c>
     </row>
     <row r="251" spans="1:26">
       <c r="A251" t="s">
         <v>502</v>
       </c>
       <c r="B251" t="s">
         <v>503</v>
       </c>
       <c r="C251" s="1">
         <v>72.46</v>
       </c>
-      <c r="D251" s="2"/>
+      <c r="D251" s="2">
+        <v>84</v>
+      </c>
     </row>
     <row r="252" spans="1:26">
       <c r="A252" t="s">
         <v>504</v>
       </c>
       <c r="B252" t="s">
         <v>505</v>
       </c>
       <c r="C252" s="1">
         <v>72.46</v>
       </c>
-      <c r="D252" s="2"/>
+      <c r="D252" s="2">
+        <v>85</v>
+      </c>
     </row>
     <row r="253" spans="1:26">
       <c r="A253" t="s">
         <v>506</v>
       </c>
       <c r="B253" t="s">
         <v>507</v>
       </c>
       <c r="C253" s="1">
         <v>66.08</v>
       </c>
       <c r="D253" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="254" spans="1:26">
       <c r="A254" t="s">
         <v>508</v>
       </c>
       <c r="B254" t="s">
         <v>509</v>
       </c>
       <c r="C254" s="1">
         <v>113.07</v>
       </c>
       <c r="D254" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="255" spans="1:26">
       <c r="A255" t="s">
         <v>510</v>
       </c>
       <c r="B255" t="s">
         <v>511</v>
       </c>
       <c r="C255" s="1">
         <v>113.07</v>
       </c>
       <c r="D255" s="2">
         <v>12</v>
       </c>
     </row>
     <row r="256" spans="1:26">
       <c r="A256" t="s">
         <v>512</v>
       </c>
       <c r="B256" t="s">
         <v>513</v>
       </c>
       <c r="C256" s="1">
         <v>113.07</v>
       </c>
       <c r="D256" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="257" spans="1:26">
       <c r="A257" t="s">
         <v>514</v>
       </c>
       <c r="B257" t="s">
         <v>515</v>
       </c>
       <c r="C257" s="1">
         <v>23.28</v>
       </c>
       <c r="D257" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="258" spans="1:26">
       <c r="A258" t="s">
         <v>516</v>
       </c>
       <c r="B258" t="s">
         <v>517</v>
       </c>
       <c r="C258" s="1">
         <v>7.75</v>
       </c>
       <c r="D258" s="2">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" t="s">
         <v>518</v>
       </c>
       <c r="B259" t="s">
         <v>519</v>
       </c>
       <c r="C259" s="1">
         <v>10.74</v>
       </c>
       <c r="D259" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="260" spans="1:26">
       <c r="A260" t="s">
         <v>520</v>
       </c>
       <c r="B260" t="s">
         <v>521</v>
       </c>
       <c r="C260" s="1">
         <v>61.87</v>
       </c>
-      <c r="D260" s="2"/>
+      <c r="D260" s="2">
+        <v>21</v>
+      </c>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" t="s">
         <v>522</v>
       </c>
       <c r="B261" t="s">
         <v>523</v>
       </c>
       <c r="C261" s="1">
         <v>72.8</v>
       </c>
       <c r="D261" s="2"/>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" t="s">
         <v>524</v>
       </c>
       <c r="B262" t="s">
         <v>525</v>
       </c>
       <c r="C262" s="1">
         <v>224.05</v>
       </c>
       <c r="D262" s="2"/>
     </row>