--- v0 (2025-12-19)
+++ v1 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>V11HB26140</t>
   </si>
   <si>
     <t>Projektor Epson EB-L795SE laser lähikuvaobjektiiviga 4K emulatsiooniga (WUXGA, 1920x1200, 7000ANSI, HDMI, LAN, HDBase-T, WiFi)</t>
   </si>
   <si>
     <t>V11HB54040</t>
   </si>
   <si>
     <t>Projektor Epson EB-FH08 (3LCD, FULL HD, 1920x1080, 3600ANSI, 16000:1, VGA, HDMI, USB)</t>
   </si>
   <si>
@@ -77,51 +77,51 @@
   <si>
     <t>Projektor Epson EB-W49 (3LCD, WXGA, 1280x800, 3800ANSI, 15000:1, VGA, HDMI, WIFI)</t>
   </si>
   <si>
     <t>V11HA72180</t>
   </si>
   <si>
     <t>Projektor Epson EB-L265F laser must (FULLHD, 1920x1080, 4600ANSI, 2.5milj.:1, VGA, HDMI, USB, LAN, WIFI, Miracast )</t>
   </si>
   <si>
     <t>V11HB28040</t>
   </si>
   <si>
     <t>Projektor Epson EB-L790U laser (WUXGA, 1920x1200, 7300ANSI, HDMI, LAN, HDBase-T, WiFi)</t>
   </si>
   <si>
     <t>V11HA99080</t>
   </si>
   <si>
     <t>Projektor Epson ultralähikuva EB-810E Super UST 4KE laserekraan</t>
   </si>
   <si>
     <t>V11HA73040</t>
   </si>
   <si>
-    <t>Epson EH-TW6250  4K -&gt; 3840 x 2160 (3 x 1920 x 1080), 2800 ANSI, 35 000:1, HDMI, Wifi, bluetooth, Android</t>
+    <t>Projektor Epson EH-TW6250  4K -&gt; 3840 x 2160 (3 x 1920 x 1080), 2800 ANSI, 35 000:1, HDMI, Wifi, bluetooth, Android</t>
   </si>
   <si>
     <t>V11H959040</t>
   </si>
   <si>
     <t>Projektor Epson kodukino EH-TW7100 4K PRO-UHD tehnoloogia, kontrast suhe 100 000:1</t>
   </si>
   <si>
     <t>V11HA75080</t>
   </si>
   <si>
     <t>Projektor Epson lähikuva laser EB-L210SF Full HD ,4000 ANSI, garantii 60 kuud</t>
   </si>
   <si>
     <t>V11HA84040</t>
   </si>
   <si>
     <t>Projektor Epson kodukino CO-FH01 Full HD (1920x1080) 3000 ANSI lumens White</t>
   </si>
   <si>
     <t>V11HA86040</t>
   </si>
   <si>
     <t>Projektor Epson kodukino CO-W01 Full HD (1920x1080) 3000 ANSI lumens White</t>
   </si>
@@ -156,56 +156,50 @@
     <t>Projektor Epson ultralähikuva EB-770F (3LCD, Full HD, 1920 x 1080, 4100ANSI, VGA, HDMI, Miracast)</t>
   </si>
   <si>
     <t>V11HA78080</t>
   </si>
   <si>
     <t>Projektor Epson interaktiivne EB-770Fi (3LCD, Full HD, 1920 x 1080, 4100ANSI, 2 500 000:1, 2 elektroonilist pliiatsit, 5 aastat RTB garantii)</t>
   </si>
   <si>
     <t>V11HA85040</t>
   </si>
   <si>
     <t>Projektor Epson kodukino CO-FH02 Full HD (1920x1080), 3000 ANSI, HDMI, USB, Android TV</t>
   </si>
   <si>
     <t>V11HA26040</t>
   </si>
   <si>
     <t>Projektor Epson saali EB-L630U laser (3LCD, WUXGA, 1920 x 1200, FULL HD,  6200ANSI, HDBaseT, VGA, HDMI, Lan, Miracast)</t>
   </si>
   <si>
     <t>V11HA27040</t>
   </si>
   <si>
     <t>Projektor Epson saali EB-L530U laser (WUXGA, 1920x1200, 5200ANSI, HDBaseT, VGA, HDMI, Lan)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Projektor Epson EB-W51 (3LCD, WXGA, 1280x800, 4000ANSI, 16000:1, VGA, HDMI, USB)</t>
   </si>
   <si>
     <t>V11H974040</t>
   </si>
   <si>
     <t>Projektor Epson EB-FH06 (3LCD, FULL HD, 1920x1080, 3500ANSI, 16000:1, VGA, HDMI, USB)</t>
   </si>
   <si>
     <t>V11H988040</t>
   </si>
   <si>
     <t>Projektor Epson EB-992F  (3LCD, Full HD, 1920 x 1080, 4000 ANSI, HDMI, VGA, Lan, Wifi, Miracast, Composite, VAG out, RS-232C)</t>
   </si>
   <si>
     <t>V11H919040</t>
   </si>
   <si>
     <t>Projektor Epson interaktiivne EB-1485Fi (3LCD; Full HD, 1920x1080, 5000ANSI, 2 500 000:1, sõrmeandur, 2 elektroonilist pliiatsit</t>
   </si>
   <si>
     <t>V11H914140</t>
   </si>
   <si>
     <t>Projektor Epson kodukino EF-100B Laser (3LCD, HD Ready, 2 500 000:1,HDMI, Bluetooth), must korpus</t>
   </si>
@@ -579,54 +573,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z35"/>
+  <dimension ref="A1:Z34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D1" sqref="D1:D35"/>
+      <selection activeCell="D1" sqref="D1:D34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="167" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
@@ -639,94 +633,92 @@
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>3784</v>
       </c>
-      <c r="D2" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>435</v>
       </c>
       <c r="D3" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>588.5</v>
       </c>
       <c r="D4" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>742.5</v>
       </c>
       <c r="D5" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>456.5</v>
       </c>
       <c r="D6" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>1129.7</v>
@@ -821,63 +813,67 @@
       </c>
       <c r="D14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>614.9</v>
       </c>
       <c r="D15" s="2"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>522.5</v>
       </c>
-      <c r="D16" s="2"/>
+      <c r="D16" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="1">
         <v>1228.68</v>
       </c>
-      <c r="D17" s="2"/>
+      <c r="D17" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="1">
         <v>2970</v>
       </c>
       <c r="D18" s="2"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="1">
         <v>1523.5</v>
       </c>
       <c r="D19" s="2"/>
     </row>
@@ -917,193 +913,181 @@
       <c r="C22" s="1">
         <v>2720</v>
       </c>
       <c r="D22" s="2"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="1">
         <v>2290</v>
       </c>
       <c r="D23" s="2"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="1">
-        <v>460</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>565</v>
+      </c>
+      <c r="D24" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
         <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="1">
-        <v>565</v>
-[...3 lines deleted...]
-      </c>
+        <v>745</v>
+      </c>
+      <c r="D25" s="2"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="1">
-        <v>745</v>
+        <v>2250</v>
       </c>
       <c r="D26" s="2"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="1">
-        <v>2250</v>
-[...1 lines deleted...]
-      <c r="D27" s="2"/>
+        <v>419.67</v>
+      </c>
+      <c r="D27" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
         <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
       <c r="C28" s="1">
-        <v>419.67</v>
-[...3 lines deleted...]
-      </c>
+        <v>950</v>
+      </c>
+      <c r="D28" s="2"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
         <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="1">
-        <v>950</v>
+        <v>654</v>
       </c>
       <c r="D29" s="2"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
         <v>60</v>
       </c>
       <c r="B30" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="1">
-        <v>654</v>
+        <v>950</v>
       </c>
       <c r="D30" s="2"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
         <v>62</v>
       </c>
       <c r="B31" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="1">
-        <v>950</v>
-[...1 lines deleted...]
-      <c r="D31" s="2"/>
+        <v>495</v>
+      </c>
+      <c r="D31" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s">
         <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>65</v>
       </c>
       <c r="C32" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
       <c r="D32" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
         <v>67</v>
       </c>
       <c r="C33" s="1">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>1050</v>
+      </c>
+      <c r="D33" s="2"/>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
         <v>68</v>
       </c>
       <c r="B34" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="1">
-        <v>1050</v>
+        <v>1695</v>
       </c>
       <c r="D34" s="2"/>
-    </row>
-[...10 lines deleted...]
-      <c r="D35" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">