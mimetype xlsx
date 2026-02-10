--- v0 (2025-12-26)
+++ v1 (2026-02-10)
@@ -693,53 +693,51 @@
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>457.5</v>
       </c>
       <c r="D9" s="2">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>602.4</v>
       </c>
-      <c r="D10" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>181.2</v>
       </c>
       <c r="D11" s="2"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1">
         <v>256.8</v>
       </c>
       <c r="D12" s="2"/>
     </row>
@@ -839,53 +837,51 @@
       </c>
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1">
         <v>103.82</v>
       </c>
       <c r="D21" s="2"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="1">
         <v>209.1</v>
       </c>
-      <c r="D22" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D22" s="2"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="1">
         <v>285.42</v>
       </c>
       <c r="D23" s="2"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="1">
         <v>137.37</v>
       </c>
       <c r="D24" s="2"/>
     </row>