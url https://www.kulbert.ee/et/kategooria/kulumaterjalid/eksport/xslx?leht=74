--- v0 (2026-01-26)
+++ v1 (2026-01-26)
@@ -13103,53 +13103,51 @@
     </row>
     <row r="587" spans="1:26">
       <c r="A587" t="s">
         <v>1174</v>
       </c>
       <c r="B587" t="s">
         <v>1175</v>
       </c>
       <c r="C587" s="1">
         <v>171.99</v>
       </c>
       <c r="D587" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="588" spans="1:26">
       <c r="A588" t="s">
         <v>1176</v>
       </c>
       <c r="B588" t="s">
         <v>1177</v>
       </c>
       <c r="C588" s="1">
         <v>172.15</v>
       </c>
-      <c r="D588" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D588" s="2"/>
     </row>
     <row r="589" spans="1:26">
       <c r="A589" t="s">
         <v>1178</v>
       </c>
       <c r="B589" t="s">
         <v>1179</v>
       </c>
       <c r="C589" s="1">
         <v>171.99</v>
       </c>
       <c r="D589" s="2"/>
     </row>
     <row r="590" spans="1:26">
       <c r="A590" t="s">
         <v>1180</v>
       </c>
       <c r="B590" t="s">
         <v>1181</v>
       </c>
       <c r="C590" s="1">
         <v>171.99</v>
       </c>
       <c r="D590" s="2">
         <v>1</v>