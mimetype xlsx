--- v0 (2026-03-25)
+++ v1 (2026-03-25)
@@ -16204,51 +16204,51 @@
     <row r="839" spans="1:26">
       <c r="A839" t="s">
         <v>1678</v>
       </c>
       <c r="B839" t="s">
         <v>1679</v>
       </c>
       <c r="C839" s="1">
         <v>64.51</v>
       </c>
       <c r="D839" s="2">
         <v>59</v>
       </c>
     </row>
     <row r="840" spans="1:26">
       <c r="A840" t="s">
         <v>1680</v>
       </c>
       <c r="B840" t="s">
         <v>1681</v>
       </c>
       <c r="C840" s="1">
         <v>95.95</v>
       </c>
       <c r="D840" s="2">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="841" spans="1:26">
       <c r="A841" t="s">
         <v>1682</v>
       </c>
       <c r="B841" t="s">
         <v>1683</v>
       </c>
       <c r="C841" s="1">
         <v>95.95</v>
       </c>
       <c r="D841" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="842" spans="1:26">
       <c r="A842" t="s">
         <v>1684</v>
       </c>
       <c r="B842" t="s">
         <v>1685</v>
       </c>
       <c r="C842" s="1">
         <v>95.95</v>