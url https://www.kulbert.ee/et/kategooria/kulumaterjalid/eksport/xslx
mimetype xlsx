--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -12,64 +12,70 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1836">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1834">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
+    <t>C13T03V64A</t>
+  </si>
+  <si>
+    <t>Tint Epson 101 komplekt L4150 / L4160 / L6160 / L6170 / L6190 /L6290/ L14150  kõik 4 värvi(4 x 65ml)</t>
+  </si>
+  <si>
     <t>1T0C3H0NL0</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-1250 (3000 lehte) - Ecosys PA3500x, MA3500x</t>
   </si>
   <si>
     <t>C13T00S64A</t>
   </si>
   <si>
     <t>Tint Epson 103 kolmplekt L1110/L3110 / L3111/L3116 / L3150 / L3151/L3156/L3160/3251/L3252/L3270/L5190 kõik 4 värvi(4 x 65ml)</t>
   </si>
   <si>
     <t>1T0C0X0NL0</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-3410 (15 500 lehte) - ECOSYS PA5000x</t>
   </si>
   <si>
     <t>1T0C0DBNL0</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-5450M magenta (3200 lehte) - Ecosys PA2600cx, PA2600cwx, MA2600cwx, MA2600cwx</t>
   </si>
   <si>
     <t>1T0C0DCNL0</t>
@@ -2150,56 +2156,50 @@
   <si>
     <t>CN048AE</t>
   </si>
   <si>
     <t>TINT HP no.951XL Ink Cart. for Officejet 8600Pro - Kollane (1500 lk)</t>
   </si>
   <si>
     <t>CLT-C404S</t>
   </si>
   <si>
     <t>Tooner Samsung SL-C430/C480 tsüaan (1 000 lk)</t>
   </si>
   <si>
     <t>CLT-K504S</t>
   </si>
   <si>
     <t>Tooner Samsung CLP-415/CLX-4195 must (2 500 lk)</t>
   </si>
   <si>
     <t>CLI-571C</t>
   </si>
   <si>
     <t>Tint Canon CLI-571C tsüaan (7 ml) (0386C001)</t>
   </si>
   <si>
-    <t>CLI-571M_XL</t>
-[...4 lines deleted...]
-  <si>
     <t>CLI-571Y</t>
   </si>
   <si>
     <t>Tint Canon CLI-571Y kollane (7 ml) (0388C001)</t>
   </si>
   <si>
     <t>CLI8B</t>
   </si>
   <si>
     <t>TINT CANON CLI-8 MUST (0620B001) (14 ml)</t>
   </si>
   <si>
     <t>CLI8C</t>
   </si>
   <si>
     <t>TINT CANON CLI-8 TSÜAAN (0621B001)</t>
   </si>
   <si>
     <t>CLI8M</t>
   </si>
   <si>
     <t>TINT CANON CLI-8 MAGENTA (0622B001)</t>
   </si>
   <si>
     <t>CLI8Y</t>
@@ -2550,56 +2550,50 @@
     <t>TINT HP #364 Kollane (300 lk)</t>
   </si>
   <si>
     <t>C8765EE</t>
   </si>
   <si>
     <t>TINT HP NO 338 MUST (11 ml)</t>
   </si>
   <si>
     <t>C8766EE</t>
   </si>
   <si>
     <t>TINT HP NO 343 VÄRVILINE</t>
   </si>
   <si>
     <t>C9351AE</t>
   </si>
   <si>
     <t>TINT HP NO 21 MUST</t>
   </si>
   <si>
     <t>C9351CE_XL</t>
   </si>
   <si>
     <t>TINT HP NO 21XL MUST 12ml</t>
-  </si>
-[...4 lines deleted...]
-    <t>TINT HP NO 22 VÄRVILINE (165 l)</t>
   </si>
   <si>
     <t>C9362EE</t>
   </si>
   <si>
     <t>TINT HP NO 336 Must</t>
   </si>
   <si>
     <t>C33S045538</t>
   </si>
   <si>
     <t>Epsoni kõrgläikega etiketi rulli: 102mm x 33m</t>
   </si>
   <si>
     <t>C33S020601</t>
   </si>
   <si>
     <t>Tint Epson ColorWorks C3500 (Must) SJIC22P(K)</t>
   </si>
   <si>
     <t>C33S020602</t>
   </si>
   <si>
     <t>Tint Epson ColorWorks C3500 (Tsüaan) SJIC22P(C)</t>
   </si>
@@ -5871,54 +5865,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z917"/>
+  <dimension ref="A1:Z916"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D1" sqref="D1:D917"/>
+      <selection activeCell="D1" sqref="D1:D916"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="199" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
@@ -5929,183 +5923,185 @@
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
-        <v>77.43</v>
-[...3 lines deleted...]
-      </c>
+        <v>38.05</v>
+      </c>
+      <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
-        <v>31.5</v>
+        <v>77.43</v>
       </c>
       <c r="D3" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
-        <v>106.56</v>
+        <v>31.5</v>
       </c>
       <c r="D4" s="2">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
-        <v>102.19</v>
+        <v>106.56</v>
       </c>
       <c r="D5" s="2">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>102.19</v>
       </c>
       <c r="D6" s="2">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
-        <v>64.51</v>
+        <v>102.19</v>
       </c>
       <c r="D7" s="2">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
-        <v>102.19</v>
+        <v>64.51</v>
       </c>
       <c r="D8" s="2">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
-      <c r="C9" s="1"/>
-      <c r="D9" s="2"/>
+      <c r="C9" s="1">
+        <v>102.19</v>
+      </c>
+      <c r="D9" s="2">
+        <v>31</v>
+      </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
-      <c r="C11" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C11" s="1"/>
+      <c r="D11" s="2"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="1"/>
-      <c r="D12" s="2"/>
+      <c r="C12" s="1">
+        <v>30.33</v>
+      </c>
+      <c r="D12" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="2"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
@@ -6200,63 +6196,63 @@
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="2"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
         <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="2"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
-      <c r="C26" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C26" s="1"/>
       <c r="D26" s="2"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
-      <c r="C27" s="1"/>
+      <c r="C27" s="1">
+        <v>78.54</v>
+      </c>
       <c r="D27" s="2"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
         <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="2"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
         <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="2"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
         <v>60</v>
@@ -6292,1540 +6288,1538 @@
         <v>66</v>
       </c>
       <c r="B33" t="s">
         <v>67</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="2"/>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
         <v>68</v>
       </c>
       <c r="B34" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="2"/>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
         <v>70</v>
       </c>
       <c r="B35" t="s">
         <v>71</v>
       </c>
-      <c r="C35" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C35" s="1"/>
+      <c r="D35" s="2"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
       <c r="C36" s="1">
-        <v>138.57</v>
+        <v>117.16</v>
       </c>
       <c r="D36" s="2">
-        <v>35</v>
+        <v>57</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="1">
-        <v>72.99</v>
+        <v>138.57</v>
       </c>
       <c r="D37" s="2">
-        <v>15</v>
+        <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" s="1">
-        <v>108.75</v>
+        <v>72.99</v>
       </c>
       <c r="D38" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="1">
         <v>108.75</v>
       </c>
       <c r="D39" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="1">
         <v>108.75</v>
       </c>
       <c r="D40" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>82</v>
       </c>
       <c r="B41" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="1">
-        <v>66.92</v>
+        <v>108.75</v>
       </c>
       <c r="D41" s="2">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="1">
-        <v>150.48</v>
+        <v>66.92</v>
       </c>
       <c r="D42" s="2">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>86</v>
       </c>
       <c r="B43" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="1">
-        <v>144.84</v>
+        <v>150.48</v>
       </c>
       <c r="D43" s="2">
         <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
         <v>88</v>
       </c>
       <c r="B44" t="s">
         <v>89</v>
       </c>
       <c r="C44" s="1">
-        <v>150.48</v>
+        <v>144.84</v>
       </c>
       <c r="D44" s="2">
         <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
         <v>90</v>
       </c>
       <c r="B45" t="s">
         <v>91</v>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>150.48</v>
+      </c>
+      <c r="D45" s="2">
+        <v>14</v>
+      </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
         <v>92</v>
       </c>
       <c r="B46" t="s">
         <v>93</v>
       </c>
       <c r="C46" s="1">
-        <v>102.87</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="D46" s="2"/>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
         <v>94</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
       <c r="C47" s="1">
-        <v>144.84</v>
+        <v>102.87</v>
       </c>
       <c r="D47" s="2">
-        <v>2</v>
+        <v>101</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
         <v>96</v>
       </c>
       <c r="B48" t="s">
         <v>97</v>
       </c>
       <c r="C48" s="1">
         <v>144.84</v>
       </c>
       <c r="D48" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
         <v>98</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="1">
         <v>144.84</v>
       </c>
       <c r="D49" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
         <v>100</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50" s="1">
-        <v>66.92</v>
+        <v>144.84</v>
       </c>
       <c r="D50" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s">
         <v>102</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="1">
-        <v>105.03</v>
+        <v>66.92</v>
       </c>
       <c r="D51" s="2">
-        <v>115</v>
+        <v>4</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
         <v>104</v>
       </c>
       <c r="B52" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="1">
-        <v>119.56</v>
+        <v>105.03</v>
       </c>
       <c r="D52" s="2">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
         <v>106</v>
       </c>
       <c r="B53" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="1">
         <v>119.56</v>
       </c>
       <c r="D53" s="2">
-        <v>105</v>
+        <v>94</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
         <v>108</v>
       </c>
       <c r="B54" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="1">
         <v>119.56</v>
       </c>
       <c r="D54" s="2">
-        <v>109</v>
+        <v>92</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" t="s">
         <v>110</v>
       </c>
       <c r="B55" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="1">
-        <v>197.67</v>
+        <v>119.56</v>
       </c>
       <c r="D55" s="2">
-        <v>26</v>
+        <v>97</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" t="s">
         <v>112</v>
       </c>
       <c r="B56" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="1">
-        <v>170.25</v>
+        <v>197.67</v>
       </c>
       <c r="D56" s="2">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
         <v>114</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="1">
-        <v>197.67</v>
+        <v>170.25</v>
       </c>
       <c r="D57" s="2">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
         <v>116</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="1">
         <v>197.67</v>
       </c>
       <c r="D58" s="2">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s">
         <v>118</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="1">
-        <v>135.25</v>
+        <v>197.67</v>
       </c>
       <c r="D59" s="2">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60" s="1">
-        <v>99.34</v>
+        <v>135.25</v>
       </c>
       <c r="D60" s="2">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>122</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61" s="1">
-        <v>335.8</v>
-[...1 lines deleted...]
-      <c r="D61" s="2"/>
+        <v>99.34</v>
+      </c>
+      <c r="D61" s="2">
+        <v>21</v>
+      </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
         <v>124</v>
       </c>
       <c r="B62" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="1">
-        <v>586.5</v>
+        <v>335.8</v>
       </c>
       <c r="D62" s="2"/>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s">
         <v>126</v>
       </c>
       <c r="B63" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="1">
         <v>586.5</v>
       </c>
       <c r="D63" s="2"/>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" t="s">
         <v>128</v>
       </c>
       <c r="B64" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="1">
         <v>586.5</v>
       </c>
       <c r="D64" s="2"/>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" t="s">
         <v>130</v>
       </c>
       <c r="B65" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="1">
-        <v>179.47</v>
-[...3 lines deleted...]
-      </c>
+        <v>586.5</v>
+      </c>
+      <c r="D65" s="2"/>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" t="s">
         <v>132</v>
       </c>
       <c r="B66" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="1">
-        <v>53.9</v>
-[...1 lines deleted...]
-      <c r="D66" s="2"/>
+        <v>179.47</v>
+      </c>
+      <c r="D66" s="2">
+        <v>84</v>
+      </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" t="s">
         <v>134</v>
       </c>
       <c r="B67" t="s">
         <v>135</v>
       </c>
       <c r="C67" s="1">
-        <v>218.9</v>
+        <v>53.9</v>
       </c>
       <c r="D67" s="2"/>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
         <v>136</v>
       </c>
       <c r="B68" t="s">
         <v>137</v>
       </c>
       <c r="C68" s="1">
         <v>218.9</v>
       </c>
       <c r="D68" s="2"/>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
         <v>138</v>
       </c>
       <c r="B69" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="1">
         <v>218.9</v>
       </c>
       <c r="D69" s="2"/>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" t="s">
         <v>140</v>
       </c>
       <c r="B70" t="s">
         <v>141</v>
       </c>
       <c r="C70" s="1">
         <v>218.9</v>
       </c>
       <c r="D70" s="2"/>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" t="s">
         <v>142</v>
       </c>
       <c r="B71" t="s">
         <v>143</v>
       </c>
       <c r="C71" s="1">
-        <v>86.25</v>
-[...3 lines deleted...]
-      </c>
+        <v>218.9</v>
+      </c>
+      <c r="D71" s="2"/>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" t="s">
         <v>144</v>
       </c>
       <c r="B72" t="s">
         <v>145</v>
       </c>
       <c r="C72" s="1">
-        <v>111.25</v>
+        <v>86.25</v>
       </c>
       <c r="D72" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" t="s">
         <v>146</v>
       </c>
       <c r="B73" t="s">
         <v>147</v>
       </c>
       <c r="C73" s="1">
         <v>111.25</v>
       </c>
       <c r="D73" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" t="s">
         <v>148</v>
       </c>
       <c r="B74" t="s">
         <v>149</v>
       </c>
       <c r="C74" s="1">
         <v>111.25</v>
       </c>
       <c r="D74" s="2">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" t="s">
         <v>150</v>
       </c>
       <c r="B75" t="s">
         <v>151</v>
       </c>
-      <c r="C75" s="1"/>
-      <c r="D75" s="2"/>
+      <c r="C75" s="1">
+        <v>111.25</v>
+      </c>
+      <c r="D75" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" t="s">
         <v>152</v>
       </c>
       <c r="B76" t="s">
         <v>153</v>
       </c>
-      <c r="C76" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C76" s="1"/>
       <c r="D76" s="2"/>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" t="s">
         <v>154</v>
       </c>
       <c r="B77" t="s">
         <v>155</v>
       </c>
       <c r="C77" s="1">
-        <v>47.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>58.75</v>
+      </c>
+      <c r="D77" s="2"/>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" t="s">
         <v>156</v>
       </c>
       <c r="B78" t="s">
         <v>157</v>
       </c>
       <c r="C78" s="1">
         <v>47.5</v>
       </c>
       <c r="D78" s="2">
         <v>7</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" t="s">
         <v>158</v>
       </c>
       <c r="B79" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="1">
         <v>47.5</v>
       </c>
       <c r="D79" s="2">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>160</v>
       </c>
       <c r="B80" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="1">
-        <v>22.5</v>
-[...1 lines deleted...]
-      <c r="D80" s="2"/>
+        <v>47.5</v>
+      </c>
+      <c r="D80" s="2">
+        <v>25</v>
+      </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" t="s">
         <v>162</v>
       </c>
       <c r="B81" t="s">
         <v>163</v>
       </c>
       <c r="C81" s="1">
-        <v>67.53</v>
-[...3 lines deleted...]
-      </c>
+        <v>22.5</v>
+      </c>
+      <c r="D81" s="2"/>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" t="s">
         <v>164</v>
       </c>
       <c r="B82" t="s">
         <v>165</v>
       </c>
       <c r="C82" s="1">
-        <v>53.8</v>
+        <v>67.53</v>
       </c>
       <c r="D82" s="2">
-        <v>32</v>
+        <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" t="s">
         <v>166</v>
       </c>
       <c r="B83" t="s">
         <v>167</v>
       </c>
       <c r="C83" s="1">
-        <v>69.18</v>
+        <v>53.8</v>
       </c>
       <c r="D83" s="2">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" t="s">
         <v>168</v>
       </c>
       <c r="B84" t="s">
         <v>169</v>
       </c>
       <c r="C84" s="1">
         <v>69.18</v>
       </c>
       <c r="D84" s="2">
         <v>33</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" t="s">
         <v>170</v>
       </c>
       <c r="B85" t="s">
         <v>171</v>
       </c>
       <c r="C85" s="1">
         <v>69.18</v>
       </c>
       <c r="D85" s="2">
         <v>33</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" t="s">
         <v>172</v>
       </c>
       <c r="B86" t="s">
         <v>173</v>
       </c>
       <c r="C86" s="1">
-        <v>45.43</v>
+        <v>69.18</v>
       </c>
       <c r="D86" s="2">
-        <v>20</v>
+        <v>33</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" t="s">
         <v>174</v>
       </c>
       <c r="B87" t="s">
         <v>175</v>
       </c>
       <c r="C87" s="1">
-        <v>544.8</v>
-[...1 lines deleted...]
-      <c r="D87" s="2"/>
+        <v>45.43</v>
+      </c>
+      <c r="D87" s="2">
+        <v>20</v>
+      </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" t="s">
         <v>176</v>
       </c>
       <c r="B88" t="s">
         <v>177</v>
       </c>
       <c r="C88" s="1">
-        <v>29.04</v>
-[...3 lines deleted...]
-      </c>
+        <v>544.8</v>
+      </c>
+      <c r="D88" s="2"/>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" t="s">
         <v>178</v>
       </c>
       <c r="B89" t="s">
         <v>179</v>
       </c>
       <c r="C89" s="1">
-        <v>33</v>
+        <v>29.04</v>
       </c>
       <c r="D89" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" t="s">
         <v>180</v>
       </c>
       <c r="B90" t="s">
         <v>181</v>
       </c>
       <c r="C90" s="1">
-        <v>450</v>
-[...1 lines deleted...]
-      <c r="D90" s="2"/>
+        <v>33</v>
+      </c>
+      <c r="D90" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" t="s">
         <v>182</v>
       </c>
       <c r="B91" t="s">
         <v>183</v>
       </c>
       <c r="C91" s="1">
         <v>450</v>
       </c>
       <c r="D91" s="2"/>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" t="s">
         <v>184</v>
       </c>
       <c r="B92" t="s">
         <v>185</v>
       </c>
       <c r="C92" s="1">
         <v>450</v>
       </c>
       <c r="D92" s="2"/>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" t="s">
         <v>186</v>
       </c>
       <c r="B93" t="s">
         <v>187</v>
       </c>
       <c r="C93" s="1">
-        <v>739.3</v>
+        <v>450</v>
       </c>
       <c r="D93" s="2"/>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" t="s">
         <v>188</v>
       </c>
       <c r="B94" t="s">
         <v>189</v>
       </c>
       <c r="C94" s="1">
-        <v>668.88</v>
+        <v>739.3</v>
       </c>
       <c r="D94" s="2"/>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" t="s">
         <v>190</v>
       </c>
       <c r="B95" t="s">
         <v>191</v>
       </c>
       <c r="C95" s="1">
-        <v>209.77</v>
-[...3 lines deleted...]
-      </c>
+        <v>668.88</v>
+      </c>
+      <c r="D95" s="2"/>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" t="s">
         <v>192</v>
       </c>
       <c r="B96" t="s">
         <v>193</v>
       </c>
       <c r="C96" s="1">
-        <v>137.11</v>
-[...1 lines deleted...]
-      <c r="D96" s="2"/>
+        <v>209.77</v>
+      </c>
+      <c r="D96" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" t="s">
         <v>194</v>
       </c>
       <c r="B97" t="s">
         <v>195</v>
       </c>
       <c r="C97" s="1">
-        <v>293.75</v>
+        <v>137.11</v>
       </c>
       <c r="D97" s="2"/>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" t="s">
         <v>196</v>
       </c>
       <c r="B98" t="s">
         <v>197</v>
       </c>
       <c r="C98" s="1">
-        <v>29.81</v>
-[...3 lines deleted...]
-      </c>
+        <v>293.75</v>
+      </c>
+      <c r="D98" s="2"/>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" t="s">
         <v>198</v>
       </c>
       <c r="B99" t="s">
         <v>199</v>
       </c>
       <c r="C99" s="1">
         <v>29.81</v>
       </c>
       <c r="D99" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" t="s">
         <v>200</v>
       </c>
       <c r="B100" t="s">
         <v>201</v>
       </c>
       <c r="C100" s="1">
         <v>29.81</v>
       </c>
       <c r="D100" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" t="s">
         <v>202</v>
       </c>
       <c r="B101" t="s">
         <v>203</v>
       </c>
       <c r="C101" s="1">
         <v>29.81</v>
       </c>
       <c r="D101" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" t="s">
         <v>204</v>
       </c>
       <c r="B102" t="s">
         <v>205</v>
       </c>
       <c r="C102" s="1">
         <v>29.81</v>
       </c>
       <c r="D102" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" t="s">
         <v>206</v>
       </c>
       <c r="B103" t="s">
         <v>207</v>
       </c>
       <c r="C103" s="1">
         <v>29.81</v>
       </c>
       <c r="D103" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" t="s">
         <v>208</v>
       </c>
       <c r="B104" t="s">
         <v>209</v>
       </c>
       <c r="C104" s="1">
         <v>29.81</v>
       </c>
       <c r="D104" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" t="s">
         <v>210</v>
       </c>
       <c r="B105" t="s">
         <v>211</v>
       </c>
       <c r="C105" s="1">
         <v>29.81</v>
       </c>
       <c r="D105" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" t="s">
         <v>212</v>
       </c>
       <c r="B106" t="s">
         <v>213</v>
       </c>
       <c r="C106" s="1">
-        <v>40.15</v>
+        <v>29.81</v>
       </c>
       <c r="D106" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" t="s">
         <v>214</v>
       </c>
       <c r="B107" t="s">
         <v>215</v>
       </c>
       <c r="C107" s="1">
         <v>40.15</v>
       </c>
       <c r="D107" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" t="s">
         <v>216</v>
       </c>
       <c r="B108" t="s">
         <v>217</v>
       </c>
       <c r="C108" s="1">
         <v>40.15</v>
       </c>
       <c r="D108" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" t="s">
         <v>218</v>
       </c>
       <c r="B109" t="s">
         <v>219</v>
       </c>
       <c r="C109" s="1">
         <v>40.15</v>
       </c>
       <c r="D109" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" t="s">
         <v>220</v>
       </c>
       <c r="B110" t="s">
         <v>221</v>
       </c>
       <c r="C110" s="1">
         <v>40.15</v>
       </c>
       <c r="D110" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" t="s">
         <v>222</v>
       </c>
       <c r="B111" t="s">
         <v>223</v>
       </c>
       <c r="C111" s="1">
         <v>40.15</v>
       </c>
       <c r="D111" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" t="s">
         <v>224</v>
       </c>
       <c r="B112" t="s">
         <v>225</v>
       </c>
       <c r="C112" s="1">
         <v>40.15</v>
       </c>
       <c r="D112" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" t="s">
         <v>226</v>
       </c>
       <c r="B113" t="s">
         <v>227</v>
       </c>
       <c r="C113" s="1">
         <v>40.15</v>
       </c>
       <c r="D113" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" t="s">
         <v>228</v>
       </c>
       <c r="B114" t="s">
         <v>229</v>
       </c>
       <c r="C114" s="1">
         <v>40.15</v>
       </c>
-      <c r="D114" s="2"/>
+      <c r="D114" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" t="s">
         <v>230</v>
       </c>
       <c r="B115" t="s">
         <v>231</v>
       </c>
       <c r="C115" s="1">
         <v>40.15</v>
       </c>
-      <c r="D115" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D115" s="2"/>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" t="s">
         <v>232</v>
       </c>
       <c r="B116" t="s">
         <v>233</v>
       </c>
       <c r="C116" s="1">
-        <v>29.81</v>
+        <v>40.15</v>
       </c>
       <c r="D116" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" t="s">
         <v>234</v>
       </c>
       <c r="B117" t="s">
         <v>235</v>
       </c>
       <c r="C117" s="1">
         <v>29.81</v>
       </c>
       <c r="D117" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" t="s">
         <v>236</v>
       </c>
       <c r="B118" t="s">
         <v>237</v>
       </c>
       <c r="C118" s="1">
-        <v>18.27</v>
+        <v>29.81</v>
       </c>
       <c r="D118" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" t="s">
         <v>238</v>
       </c>
       <c r="B119" t="s">
         <v>239</v>
       </c>
       <c r="C119" s="1">
         <v>18.27</v>
       </c>
       <c r="D119" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" t="s">
         <v>240</v>
       </c>
       <c r="B120" t="s">
         <v>241</v>
       </c>
       <c r="C120" s="1">
         <v>18.27</v>
       </c>
       <c r="D120" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" t="s">
         <v>242</v>
       </c>
       <c r="B121" t="s">
         <v>243</v>
       </c>
       <c r="C121" s="1">
         <v>18.27</v>
       </c>
       <c r="D121" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" t="s">
         <v>244</v>
       </c>
       <c r="B122" t="s">
         <v>245</v>
       </c>
       <c r="C122" s="1">
         <v>18.27</v>
       </c>
       <c r="D122" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" t="s">
         <v>246</v>
       </c>
       <c r="B123" t="s">
         <v>247</v>
       </c>
       <c r="C123" s="1">
         <v>18.27</v>
       </c>
       <c r="D123" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" t="s">
         <v>248</v>
       </c>
       <c r="B124" t="s">
         <v>249</v>
       </c>
       <c r="C124" s="1">
-        <v>20.62</v>
+        <v>18.27</v>
       </c>
       <c r="D124" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" t="s">
         <v>250</v>
       </c>
       <c r="B125" t="s">
         <v>251</v>
       </c>
       <c r="C125" s="1">
-        <v>102.93</v>
-[...1 lines deleted...]
-      <c r="D125" s="2"/>
+        <v>20.62</v>
+      </c>
+      <c r="D125" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" t="s">
         <v>252</v>
       </c>
       <c r="B126" t="s">
         <v>253</v>
       </c>
       <c r="C126" s="1">
-        <v>7.3</v>
-[...3 lines deleted...]
-      </c>
+        <v>102.93</v>
+      </c>
+      <c r="D126" s="2"/>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" t="s">
         <v>254</v>
       </c>
       <c r="B127" t="s">
         <v>255</v>
       </c>
       <c r="C127" s="1">
-        <v>8.12</v>
+        <v>7.3</v>
       </c>
       <c r="D127" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" t="s">
         <v>256</v>
       </c>
       <c r="B128" t="s">
         <v>257</v>
       </c>
       <c r="C128" s="1">
-        <v>7.49</v>
-[...1 lines deleted...]
-      <c r="D128" s="2"/>
+        <v>8.12</v>
+      </c>
+      <c r="D128" s="2">
+        <v>7</v>
+      </c>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" t="s">
         <v>258</v>
       </c>
       <c r="B129" t="s">
         <v>259</v>
       </c>
       <c r="C129" s="1">
-        <v>8.12</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.49</v>
+      </c>
+      <c r="D129" s="2"/>
     </row>
     <row r="130" spans="1:26">
       <c r="A130" t="s">
         <v>260</v>
       </c>
       <c r="B130" t="s">
         <v>261</v>
       </c>
       <c r="C130" s="1">
-        <v>8.99</v>
+        <v>8.12</v>
       </c>
       <c r="D130" s="2">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" t="s">
         <v>262</v>
       </c>
       <c r="B131" t="s">
         <v>263</v>
       </c>
       <c r="C131" s="1">
         <v>8.99</v>
       </c>
       <c r="D131" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" t="s">
         <v>264</v>
       </c>
       <c r="B132" t="s">
         <v>265</v>
       </c>
       <c r="C132" s="1">
-        <v>9.74</v>
+        <v>8.99</v>
       </c>
       <c r="D132" s="2">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" t="s">
         <v>266</v>
       </c>
       <c r="B133" t="s">
         <v>267</v>
       </c>
       <c r="C133" s="1">
         <v>9.74</v>
       </c>
       <c r="D133" s="2">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="134" spans="1:26">
       <c r="A134" t="s">
         <v>268</v>
       </c>
       <c r="B134" t="s">
         <v>269</v>
       </c>
       <c r="C134" s="1">
         <v>9.74</v>
       </c>
       <c r="D134" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" t="s">
         <v>270</v>
       </c>
       <c r="B135" t="s">
         <v>271</v>
       </c>
       <c r="C135" s="1">
-        <v>12.74</v>
+        <v>9.74</v>
       </c>
       <c r="D135" s="2">
-        <v>3</v>
+        <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" t="s">
         <v>272</v>
       </c>
       <c r="B136" t="s">
         <v>273</v>
       </c>
       <c r="C136" s="1">
-        <v>9.74</v>
+        <v>12.74</v>
       </c>
       <c r="D136" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" t="s">
         <v>274</v>
       </c>
       <c r="B137" t="s">
         <v>275</v>
       </c>
       <c r="C137" s="1">
-        <v>11.37</v>
+        <v>9.74</v>
       </c>
       <c r="D137" s="2">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" t="s">
         <v>276</v>
       </c>
       <c r="B138" t="s">
         <v>277</v>
       </c>
       <c r="C138" s="1">
         <v>11.37</v>
       </c>
       <c r="D138" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" t="s">
         <v>278</v>
       </c>
       <c r="B139" t="s">
         <v>279</v>
       </c>
       <c r="C139" s="1">
-        <v>12.99</v>
+        <v>11.37</v>
       </c>
       <c r="D139" s="2">
         <v>10</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" t="s">
         <v>280</v>
       </c>
       <c r="B140" t="s">
         <v>281</v>
       </c>
       <c r="C140" s="1">
         <v>12.99</v>
       </c>
       <c r="D140" s="2">
         <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" t="s">
         <v>282</v>
       </c>
       <c r="B141" t="s">
         <v>283</v>
       </c>
       <c r="C141" s="1">
-        <v>50</v>
+        <v>12.99</v>
       </c>
       <c r="D141" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:26">
       <c r="A142" t="s">
         <v>284</v>
       </c>
       <c r="B142" t="s">
         <v>285</v>
       </c>
       <c r="C142" s="1">
-        <v>37.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="D142" s="2"/>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" t="s">
         <v>286</v>
       </c>
       <c r="B143" t="s">
         <v>287</v>
       </c>
       <c r="C143" s="1">
         <v>37.5</v>
       </c>
-      <c r="D143" s="2"/>
+      <c r="D143" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="144" spans="1:26">
       <c r="A144" t="s">
         <v>288</v>
       </c>
       <c r="B144" t="s">
         <v>289</v>
       </c>
       <c r="C144" s="1">
         <v>37.5</v>
       </c>
-      <c r="D144" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D144" s="2"/>
     </row>
     <row r="145" spans="1:26">
       <c r="A145" t="s">
         <v>290</v>
       </c>
       <c r="B145" t="s">
         <v>291</v>
       </c>
-      <c r="C145" s="1"/>
-      <c r="D145" s="2"/>
+      <c r="C145" s="1">
+        <v>37.5</v>
+      </c>
+      <c r="D145" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="146" spans="1:26">
       <c r="A146" t="s">
         <v>292</v>
       </c>
       <c r="B146" t="s">
         <v>293</v>
       </c>
       <c r="C146" s="1"/>
       <c r="D146" s="2"/>
     </row>
     <row r="147" spans="1:26">
       <c r="A147" t="s">
         <v>294</v>
       </c>
       <c r="B147" t="s">
         <v>295</v>
       </c>
       <c r="C147" s="1"/>
       <c r="D147" s="2"/>
     </row>
     <row r="148" spans="1:26">
       <c r="A148" t="s">
         <v>296</v>
       </c>
@@ -8180,115 +8174,115 @@
         <v>366</v>
       </c>
       <c r="B183" t="s">
         <v>367</v>
       </c>
       <c r="C183" s="1"/>
       <c r="D183" s="2"/>
     </row>
     <row r="184" spans="1:26">
       <c r="A184" t="s">
         <v>368</v>
       </c>
       <c r="B184" t="s">
         <v>369</v>
       </c>
       <c r="C184" s="1"/>
       <c r="D184" s="2"/>
     </row>
     <row r="185" spans="1:26">
       <c r="A185" t="s">
         <v>370</v>
       </c>
       <c r="B185" t="s">
         <v>371</v>
       </c>
-      <c r="C185" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C185" s="1"/>
+      <c r="D185" s="2"/>
     </row>
     <row r="186" spans="1:26">
       <c r="A186" t="s">
         <v>372</v>
       </c>
       <c r="B186" t="s">
         <v>373</v>
       </c>
       <c r="C186" s="1">
-        <v>10.89</v>
+        <v>12.36</v>
       </c>
       <c r="D186" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="187" spans="1:26">
       <c r="A187" t="s">
         <v>374</v>
       </c>
       <c r="B187" t="s">
         <v>375</v>
       </c>
-      <c r="C187" s="1"/>
-      <c r="D187" s="2"/>
+      <c r="C187" s="1">
+        <v>10.89</v>
+      </c>
+      <c r="D187" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="188" spans="1:26">
       <c r="A188" t="s">
         <v>376</v>
       </c>
       <c r="B188" t="s">
         <v>377</v>
       </c>
-      <c r="C188" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C188" s="1"/>
+      <c r="D188" s="2"/>
     </row>
     <row r="189" spans="1:26">
       <c r="A189" t="s">
         <v>378</v>
       </c>
       <c r="B189" t="s">
         <v>379</v>
       </c>
       <c r="C189" s="1">
-        <v>13.08</v>
-[...1 lines deleted...]
-      <c r="D189" s="2"/>
+        <v>15.62</v>
+      </c>
+      <c r="D189" s="2">
+        <v>7</v>
+      </c>
     </row>
     <row r="190" spans="1:26">
       <c r="A190" t="s">
         <v>380</v>
       </c>
       <c r="B190" t="s">
         <v>381</v>
       </c>
-      <c r="C190" s="1"/>
+      <c r="C190" s="1">
+        <v>13.08</v>
+      </c>
       <c r="D190" s="2"/>
     </row>
     <row r="191" spans="1:26">
       <c r="A191" t="s">
         <v>382</v>
       </c>
       <c r="B191" t="s">
         <v>383</v>
       </c>
       <c r="C191" s="1"/>
       <c r="D191" s="2"/>
     </row>
     <row r="192" spans="1:26">
       <c r="A192" t="s">
         <v>384</v>
       </c>
       <c r="B192" t="s">
         <v>385</v>
       </c>
       <c r="C192" s="1"/>
       <c r="D192" s="2"/>
     </row>
     <row r="193" spans="1:26">
       <c r="A193" t="s">
         <v>386</v>
@@ -8424,1914 +8418,1908 @@
         <v>412</v>
       </c>
       <c r="B206" t="s">
         <v>413</v>
       </c>
       <c r="C206" s="1"/>
       <c r="D206" s="2"/>
     </row>
     <row r="207" spans="1:26">
       <c r="A207" t="s">
         <v>414</v>
       </c>
       <c r="B207" t="s">
         <v>415</v>
       </c>
       <c r="C207" s="1"/>
       <c r="D207" s="2"/>
     </row>
     <row r="208" spans="1:26">
       <c r="A208" t="s">
         <v>416</v>
       </c>
       <c r="B208" t="s">
         <v>417</v>
       </c>
-      <c r="C208" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C208" s="1"/>
       <c r="D208" s="2"/>
     </row>
     <row r="209" spans="1:26">
       <c r="A209" t="s">
         <v>418</v>
       </c>
       <c r="B209" t="s">
         <v>419</v>
       </c>
       <c r="C209" s="1">
         <v>111.16</v>
       </c>
       <c r="D209" s="2"/>
     </row>
     <row r="210" spans="1:26">
       <c r="A210" t="s">
         <v>420</v>
       </c>
       <c r="B210" t="s">
         <v>421</v>
       </c>
       <c r="C210" s="1">
         <v>111.16</v>
       </c>
       <c r="D210" s="2"/>
     </row>
     <row r="211" spans="1:26">
       <c r="A211" t="s">
         <v>422</v>
       </c>
       <c r="B211" t="s">
         <v>423</v>
       </c>
       <c r="C211" s="1">
-        <v>257.19</v>
+        <v>111.16</v>
       </c>
       <c r="D211" s="2"/>
     </row>
     <row r="212" spans="1:26">
       <c r="A212" t="s">
         <v>424</v>
       </c>
       <c r="B212" t="s">
         <v>425</v>
       </c>
       <c r="C212" s="1">
-        <v>177.2</v>
+        <v>257.19</v>
       </c>
       <c r="D212" s="2"/>
     </row>
     <row r="213" spans="1:26">
       <c r="A213" t="s">
         <v>426</v>
       </c>
       <c r="B213" t="s">
         <v>427</v>
       </c>
       <c r="C213" s="1">
-        <v>257.19</v>
+        <v>177.2</v>
       </c>
       <c r="D213" s="2"/>
     </row>
     <row r="214" spans="1:26">
       <c r="A214" t="s">
         <v>428</v>
       </c>
       <c r="B214" t="s">
         <v>429</v>
       </c>
       <c r="C214" s="1">
         <v>257.19</v>
       </c>
       <c r="D214" s="2"/>
     </row>
     <row r="215" spans="1:26">
       <c r="A215" t="s">
         <v>430</v>
       </c>
       <c r="B215" t="s">
         <v>431</v>
       </c>
       <c r="C215" s="1">
-        <v>72.93</v>
-[...3 lines deleted...]
-      </c>
+        <v>257.19</v>
+      </c>
+      <c r="D215" s="2"/>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" t="s">
         <v>432</v>
       </c>
       <c r="B216" t="s">
         <v>433</v>
       </c>
       <c r="C216" s="1">
-        <v>79.81</v>
+        <v>72.93</v>
       </c>
       <c r="D216" s="2">
-        <v>16</v>
+        <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" t="s">
         <v>434</v>
       </c>
       <c r="B217" t="s">
         <v>435</v>
       </c>
       <c r="C217" s="1">
-        <v>72.93</v>
+        <v>79.81</v>
       </c>
       <c r="D217" s="2">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" t="s">
         <v>436</v>
       </c>
       <c r="B218" t="s">
         <v>437</v>
       </c>
       <c r="C218" s="1">
         <v>72.93</v>
       </c>
       <c r="D218" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" t="s">
         <v>438</v>
       </c>
       <c r="B219" t="s">
         <v>439</v>
       </c>
       <c r="C219" s="1">
-        <v>84.94</v>
-[...1 lines deleted...]
-      <c r="D219" s="2"/>
+        <v>72.93</v>
+      </c>
+      <c r="D219" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="220" spans="1:26">
       <c r="A220" t="s">
         <v>440</v>
       </c>
       <c r="B220" t="s">
         <v>441</v>
       </c>
       <c r="C220" s="1">
-        <v>62.29</v>
-[...3 lines deleted...]
-      </c>
+        <v>84.94</v>
+      </c>
+      <c r="D220" s="2"/>
     </row>
     <row r="221" spans="1:26">
       <c r="A221" t="s">
         <v>442</v>
       </c>
       <c r="B221" t="s">
         <v>443</v>
       </c>
       <c r="C221" s="1">
-        <v>84.94</v>
-[...1 lines deleted...]
-      <c r="D221" s="2"/>
+        <v>62.29</v>
+      </c>
+      <c r="D221" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="222" spans="1:26">
       <c r="A222" t="s">
         <v>444</v>
       </c>
       <c r="B222" t="s">
         <v>445</v>
       </c>
       <c r="C222" s="1">
-        <v>45.45</v>
-[...3 lines deleted...]
-      </c>
+        <v>84.94</v>
+      </c>
+      <c r="D222" s="2"/>
     </row>
     <row r="223" spans="1:26">
       <c r="A223" t="s">
         <v>446</v>
       </c>
       <c r="B223" t="s">
         <v>447</v>
       </c>
       <c r="C223" s="1">
         <v>45.45</v>
       </c>
       <c r="D223" s="2">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="224" spans="1:26">
       <c r="A224" t="s">
         <v>448</v>
       </c>
       <c r="B224" t="s">
         <v>449</v>
       </c>
       <c r="C224" s="1">
         <v>45.45</v>
       </c>
       <c r="D224" s="2">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="225" spans="1:26">
       <c r="A225" t="s">
         <v>450</v>
       </c>
       <c r="B225" t="s">
         <v>451</v>
       </c>
       <c r="C225" s="1">
         <v>45.45</v>
       </c>
       <c r="D225" s="2">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="226" spans="1:26">
       <c r="A226" t="s">
         <v>452</v>
       </c>
       <c r="B226" t="s">
         <v>453</v>
       </c>
       <c r="C226" s="1">
-        <v>138.72</v>
-[...1 lines deleted...]
-      <c r="D226" s="2"/>
+        <v>45.45</v>
+      </c>
+      <c r="D226" s="2">
+        <v>17</v>
+      </c>
     </row>
     <row r="227" spans="1:26">
       <c r="A227" t="s">
         <v>454</v>
       </c>
       <c r="B227" t="s">
         <v>455</v>
       </c>
       <c r="C227" s="1">
-        <v>95.49</v>
+        <v>138.72</v>
       </c>
       <c r="D227" s="2"/>
     </row>
     <row r="228" spans="1:26">
       <c r="A228" t="s">
         <v>456</v>
       </c>
       <c r="B228" t="s">
         <v>457</v>
       </c>
       <c r="C228" s="1">
-        <v>138.72</v>
+        <v>95.49</v>
       </c>
       <c r="D228" s="2"/>
     </row>
     <row r="229" spans="1:26">
       <c r="A229" t="s">
         <v>458</v>
       </c>
       <c r="B229" t="s">
         <v>459</v>
       </c>
       <c r="C229" s="1">
         <v>138.72</v>
       </c>
       <c r="D229" s="2"/>
     </row>
     <row r="230" spans="1:26">
       <c r="A230" t="s">
         <v>460</v>
       </c>
       <c r="B230" t="s">
         <v>461</v>
       </c>
       <c r="C230" s="1">
-        <v>186.96</v>
-[...3 lines deleted...]
-      </c>
+        <v>138.72</v>
+      </c>
+      <c r="D230" s="2"/>
     </row>
     <row r="231" spans="1:26">
       <c r="A231" t="s">
         <v>462</v>
       </c>
       <c r="B231" t="s">
         <v>463</v>
       </c>
       <c r="C231" s="1">
-        <v>129.45</v>
-[...1 lines deleted...]
-      <c r="D231" s="2"/>
+        <v>186.96</v>
+      </c>
+      <c r="D231" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="232" spans="1:26">
       <c r="A232" t="s">
         <v>464</v>
       </c>
       <c r="B232" t="s">
         <v>465</v>
       </c>
       <c r="C232" s="1">
-        <v>129.64</v>
-[...3 lines deleted...]
-      </c>
+        <v>129.45</v>
+      </c>
+      <c r="D232" s="2"/>
     </row>
     <row r="233" spans="1:26">
       <c r="A233" t="s">
         <v>466</v>
       </c>
       <c r="B233" t="s">
         <v>467</v>
       </c>
       <c r="C233" s="1">
-        <v>96.62</v>
+        <v>129.64</v>
       </c>
       <c r="D233" s="2"/>
     </row>
     <row r="234" spans="1:26">
       <c r="A234" t="s">
         <v>468</v>
       </c>
       <c r="B234" t="s">
         <v>469</v>
       </c>
       <c r="C234" s="1">
-        <v>82.33</v>
-[...3 lines deleted...]
-      </c>
+        <v>96.62</v>
+      </c>
+      <c r="D234" s="2"/>
     </row>
     <row r="235" spans="1:26">
       <c r="A235" t="s">
         <v>470</v>
       </c>
       <c r="B235" t="s">
         <v>471</v>
       </c>
       <c r="C235" s="1">
-        <v>169.29</v>
-[...1 lines deleted...]
-      <c r="D235" s="2"/>
+        <v>82.33</v>
+      </c>
+      <c r="D235" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="236" spans="1:26">
       <c r="A236" t="s">
         <v>472</v>
       </c>
       <c r="B236" t="s">
         <v>473</v>
       </c>
       <c r="C236" s="1">
-        <v>169.9</v>
+        <v>169.29</v>
       </c>
       <c r="D236" s="2"/>
     </row>
     <row r="237" spans="1:26">
       <c r="A237" t="s">
         <v>474</v>
       </c>
       <c r="B237" t="s">
         <v>475</v>
       </c>
       <c r="C237" s="1">
-        <v>98.11</v>
-[...3 lines deleted...]
-      </c>
+        <v>169.9</v>
+      </c>
+      <c r="D237" s="2"/>
     </row>
     <row r="238" spans="1:26">
       <c r="A238" t="s">
         <v>476</v>
       </c>
       <c r="B238" t="s">
         <v>477</v>
       </c>
       <c r="C238" s="1">
-        <v>61.86</v>
+        <v>98.11</v>
       </c>
       <c r="D238" s="2">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="239" spans="1:26">
       <c r="A239" t="s">
         <v>478</v>
       </c>
       <c r="B239" t="s">
         <v>479</v>
       </c>
       <c r="C239" s="1">
-        <v>98.11</v>
+        <v>61.86</v>
       </c>
       <c r="D239" s="2">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="240" spans="1:26">
       <c r="A240" t="s">
         <v>480</v>
       </c>
       <c r="B240" t="s">
         <v>481</v>
       </c>
       <c r="C240" s="1">
         <v>98.11</v>
       </c>
       <c r="D240" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="241" spans="1:26">
       <c r="A241" t="s">
         <v>482</v>
       </c>
       <c r="B241" t="s">
         <v>483</v>
       </c>
       <c r="C241" s="1">
-        <v>129.64</v>
+        <v>98.11</v>
       </c>
       <c r="D241" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="242" spans="1:26">
       <c r="A242" t="s">
         <v>484</v>
       </c>
       <c r="B242" t="s">
         <v>485</v>
       </c>
       <c r="C242" s="1">
-        <v>113.79</v>
+        <v>129.64</v>
       </c>
       <c r="D242" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="243" spans="1:26">
       <c r="A243" t="s">
         <v>486</v>
       </c>
       <c r="B243" t="s">
         <v>487</v>
       </c>
       <c r="C243" s="1">
-        <v>129.64</v>
+        <v>113.79</v>
       </c>
       <c r="D243" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="244" spans="1:26">
       <c r="A244" t="s">
         <v>488</v>
       </c>
       <c r="B244" t="s">
         <v>489</v>
       </c>
       <c r="C244" s="1">
-        <v>105.6</v>
+        <v>129.64</v>
       </c>
       <c r="D244" s="2"/>
     </row>
     <row r="245" spans="1:26">
       <c r="A245" t="s">
         <v>490</v>
       </c>
       <c r="B245" t="s">
         <v>491</v>
       </c>
       <c r="C245" s="1">
-        <v>218.43</v>
-[...3 lines deleted...]
-      </c>
+        <v>105.6</v>
+      </c>
+      <c r="D245" s="2"/>
     </row>
     <row r="246" spans="1:26">
       <c r="A246" t="s">
         <v>492</v>
       </c>
       <c r="B246" t="s">
         <v>493</v>
       </c>
       <c r="C246" s="1">
-        <v>173.68</v>
+        <v>218.43</v>
       </c>
       <c r="D246" s="2">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="247" spans="1:26">
       <c r="A247" t="s">
         <v>494</v>
       </c>
       <c r="B247" t="s">
         <v>495</v>
       </c>
       <c r="C247" s="1">
-        <v>218.43</v>
+        <v>173.68</v>
       </c>
       <c r="D247" s="2">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="248" spans="1:26">
       <c r="A248" t="s">
         <v>496</v>
       </c>
       <c r="B248" t="s">
         <v>497</v>
       </c>
       <c r="C248" s="1">
         <v>218.43</v>
       </c>
       <c r="D248" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="249" spans="1:26">
       <c r="A249" t="s">
         <v>498</v>
       </c>
       <c r="B249" t="s">
         <v>499</v>
       </c>
       <c r="C249" s="1">
-        <v>169.9</v>
-[...1 lines deleted...]
-      <c r="D249" s="2"/>
+        <v>218.43</v>
+      </c>
+      <c r="D249" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="250" spans="1:26">
       <c r="A250" t="s">
         <v>500</v>
       </c>
       <c r="B250" t="s">
         <v>501</v>
       </c>
       <c r="C250" s="1">
-        <v>156.55</v>
+        <v>169.9</v>
       </c>
       <c r="D250" s="2"/>
     </row>
     <row r="251" spans="1:26">
       <c r="A251" t="s">
         <v>502</v>
       </c>
       <c r="B251" t="s">
         <v>503</v>
       </c>
       <c r="C251" s="1">
-        <v>169.9</v>
+        <v>156.55</v>
       </c>
       <c r="D251" s="2"/>
     </row>
     <row r="252" spans="1:26">
       <c r="A252" t="s">
         <v>504</v>
       </c>
       <c r="B252" t="s">
         <v>505</v>
       </c>
       <c r="C252" s="1">
-        <v>111.97</v>
-[...3 lines deleted...]
-      </c>
+        <v>169.9</v>
+      </c>
+      <c r="D252" s="2"/>
     </row>
     <row r="253" spans="1:26">
       <c r="A253" t="s">
         <v>506</v>
       </c>
       <c r="B253" t="s">
         <v>507</v>
       </c>
       <c r="C253" s="1">
-        <v>112.76</v>
-[...1 lines deleted...]
-      <c r="D253" s="2"/>
+        <v>111.97</v>
+      </c>
+      <c r="D253" s="2">
+        <v>7</v>
+      </c>
     </row>
     <row r="254" spans="1:26">
       <c r="A254" t="s">
         <v>508</v>
       </c>
       <c r="B254" t="s">
         <v>509</v>
       </c>
       <c r="C254" s="1">
-        <v>134.28</v>
+        <v>112.76</v>
       </c>
       <c r="D254" s="2"/>
     </row>
     <row r="255" spans="1:26">
       <c r="A255" t="s">
         <v>510</v>
       </c>
       <c r="B255" t="s">
         <v>511</v>
       </c>
       <c r="C255" s="1">
-        <v>63.34</v>
-[...3 lines deleted...]
-      </c>
+        <v>134.28</v>
+      </c>
+      <c r="D255" s="2"/>
     </row>
     <row r="256" spans="1:26">
       <c r="A256" t="s">
         <v>512</v>
       </c>
       <c r="B256" t="s">
         <v>513</v>
       </c>
       <c r="C256" s="1">
-        <v>107.59</v>
-[...1 lines deleted...]
-      <c r="D256" s="2"/>
+        <v>63.34</v>
+      </c>
+      <c r="D256" s="2">
+        <v>15</v>
+      </c>
     </row>
     <row r="257" spans="1:26">
       <c r="A257" t="s">
         <v>514</v>
       </c>
       <c r="B257" t="s">
         <v>515</v>
       </c>
       <c r="C257" s="1">
-        <v>125.6</v>
+        <v>107.59</v>
       </c>
       <c r="D257" s="2"/>
     </row>
     <row r="258" spans="1:26">
       <c r="A258" t="s">
         <v>516</v>
       </c>
       <c r="B258" t="s">
         <v>517</v>
       </c>
       <c r="C258" s="1">
-        <v>99.75</v>
-[...3 lines deleted...]
-      </c>
+        <v>125.6</v>
+      </c>
+      <c r="D258" s="2"/>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" t="s">
         <v>518</v>
       </c>
       <c r="B259" t="s">
         <v>519</v>
       </c>
       <c r="C259" s="1">
-        <v>99.94</v>
+        <v>99.75</v>
       </c>
       <c r="D259" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="260" spans="1:26">
       <c r="A260" t="s">
         <v>520</v>
       </c>
       <c r="B260" t="s">
         <v>521</v>
       </c>
       <c r="C260" s="1">
-        <v>147.97</v>
-[...1 lines deleted...]
-      <c r="D260" s="2"/>
+        <v>99.94</v>
+      </c>
+      <c r="D260" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" t="s">
         <v>522</v>
       </c>
       <c r="B261" t="s">
         <v>523</v>
       </c>
       <c r="C261" s="1">
-        <v>95.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>147.97</v>
+      </c>
+      <c r="D261" s="2"/>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" t="s">
         <v>524</v>
       </c>
       <c r="B262" t="s">
         <v>525</v>
       </c>
       <c r="C262" s="1">
-        <v>119.74</v>
+        <v>95.1</v>
       </c>
       <c r="D262" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="263" spans="1:26">
       <c r="A263" t="s">
         <v>526</v>
       </c>
       <c r="B263" t="s">
         <v>527</v>
       </c>
       <c r="C263" s="1">
-        <v>95.1</v>
+        <v>119.74</v>
       </c>
       <c r="D263" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="264" spans="1:26">
       <c r="A264" t="s">
         <v>528</v>
       </c>
       <c r="B264" t="s">
         <v>529</v>
       </c>
       <c r="C264" s="1">
-        <v>193.03</v>
-[...1 lines deleted...]
-      <c r="D264" s="2"/>
+        <v>95.1</v>
+      </c>
+      <c r="D264" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="265" spans="1:26">
       <c r="A265" t="s">
         <v>530</v>
       </c>
       <c r="B265" t="s">
         <v>531</v>
       </c>
       <c r="C265" s="1">
-        <v>102.88</v>
-[...3 lines deleted...]
-      </c>
+        <v>193.03</v>
+      </c>
+      <c r="D265" s="2"/>
     </row>
     <row r="266" spans="1:26">
       <c r="A266" t="s">
         <v>532</v>
       </c>
       <c r="B266" t="s">
         <v>533</v>
       </c>
       <c r="C266" s="1">
-        <v>122.97</v>
+        <v>102.88</v>
       </c>
       <c r="D266" s="2">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:26">
       <c r="A267" t="s">
         <v>534</v>
       </c>
       <c r="B267" t="s">
         <v>535</v>
       </c>
       <c r="C267" s="1">
-        <v>135.25</v>
+        <v>122.97</v>
       </c>
       <c r="D267" s="2">
-        <v>63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="268" spans="1:26">
       <c r="A268" t="s">
         <v>536</v>
       </c>
       <c r="B268" t="s">
         <v>537</v>
       </c>
       <c r="C268" s="1">
-        <v>99.34</v>
+        <v>135.25</v>
       </c>
       <c r="D268" s="2">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="269" spans="1:26">
       <c r="A269" t="s">
         <v>538</v>
       </c>
       <c r="B269" t="s">
         <v>539</v>
       </c>
       <c r="C269" s="1">
-        <v>102.87</v>
-[...3 lines deleted...]
-      </c>
+        <v>99.34</v>
+      </c>
+      <c r="D269" s="2"/>
     </row>
     <row r="270" spans="1:26">
       <c r="A270" t="s">
         <v>540</v>
       </c>
       <c r="B270" t="s">
         <v>541</v>
       </c>
       <c r="C270" s="1">
-        <v>106.57</v>
+        <v>102.87</v>
       </c>
       <c r="D270" s="2">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="271" spans="1:26">
       <c r="A271" t="s">
         <v>542</v>
       </c>
       <c r="B271" t="s">
         <v>543</v>
       </c>
       <c r="C271" s="1">
-        <v>135.25</v>
+        <v>106.57</v>
       </c>
       <c r="D271" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="272" spans="1:26">
       <c r="A272" t="s">
         <v>544</v>
       </c>
       <c r="B272" t="s">
         <v>545</v>
       </c>
       <c r="C272" s="1">
-        <v>179.47</v>
+        <v>135.25</v>
       </c>
       <c r="D272" s="2">
-        <v>24</v>
+        <v>2</v>
       </c>
     </row>
     <row r="273" spans="1:26">
       <c r="A273" t="s">
         <v>546</v>
       </c>
       <c r="B273" t="s">
         <v>547</v>
       </c>
       <c r="C273" s="1">
-        <v>102.51</v>
-[...1 lines deleted...]
-      <c r="D273" s="2"/>
+        <v>179.47</v>
+      </c>
+      <c r="D273" s="2">
+        <v>22</v>
+      </c>
     </row>
     <row r="274" spans="1:26">
       <c r="A274" t="s">
         <v>548</v>
       </c>
       <c r="B274" t="s">
         <v>549</v>
       </c>
       <c r="C274" s="1">
-        <v>52.71</v>
-[...3 lines deleted...]
-      </c>
+        <v>102.51</v>
+      </c>
+      <c r="D274" s="2"/>
     </row>
     <row r="275" spans="1:26">
       <c r="A275" t="s">
         <v>550</v>
       </c>
       <c r="B275" t="s">
         <v>551</v>
       </c>
       <c r="C275" s="1">
-        <v>12</v>
+        <v>52.71</v>
       </c>
       <c r="D275" s="2">
-        <v>4</v>
+        <v>11</v>
       </c>
     </row>
     <row r="276" spans="1:26">
       <c r="A276" t="s">
         <v>552</v>
       </c>
       <c r="B276" t="s">
         <v>553</v>
       </c>
       <c r="C276" s="1">
-        <v>74.25</v>
+        <v>12</v>
       </c>
       <c r="D276" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="277" spans="1:26">
       <c r="A277" t="s">
         <v>554</v>
       </c>
       <c r="B277" t="s">
         <v>555</v>
       </c>
       <c r="C277" s="1">
-        <v>64.03</v>
+        <v>74.25</v>
       </c>
       <c r="D277" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:26">
       <c r="A278" t="s">
         <v>556</v>
       </c>
       <c r="B278" t="s">
         <v>557</v>
       </c>
       <c r="C278" s="1">
-        <v>84.09</v>
+        <v>64.03</v>
       </c>
       <c r="D278" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="279" spans="1:26">
       <c r="A279" t="s">
         <v>558</v>
       </c>
       <c r="B279" t="s">
         <v>559</v>
       </c>
       <c r="C279" s="1">
-        <v>101.36</v>
-[...1 lines deleted...]
-      <c r="D279" s="2"/>
+        <v>84.09</v>
+      </c>
+      <c r="D279" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="280" spans="1:26">
       <c r="A280" t="s">
         <v>560</v>
       </c>
       <c r="B280" t="s">
         <v>561</v>
       </c>
       <c r="C280" s="1">
-        <v>106.83</v>
+        <v>101.36</v>
       </c>
       <c r="D280" s="2"/>
     </row>
     <row r="281" spans="1:26">
       <c r="A281" t="s">
         <v>562</v>
       </c>
       <c r="B281" t="s">
         <v>563</v>
       </c>
       <c r="C281" s="1">
-        <v>90.68</v>
+        <v>106.83</v>
       </c>
       <c r="D281" s="2">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="282" spans="1:26">
       <c r="A282" t="s">
         <v>564</v>
       </c>
       <c r="B282" t="s">
         <v>565</v>
       </c>
       <c r="C282" s="1">
-        <v>98.43</v>
-[...1 lines deleted...]
-      <c r="D282" s="2"/>
+        <v>90.68</v>
+      </c>
+      <c r="D282" s="2">
+        <v>13</v>
+      </c>
     </row>
     <row r="283" spans="1:26">
       <c r="A283" t="s">
         <v>566</v>
       </c>
       <c r="B283" t="s">
         <v>567</v>
       </c>
       <c r="C283" s="1">
-        <v>216.97</v>
+        <v>98.43</v>
       </c>
       <c r="D283" s="2"/>
     </row>
     <row r="284" spans="1:26">
       <c r="A284" t="s">
         <v>568</v>
       </c>
       <c r="B284" t="s">
         <v>569</v>
       </c>
       <c r="C284" s="1">
-        <v>166.77</v>
+        <v>216.97</v>
       </c>
       <c r="D284" s="2"/>
     </row>
     <row r="285" spans="1:26">
       <c r="A285" t="s">
         <v>570</v>
       </c>
       <c r="B285" t="s">
         <v>571</v>
       </c>
       <c r="C285" s="1">
-        <v>216.97</v>
+        <v>166.77</v>
       </c>
       <c r="D285" s="2"/>
     </row>
     <row r="286" spans="1:26">
       <c r="A286" t="s">
         <v>572</v>
       </c>
       <c r="B286" t="s">
         <v>573</v>
       </c>
       <c r="C286" s="1">
         <v>216.97</v>
       </c>
       <c r="D286" s="2"/>
     </row>
     <row r="287" spans="1:26">
       <c r="A287" t="s">
         <v>574</v>
       </c>
       <c r="B287" t="s">
         <v>575</v>
       </c>
       <c r="C287" s="1">
-        <v>70.06</v>
-[...3 lines deleted...]
-      </c>
+        <v>216.97</v>
+      </c>
+      <c r="D287" s="2"/>
     </row>
     <row r="288" spans="1:26">
       <c r="A288" t="s">
         <v>576</v>
       </c>
       <c r="B288" t="s">
         <v>577</v>
       </c>
       <c r="C288" s="1">
-        <v>39</v>
+        <v>70.06</v>
       </c>
       <c r="D288" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="289" spans="1:26">
       <c r="A289" t="s">
         <v>578</v>
       </c>
       <c r="B289" t="s">
         <v>579</v>
       </c>
       <c r="C289" s="1">
-        <v>35.71</v>
+        <v>39</v>
       </c>
       <c r="D289" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="290" spans="1:26">
       <c r="A290" t="s">
         <v>580</v>
       </c>
       <c r="B290" t="s">
         <v>581</v>
       </c>
       <c r="C290" s="1">
-        <v>80.7</v>
-[...1 lines deleted...]
-      <c r="D290" s="2"/>
+        <v>35.71</v>
+      </c>
+      <c r="D290" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="291" spans="1:26">
       <c r="A291" t="s">
         <v>582</v>
       </c>
       <c r="B291" t="s">
         <v>583</v>
       </c>
       <c r="C291" s="1">
-        <v>40.87</v>
-[...3 lines deleted...]
-      </c>
+        <v>80.7</v>
+      </c>
+      <c r="D291" s="2"/>
     </row>
     <row r="292" spans="1:26">
       <c r="A292" t="s">
         <v>584</v>
       </c>
       <c r="B292" t="s">
         <v>585</v>
       </c>
       <c r="C292" s="1">
-        <v>110.25</v>
-[...1 lines deleted...]
-      <c r="D292" s="2"/>
+        <v>40.87</v>
+      </c>
+      <c r="D292" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="293" spans="1:26">
       <c r="A293" t="s">
         <v>586</v>
       </c>
       <c r="B293" t="s">
         <v>587</v>
       </c>
-      <c r="C293" s="1"/>
+      <c r="C293" s="1">
+        <v>110.25</v>
+      </c>
       <c r="D293" s="2"/>
     </row>
     <row r="294" spans="1:26">
       <c r="A294" t="s">
         <v>588</v>
       </c>
       <c r="B294" t="s">
         <v>589</v>
       </c>
       <c r="C294" s="1"/>
       <c r="D294" s="2"/>
     </row>
     <row r="295" spans="1:26">
       <c r="A295" t="s">
         <v>590</v>
       </c>
       <c r="B295" t="s">
         <v>591</v>
       </c>
       <c r="C295" s="1"/>
       <c r="D295" s="2"/>
     </row>
     <row r="296" spans="1:26">
       <c r="A296" t="s">
         <v>592</v>
       </c>
       <c r="B296" t="s">
         <v>593</v>
       </c>
-      <c r="C296" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C296" s="1"/>
+      <c r="D296" s="2"/>
     </row>
     <row r="297" spans="1:26">
       <c r="A297" t="s">
         <v>594</v>
       </c>
       <c r="B297" t="s">
         <v>595</v>
       </c>
       <c r="C297" s="1">
-        <v>16.5</v>
-[...1 lines deleted...]
-      <c r="D297" s="2"/>
+        <v>11.6</v>
+      </c>
+      <c r="D297" s="2">
+        <v>10</v>
+      </c>
     </row>
     <row r="298" spans="1:26">
       <c r="A298" t="s">
         <v>596</v>
       </c>
       <c r="B298" t="s">
         <v>597</v>
       </c>
-      <c r="C298" s="1"/>
+      <c r="C298" s="1">
+        <v>16.5</v>
+      </c>
       <c r="D298" s="2"/>
     </row>
     <row r="299" spans="1:26">
       <c r="A299" t="s">
         <v>598</v>
       </c>
       <c r="B299" t="s">
         <v>599</v>
       </c>
       <c r="C299" s="1"/>
       <c r="D299" s="2"/>
     </row>
     <row r="300" spans="1:26">
       <c r="A300" t="s">
         <v>600</v>
       </c>
       <c r="B300" t="s">
         <v>601</v>
       </c>
-      <c r="C300" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C300" s="1"/>
+      <c r="D300" s="2"/>
     </row>
     <row r="301" spans="1:26">
       <c r="A301" t="s">
         <v>602</v>
       </c>
       <c r="B301" t="s">
         <v>603</v>
       </c>
-      <c r="C301" s="1"/>
-      <c r="D301" s="2"/>
+      <c r="C301" s="1">
+        <v>11.62</v>
+      </c>
+      <c r="D301" s="2">
+        <v>28</v>
+      </c>
     </row>
     <row r="302" spans="1:26">
       <c r="A302" t="s">
         <v>604</v>
       </c>
       <c r="B302" t="s">
         <v>605</v>
       </c>
-      <c r="C302" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C302" s="1"/>
+      <c r="D302" s="2"/>
     </row>
     <row r="303" spans="1:26">
       <c r="A303" t="s">
         <v>606</v>
       </c>
       <c r="B303" t="s">
         <v>607</v>
       </c>
-      <c r="C303" s="1"/>
-      <c r="D303" s="2"/>
+      <c r="C303" s="1">
+        <v>16.99</v>
+      </c>
+      <c r="D303" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="304" spans="1:26">
       <c r="A304" t="s">
         <v>608</v>
       </c>
       <c r="B304" t="s">
         <v>609</v>
       </c>
-      <c r="C304" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C304" s="1"/>
+      <c r="D304" s="2"/>
     </row>
     <row r="305" spans="1:26">
       <c r="A305" t="s">
         <v>610</v>
       </c>
       <c r="B305" t="s">
         <v>611</v>
       </c>
-      <c r="C305" s="1"/>
-      <c r="D305" s="2"/>
+      <c r="C305" s="1">
+        <v>14.41</v>
+      </c>
+      <c r="D305" s="2">
+        <v>8</v>
+      </c>
     </row>
     <row r="306" spans="1:26">
       <c r="A306" t="s">
         <v>612</v>
       </c>
       <c r="B306" t="s">
         <v>613</v>
       </c>
       <c r="C306" s="1"/>
       <c r="D306" s="2"/>
     </row>
     <row r="307" spans="1:26">
       <c r="A307" t="s">
         <v>614</v>
       </c>
       <c r="B307" t="s">
         <v>615</v>
       </c>
-      <c r="C307" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C307" s="1"/>
       <c r="D307" s="2"/>
     </row>
     <row r="308" spans="1:26">
       <c r="A308" t="s">
         <v>616</v>
       </c>
       <c r="B308" t="s">
         <v>617</v>
       </c>
       <c r="C308" s="1">
-        <v>11.22</v>
+        <v>36.01</v>
       </c>
       <c r="D308" s="2"/>
     </row>
     <row r="309" spans="1:26">
       <c r="A309" t="s">
         <v>618</v>
       </c>
       <c r="B309" t="s">
         <v>619</v>
       </c>
       <c r="C309" s="1">
-        <v>13.42</v>
+        <v>11.22</v>
       </c>
       <c r="D309" s="2"/>
     </row>
     <row r="310" spans="1:26">
       <c r="A310" t="s">
         <v>620</v>
       </c>
       <c r="B310" t="s">
         <v>621</v>
       </c>
-      <c r="C310" s="1"/>
+      <c r="C310" s="1">
+        <v>13.42</v>
+      </c>
       <c r="D310" s="2"/>
     </row>
     <row r="311" spans="1:26">
       <c r="A311" t="s">
         <v>622</v>
       </c>
       <c r="B311" t="s">
         <v>623</v>
       </c>
-      <c r="C311" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C311" s="1"/>
+      <c r="D311" s="2"/>
     </row>
     <row r="312" spans="1:26">
       <c r="A312" t="s">
         <v>624</v>
       </c>
       <c r="B312" t="s">
         <v>625</v>
       </c>
       <c r="C312" s="1">
         <v>61.2</v>
       </c>
-      <c r="D312" s="2"/>
+      <c r="D312" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="313" spans="1:26">
       <c r="A313" t="s">
         <v>626</v>
       </c>
       <c r="B313" t="s">
         <v>627</v>
       </c>
-      <c r="C313" s="1"/>
+      <c r="C313" s="1">
+        <v>61.2</v>
+      </c>
       <c r="D313" s="2"/>
     </row>
     <row r="314" spans="1:26">
       <c r="A314" t="s">
         <v>628</v>
       </c>
       <c r="B314" t="s">
         <v>629</v>
       </c>
       <c r="C314" s="1"/>
       <c r="D314" s="2"/>
     </row>
     <row r="315" spans="1:26">
       <c r="A315" t="s">
         <v>630</v>
       </c>
       <c r="B315" t="s">
         <v>631</v>
       </c>
-      <c r="C315" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C315" s="1"/>
       <c r="D315" s="2"/>
     </row>
     <row r="316" spans="1:26">
       <c r="A316" t="s">
         <v>632</v>
       </c>
       <c r="B316" t="s">
         <v>633</v>
       </c>
       <c r="C316" s="1">
-        <v>844.8</v>
+        <v>280.8</v>
       </c>
       <c r="D316" s="2"/>
     </row>
     <row r="317" spans="1:26">
       <c r="A317" t="s">
         <v>634</v>
       </c>
       <c r="B317" t="s">
         <v>635</v>
       </c>
       <c r="C317" s="1">
-        <v>1358.4</v>
+        <v>844.8</v>
       </c>
       <c r="D317" s="2"/>
     </row>
     <row r="318" spans="1:26">
       <c r="A318" t="s">
         <v>636</v>
       </c>
       <c r="B318" t="s">
         <v>637</v>
       </c>
       <c r="C318" s="1">
-        <v>422.4</v>
+        <v>1358.4</v>
       </c>
       <c r="D318" s="2"/>
     </row>
     <row r="319" spans="1:26">
       <c r="A319" t="s">
         <v>638</v>
       </c>
       <c r="B319" t="s">
         <v>639</v>
       </c>
       <c r="C319" s="1">
-        <v>1291.2</v>
+        <v>422.4</v>
       </c>
       <c r="D319" s="2"/>
     </row>
     <row r="320" spans="1:26">
       <c r="A320" t="s">
         <v>640</v>
       </c>
       <c r="B320" t="s">
         <v>641</v>
       </c>
       <c r="C320" s="1">
-        <v>406.8</v>
+        <v>1291.2</v>
       </c>
       <c r="D320" s="2"/>
     </row>
     <row r="321" spans="1:26">
       <c r="A321" t="s">
         <v>642</v>
       </c>
       <c r="B321" t="s">
         <v>643</v>
       </c>
       <c r="C321" s="1">
-        <v>694.8</v>
+        <v>406.8</v>
       </c>
       <c r="D321" s="2"/>
     </row>
     <row r="322" spans="1:26">
       <c r="A322" t="s">
         <v>644</v>
       </c>
       <c r="B322" t="s">
         <v>645</v>
       </c>
       <c r="C322" s="1">
-        <v>766.8</v>
+        <v>694.8</v>
       </c>
       <c r="D322" s="2"/>
     </row>
     <row r="323" spans="1:26">
       <c r="A323" t="s">
         <v>646</v>
       </c>
       <c r="B323" t="s">
         <v>647</v>
       </c>
       <c r="C323" s="1">
-        <v>1165.2</v>
+        <v>766.8</v>
       </c>
       <c r="D323" s="2"/>
     </row>
     <row r="324" spans="1:26">
       <c r="A324" t="s">
         <v>648</v>
       </c>
       <c r="B324" t="s">
         <v>649</v>
       </c>
       <c r="C324" s="1">
-        <v>837.6</v>
+        <v>1165.2</v>
       </c>
       <c r="D324" s="2"/>
     </row>
     <row r="325" spans="1:26">
       <c r="A325" t="s">
         <v>650</v>
       </c>
       <c r="B325" t="s">
         <v>651</v>
       </c>
       <c r="C325" s="1">
-        <v>651.6</v>
+        <v>837.6</v>
       </c>
       <c r="D325" s="2"/>
     </row>
     <row r="326" spans="1:26">
       <c r="A326" t="s">
         <v>652</v>
       </c>
       <c r="B326" t="s">
         <v>653</v>
       </c>
       <c r="C326" s="1">
-        <v>129.6</v>
+        <v>651.6</v>
       </c>
       <c r="D326" s="2"/>
     </row>
     <row r="327" spans="1:26">
       <c r="A327" t="s">
         <v>654</v>
       </c>
       <c r="B327" t="s">
         <v>655</v>
       </c>
       <c r="C327" s="1">
-        <v>199.86</v>
+        <v>129.6</v>
       </c>
       <c r="D327" s="2"/>
     </row>
     <row r="328" spans="1:26">
       <c r="A328" t="s">
         <v>656</v>
       </c>
       <c r="B328" t="s">
         <v>657</v>
       </c>
       <c r="C328" s="1">
-        <v>218.1</v>
+        <v>199.86</v>
       </c>
       <c r="D328" s="2"/>
     </row>
     <row r="329" spans="1:26">
       <c r="A329" t="s">
         <v>658</v>
       </c>
       <c r="B329" t="s">
         <v>659</v>
       </c>
       <c r="C329" s="1">
         <v>218.1</v>
       </c>
       <c r="D329" s="2"/>
     </row>
     <row r="330" spans="1:26">
       <c r="A330" t="s">
         <v>660</v>
       </c>
       <c r="B330" t="s">
         <v>661</v>
       </c>
       <c r="C330" s="1">
-        <v>63.6</v>
+        <v>218.1</v>
       </c>
       <c r="D330" s="2"/>
     </row>
     <row r="331" spans="1:26">
       <c r="A331" t="s">
         <v>662</v>
       </c>
       <c r="B331" t="s">
         <v>663</v>
       </c>
       <c r="C331" s="1">
-        <v>135.6</v>
+        <v>63.6</v>
       </c>
       <c r="D331" s="2"/>
     </row>
     <row r="332" spans="1:26">
       <c r="A332" t="s">
         <v>664</v>
       </c>
       <c r="B332" t="s">
         <v>665</v>
       </c>
       <c r="C332" s="1">
-        <v>216</v>
+        <v>135.6</v>
       </c>
       <c r="D332" s="2"/>
     </row>
     <row r="333" spans="1:26">
       <c r="A333" t="s">
         <v>666</v>
       </c>
       <c r="B333" t="s">
         <v>667</v>
       </c>
       <c r="C333" s="1">
-        <v>18.97</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="D333" s="2"/>
     </row>
     <row r="334" spans="1:26">
       <c r="A334" t="s">
         <v>668</v>
       </c>
       <c r="B334" t="s">
         <v>669</v>
       </c>
       <c r="C334" s="1">
-        <v>20.07</v>
+        <v>18.97</v>
       </c>
       <c r="D334" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:26">
       <c r="A335" t="s">
         <v>670</v>
       </c>
       <c r="B335" t="s">
         <v>671</v>
       </c>
-      <c r="C335" s="1"/>
-      <c r="D335" s="2"/>
+      <c r="C335" s="1">
+        <v>20.07</v>
+      </c>
+      <c r="D335" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="336" spans="1:26">
       <c r="A336" t="s">
         <v>672</v>
       </c>
       <c r="B336" t="s">
         <v>673</v>
       </c>
       <c r="C336" s="1"/>
       <c r="D336" s="2"/>
     </row>
     <row r="337" spans="1:26">
       <c r="A337" t="s">
         <v>674</v>
       </c>
       <c r="B337" t="s">
         <v>675</v>
       </c>
-      <c r="C337" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C337" s="1"/>
+      <c r="D337" s="2"/>
     </row>
     <row r="338" spans="1:26">
       <c r="A338" t="s">
         <v>676</v>
       </c>
       <c r="B338" t="s">
         <v>677</v>
       </c>
-      <c r="C338" s="1"/>
-      <c r="D338" s="2"/>
+      <c r="C338" s="1">
+        <v>16.5</v>
+      </c>
+      <c r="D338" s="2">
+        <v>11</v>
+      </c>
     </row>
     <row r="339" spans="1:26">
       <c r="A339" t="s">
         <v>678</v>
       </c>
       <c r="B339" t="s">
         <v>679</v>
       </c>
-      <c r="C339" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C339" s="1"/>
+      <c r="D339" s="2"/>
     </row>
     <row r="340" spans="1:26">
       <c r="A340" t="s">
         <v>680</v>
       </c>
       <c r="B340" t="s">
         <v>681</v>
       </c>
       <c r="C340" s="1">
-        <v>6.55</v>
-[...1 lines deleted...]
-      <c r="D340" s="2"/>
+        <v>1.25</v>
+      </c>
+      <c r="D340" s="2">
+        <v>27</v>
+      </c>
     </row>
     <row r="341" spans="1:26">
       <c r="A341" t="s">
         <v>682</v>
       </c>
       <c r="B341" t="s">
         <v>683</v>
       </c>
       <c r="C341" s="1">
-        <v>5.11</v>
+        <v>6.55</v>
       </c>
       <c r="D341" s="2"/>
     </row>
     <row r="342" spans="1:26">
       <c r="A342" t="s">
         <v>684</v>
       </c>
       <c r="B342" t="s">
         <v>685</v>
       </c>
       <c r="C342" s="1">
         <v>5.11</v>
       </c>
       <c r="D342" s="2"/>
     </row>
     <row r="343" spans="1:26">
       <c r="A343" t="s">
         <v>686</v>
       </c>
       <c r="B343" t="s">
         <v>687</v>
       </c>
-      <c r="C343" s="1"/>
+      <c r="C343" s="1">
+        <v>5.11</v>
+      </c>
       <c r="D343" s="2"/>
     </row>
     <row r="344" spans="1:26">
       <c r="A344" t="s">
         <v>688</v>
       </c>
       <c r="B344" t="s">
         <v>689</v>
       </c>
-      <c r="C344" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C344" s="1"/>
+      <c r="D344" s="2"/>
     </row>
     <row r="345" spans="1:26">
       <c r="A345" t="s">
         <v>690</v>
       </c>
       <c r="B345" t="s">
         <v>691</v>
       </c>
-      <c r="C345" s="1"/>
-      <c r="D345" s="2"/>
+      <c r="C345" s="1">
+        <v>3.83</v>
+      </c>
+      <c r="D345" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="346" spans="1:26">
       <c r="A346" t="s">
         <v>692</v>
       </c>
       <c r="B346" t="s">
         <v>693</v>
       </c>
-      <c r="C346" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C346" s="1"/>
       <c r="D346" s="2"/>
     </row>
     <row r="347" spans="1:26">
       <c r="A347" t="s">
         <v>694</v>
       </c>
       <c r="B347" t="s">
         <v>695</v>
       </c>
-      <c r="C347" s="1"/>
+      <c r="C347" s="1">
+        <v>2.7</v>
+      </c>
       <c r="D347" s="2"/>
     </row>
     <row r="348" spans="1:26">
       <c r="A348" t="s">
         <v>696</v>
       </c>
       <c r="B348" t="s">
         <v>697</v>
       </c>
-      <c r="C348" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C348" s="1"/>
+      <c r="D348" s="2"/>
     </row>
     <row r="349" spans="1:26">
       <c r="A349" t="s">
         <v>698</v>
       </c>
       <c r="B349" t="s">
         <v>699</v>
       </c>
       <c r="C349" s="1">
-        <v>18.75</v>
-[...1 lines deleted...]
-      <c r="D349" s="2"/>
+        <v>14.87</v>
+      </c>
+      <c r="D349" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="350" spans="1:26">
       <c r="A350" t="s">
         <v>700</v>
       </c>
       <c r="B350" t="s">
         <v>701</v>
       </c>
       <c r="C350" s="1">
-        <v>18.25</v>
+        <v>18.75</v>
       </c>
       <c r="D350" s="2"/>
     </row>
     <row r="351" spans="1:26">
       <c r="A351" t="s">
         <v>702</v>
       </c>
       <c r="B351" t="s">
         <v>703</v>
       </c>
       <c r="C351" s="1">
-        <v>28.75</v>
-[...3 lines deleted...]
-      </c>
+        <v>18.25</v>
+      </c>
+      <c r="D351" s="2"/>
     </row>
     <row r="352" spans="1:26">
       <c r="A352" t="s">
         <v>704</v>
       </c>
       <c r="B352" t="s">
         <v>705</v>
       </c>
       <c r="C352" s="1">
-        <v>31.9</v>
+        <v>28.75</v>
       </c>
       <c r="D352" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:26">
       <c r="A353" t="s">
         <v>706</v>
       </c>
       <c r="B353" t="s">
         <v>707</v>
       </c>
-      <c r="C353" s="1"/>
-      <c r="D353" s="2"/>
+      <c r="C353" s="1">
+        <v>31.9</v>
+      </c>
+      <c r="D353" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="354" spans="1:26">
       <c r="A354" t="s">
         <v>708</v>
       </c>
       <c r="B354" t="s">
         <v>709</v>
       </c>
       <c r="C354" s="1"/>
       <c r="D354" s="2"/>
     </row>
     <row r="355" spans="1:26">
       <c r="A355" t="s">
         <v>710</v>
       </c>
       <c r="B355" t="s">
         <v>711</v>
       </c>
-      <c r="C355" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C355" s="1"/>
+      <c r="D355" s="2"/>
     </row>
     <row r="356" spans="1:26">
       <c r="A356" t="s">
         <v>712</v>
       </c>
       <c r="B356" t="s">
         <v>713</v>
       </c>
       <c r="C356" s="1">
-        <v>13.01</v>
-[...1 lines deleted...]
-      <c r="D356" s="2"/>
+        <v>9.83</v>
+      </c>
+      <c r="D356" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="357" spans="1:26">
       <c r="A357" t="s">
         <v>714</v>
       </c>
       <c r="B357" t="s">
         <v>715</v>
       </c>
       <c r="C357" s="1">
         <v>9.83</v>
       </c>
       <c r="D357" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="358" spans="1:26">
       <c r="A358" t="s">
         <v>716</v>
       </c>
       <c r="B358" t="s">
         <v>717</v>
       </c>
       <c r="C358" s="1">
         <v>10.89</v>
       </c>
@@ -11063,575 +11051,577 @@
       <c r="C421" s="1">
         <v>21.45</v>
       </c>
       <c r="D421" s="2"/>
     </row>
     <row r="422" spans="1:26">
       <c r="A422" t="s">
         <v>844</v>
       </c>
       <c r="B422" t="s">
         <v>845</v>
       </c>
       <c r="C422" s="1">
         <v>26</v>
       </c>
       <c r="D422" s="2"/>
     </row>
     <row r="423" spans="1:26">
       <c r="A423" t="s">
         <v>846</v>
       </c>
       <c r="B423" t="s">
         <v>847</v>
       </c>
       <c r="C423" s="1">
-        <v>26.62</v>
-[...1 lines deleted...]
-      <c r="D423" s="2"/>
+        <v>24.2</v>
+      </c>
+      <c r="D423" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="424" spans="1:26">
       <c r="A424" t="s">
         <v>848</v>
       </c>
       <c r="B424" t="s">
         <v>849</v>
       </c>
-      <c r="C424" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C424" s="1"/>
+      <c r="D424" s="2"/>
     </row>
     <row r="425" spans="1:26">
       <c r="A425" t="s">
         <v>850</v>
       </c>
       <c r="B425" t="s">
         <v>851</v>
       </c>
-      <c r="C425" s="1"/>
-      <c r="D425" s="2"/>
+      <c r="C425" s="1">
+        <v>27.28</v>
+      </c>
+      <c r="D425" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="426" spans="1:26">
       <c r="A426" t="s">
         <v>852</v>
       </c>
       <c r="B426" t="s">
         <v>853</v>
       </c>
       <c r="C426" s="1">
         <v>27.28</v>
       </c>
       <c r="D426" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="427" spans="1:26">
       <c r="A427" t="s">
         <v>854</v>
       </c>
       <c r="B427" t="s">
         <v>855</v>
       </c>
       <c r="C427" s="1">
         <v>27.28</v>
       </c>
       <c r="D427" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="428" spans="1:26">
       <c r="A428" t="s">
         <v>856</v>
       </c>
       <c r="B428" t="s">
         <v>857</v>
       </c>
       <c r="C428" s="1">
         <v>27.28</v>
       </c>
-      <c r="D428" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D428" s="2"/>
     </row>
     <row r="429" spans="1:26">
       <c r="A429" t="s">
         <v>858</v>
       </c>
       <c r="B429" t="s">
         <v>859</v>
       </c>
-      <c r="C429" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C429" s="1"/>
       <c r="D429" s="2"/>
     </row>
     <row r="430" spans="1:26">
       <c r="A430" t="s">
         <v>860</v>
       </c>
       <c r="B430" t="s">
         <v>861</v>
       </c>
       <c r="C430" s="1"/>
       <c r="D430" s="2"/>
     </row>
     <row r="431" spans="1:26">
       <c r="A431" t="s">
         <v>862</v>
       </c>
       <c r="B431" t="s">
         <v>863</v>
       </c>
       <c r="C431" s="1"/>
       <c r="D431" s="2"/>
     </row>
     <row r="432" spans="1:26">
       <c r="A432" t="s">
         <v>864</v>
       </c>
       <c r="B432" t="s">
         <v>865</v>
       </c>
       <c r="C432" s="1"/>
       <c r="D432" s="2"/>
     </row>
     <row r="433" spans="1:26">
       <c r="A433" t="s">
         <v>866</v>
       </c>
       <c r="B433" t="s">
         <v>867</v>
       </c>
       <c r="C433" s="1"/>
       <c r="D433" s="2"/>
     </row>
     <row r="434" spans="1:26">
       <c r="A434" t="s">
         <v>868</v>
       </c>
       <c r="B434" t="s">
         <v>869</v>
       </c>
-      <c r="C434" s="1"/>
-      <c r="D434" s="2"/>
+      <c r="C434" s="1">
+        <v>156.25</v>
+      </c>
+      <c r="D434" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="435" spans="1:26">
       <c r="A435" t="s">
         <v>870</v>
       </c>
       <c r="B435" t="s">
         <v>871</v>
       </c>
-      <c r="C435" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C435" s="1"/>
+      <c r="D435" s="2"/>
     </row>
     <row r="436" spans="1:26">
       <c r="A436" t="s">
         <v>872</v>
       </c>
       <c r="B436" t="s">
         <v>873</v>
       </c>
       <c r="C436" s="1"/>
       <c r="D436" s="2"/>
     </row>
     <row r="437" spans="1:26">
       <c r="A437" t="s">
         <v>874</v>
       </c>
       <c r="B437" t="s">
         <v>875</v>
       </c>
-      <c r="C437" s="1"/>
+      <c r="C437" s="1">
+        <v>27.15</v>
+      </c>
       <c r="D437" s="2"/>
     </row>
     <row r="438" spans="1:26">
       <c r="A438" t="s">
         <v>876</v>
       </c>
       <c r="B438" t="s">
         <v>877</v>
       </c>
-      <c r="C438" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C438" s="1"/>
       <c r="D438" s="2"/>
     </row>
     <row r="439" spans="1:26">
       <c r="A439" t="s">
         <v>878</v>
       </c>
       <c r="B439" t="s">
         <v>879</v>
       </c>
-      <c r="C439" s="1"/>
-      <c r="D439" s="2"/>
+      <c r="C439" s="1">
+        <v>89.38</v>
+      </c>
+      <c r="D439" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="440" spans="1:26">
       <c r="A440" t="s">
         <v>880</v>
       </c>
       <c r="B440" t="s">
         <v>881</v>
       </c>
-      <c r="C440" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C440" s="1"/>
+      <c r="D440" s="2"/>
     </row>
     <row r="441" spans="1:26">
       <c r="A441" t="s">
         <v>882</v>
       </c>
       <c r="B441" t="s">
         <v>883</v>
       </c>
-      <c r="C441" s="1"/>
-      <c r="D441" s="2"/>
+      <c r="C441" s="1">
+        <v>89.38</v>
+      </c>
+      <c r="D441" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="442" spans="1:26">
       <c r="A442" t="s">
         <v>884</v>
       </c>
       <c r="B442" t="s">
         <v>885</v>
       </c>
       <c r="C442" s="1">
         <v>89.38</v>
       </c>
       <c r="D442" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:26">
       <c r="A443" t="s">
         <v>886</v>
       </c>
       <c r="B443" t="s">
         <v>887</v>
       </c>
-      <c r="C443" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C443" s="1"/>
+      <c r="D443" s="2"/>
     </row>
     <row r="444" spans="1:26">
       <c r="A444" t="s">
         <v>888</v>
       </c>
       <c r="B444" t="s">
         <v>889</v>
       </c>
-      <c r="C444" s="1"/>
+      <c r="C444" s="1">
+        <v>87.5</v>
+      </c>
       <c r="D444" s="2"/>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" t="s">
         <v>890</v>
       </c>
       <c r="B445" t="s">
         <v>891</v>
       </c>
       <c r="C445" s="1">
-        <v>87.5</v>
-[...1 lines deleted...]
-      <c r="D445" s="2"/>
+        <v>101.25</v>
+      </c>
+      <c r="D445" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" t="s">
         <v>892</v>
       </c>
       <c r="B446" t="s">
         <v>893</v>
       </c>
       <c r="C446" s="1">
         <v>101.25</v>
       </c>
-      <c r="D446" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D446" s="2"/>
     </row>
     <row r="447" spans="1:26">
       <c r="A447" t="s">
         <v>894</v>
       </c>
       <c r="B447" t="s">
         <v>895</v>
       </c>
       <c r="C447" s="1">
         <v>101.25</v>
       </c>
       <c r="D447" s="2"/>
     </row>
     <row r="448" spans="1:26">
       <c r="A448" t="s">
         <v>896</v>
       </c>
       <c r="B448" t="s">
         <v>897</v>
       </c>
-      <c r="C448" s="1">
-[...2 lines deleted...]
-      <c r="D448" s="2"/>
+      <c r="C448" s="1"/>
+      <c r="D448" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="449" spans="1:26">
       <c r="A449" t="s">
         <v>898</v>
       </c>
       <c r="B449" t="s">
         <v>899</v>
       </c>
-      <c r="C449" s="1"/>
+      <c r="C449" s="1">
+        <v>143</v>
+      </c>
       <c r="D449" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="450" spans="1:26">
       <c r="A450" t="s">
         <v>900</v>
       </c>
       <c r="B450" t="s">
         <v>901</v>
       </c>
       <c r="C450" s="1">
         <v>143</v>
       </c>
-      <c r="D450" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D450" s="2"/>
     </row>
     <row r="451" spans="1:26">
       <c r="A451" t="s">
         <v>902</v>
       </c>
       <c r="B451" t="s">
         <v>903</v>
       </c>
       <c r="C451" s="1">
         <v>143</v>
       </c>
-      <c r="D451" s="2"/>
+      <c r="D451" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="452" spans="1:26">
       <c r="A452" t="s">
         <v>904</v>
       </c>
       <c r="B452" t="s">
         <v>905</v>
       </c>
       <c r="C452" s="1">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>156.77</v>
+      </c>
+      <c r="D452" s="2"/>
     </row>
     <row r="453" spans="1:26">
       <c r="A453" t="s">
         <v>906</v>
       </c>
       <c r="B453" t="s">
         <v>907</v>
       </c>
       <c r="C453" s="1">
-        <v>156.77</v>
+        <v>54.57</v>
       </c>
       <c r="D453" s="2"/>
     </row>
     <row r="454" spans="1:26">
       <c r="A454" t="s">
         <v>908</v>
       </c>
       <c r="B454" t="s">
         <v>909</v>
       </c>
       <c r="C454" s="1">
         <v>54.57</v>
       </c>
       <c r="D454" s="2"/>
     </row>
     <row r="455" spans="1:26">
       <c r="A455" t="s">
         <v>910</v>
       </c>
       <c r="B455" t="s">
         <v>911</v>
       </c>
       <c r="C455" s="1">
         <v>54.57</v>
       </c>
       <c r="D455" s="2"/>
     </row>
     <row r="456" spans="1:26">
       <c r="A456" t="s">
         <v>912</v>
       </c>
       <c r="B456" t="s">
         <v>913</v>
       </c>
       <c r="C456" s="1">
         <v>54.57</v>
       </c>
       <c r="D456" s="2"/>
     </row>
     <row r="457" spans="1:26">
       <c r="A457" t="s">
         <v>914</v>
       </c>
       <c r="B457" t="s">
         <v>915</v>
       </c>
       <c r="C457" s="1">
         <v>54.57</v>
       </c>
-      <c r="D457" s="2"/>
+      <c r="D457" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="458" spans="1:26">
       <c r="A458" t="s">
         <v>916</v>
       </c>
       <c r="B458" t="s">
         <v>917</v>
       </c>
       <c r="C458" s="1">
         <v>54.57</v>
       </c>
-      <c r="D458" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D458" s="2"/>
     </row>
     <row r="459" spans="1:26">
       <c r="A459" t="s">
         <v>918</v>
       </c>
       <c r="B459" t="s">
         <v>919</v>
       </c>
       <c r="C459" s="1">
         <v>54.57</v>
       </c>
-      <c r="D459" s="2"/>
+      <c r="D459" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="460" spans="1:26">
       <c r="A460" t="s">
         <v>920</v>
       </c>
       <c r="B460" t="s">
         <v>921</v>
       </c>
       <c r="C460" s="1">
-        <v>54.57</v>
-[...3 lines deleted...]
-      </c>
+        <v>55.55</v>
+      </c>
+      <c r="D460" s="2"/>
     </row>
     <row r="461" spans="1:26">
       <c r="A461" t="s">
         <v>922</v>
       </c>
       <c r="B461" t="s">
         <v>923</v>
       </c>
       <c r="C461" s="1">
-        <v>55.55</v>
-[...1 lines deleted...]
-      <c r="D461" s="2"/>
+        <v>54.57</v>
+      </c>
+      <c r="D461" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="462" spans="1:26">
       <c r="A462" t="s">
         <v>924</v>
       </c>
       <c r="B462" t="s">
         <v>925</v>
       </c>
       <c r="C462" s="1">
-        <v>54.57</v>
-[...3 lines deleted...]
-      </c>
+        <v>106.25</v>
+      </c>
+      <c r="D462" s="2"/>
     </row>
     <row r="463" spans="1:26">
       <c r="A463" t="s">
         <v>926</v>
       </c>
       <c r="B463" t="s">
         <v>927</v>
       </c>
       <c r="C463" s="1">
-        <v>106.25</v>
+        <v>115.1</v>
       </c>
       <c r="D463" s="2"/>
     </row>
     <row r="464" spans="1:26">
       <c r="A464" t="s">
         <v>928</v>
       </c>
       <c r="B464" t="s">
         <v>929</v>
       </c>
       <c r="C464" s="1">
-        <v>115.1</v>
+        <v>121.87</v>
       </c>
       <c r="D464" s="2"/>
     </row>
     <row r="465" spans="1:26">
       <c r="A465" t="s">
         <v>930</v>
       </c>
       <c r="B465" t="s">
         <v>931</v>
       </c>
       <c r="C465" s="1">
         <v>115.1</v>
       </c>
       <c r="D465" s="2"/>
     </row>
     <row r="466" spans="1:26">
       <c r="A466" t="s">
         <v>932</v>
       </c>
       <c r="B466" t="s">
         <v>933</v>
       </c>
       <c r="C466" s="1">
-        <v>115.1</v>
-[...1 lines deleted...]
-      <c r="D466" s="2"/>
+        <v>89.38</v>
+      </c>
+      <c r="D466" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="467" spans="1:26">
       <c r="A467" t="s">
         <v>934</v>
       </c>
       <c r="B467" t="s">
         <v>935</v>
       </c>
       <c r="C467" s="1">
         <v>89.38</v>
       </c>
       <c r="D467" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:26">
       <c r="A468" t="s">
         <v>936</v>
       </c>
       <c r="B468" t="s">
         <v>937</v>
       </c>
       <c r="C468" s="1">
         <v>89.38</v>
       </c>
@@ -11641,101 +11631,101 @@
     </row>
     <row r="469" spans="1:26">
       <c r="A469" t="s">
         <v>938</v>
       </c>
       <c r="B469" t="s">
         <v>939</v>
       </c>
       <c r="C469" s="1">
         <v>89.38</v>
       </c>
       <c r="D469" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:26">
       <c r="A470" t="s">
         <v>940</v>
       </c>
       <c r="B470" t="s">
         <v>941</v>
       </c>
       <c r="C470" s="1">
         <v>89.38</v>
       </c>
-      <c r="D470" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D470" s="2"/>
     </row>
     <row r="471" spans="1:26">
       <c r="A471" t="s">
         <v>942</v>
       </c>
       <c r="B471" t="s">
         <v>943</v>
       </c>
       <c r="C471" s="1">
         <v>89.38</v>
       </c>
       <c r="D471" s="2"/>
     </row>
     <row r="472" spans="1:26">
       <c r="A472" t="s">
         <v>944</v>
       </c>
       <c r="B472" t="s">
         <v>945</v>
       </c>
       <c r="C472" s="1">
-        <v>89.38</v>
-[...1 lines deleted...]
-      <c r="D472" s="2"/>
+        <v>45</v>
+      </c>
+      <c r="D472" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="473" spans="1:26">
       <c r="A473" t="s">
         <v>946</v>
       </c>
       <c r="B473" t="s">
         <v>947</v>
       </c>
-      <c r="C473" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C473" s="1"/>
+      <c r="D473" s="2"/>
     </row>
     <row r="474" spans="1:26">
       <c r="A474" t="s">
         <v>948</v>
       </c>
       <c r="B474" t="s">
         <v>949</v>
       </c>
-      <c r="C474" s="1"/>
-      <c r="D474" s="2"/>
+      <c r="C474" s="1">
+        <v>266.95</v>
+      </c>
+      <c r="D474" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="475" spans="1:26">
       <c r="A475" t="s">
         <v>950</v>
       </c>
       <c r="B475" t="s">
         <v>951</v>
       </c>
       <c r="C475" s="1">
         <v>266.95</v>
       </c>
       <c r="D475" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:26">
       <c r="A476" t="s">
         <v>952</v>
       </c>
       <c r="B476" t="s">
         <v>953</v>
       </c>
       <c r="C476" s="1">
         <v>266.95</v>
       </c>
@@ -11759,653 +11749,643 @@
     </row>
     <row r="478" spans="1:26">
       <c r="A478" t="s">
         <v>956</v>
       </c>
       <c r="B478" t="s">
         <v>957</v>
       </c>
       <c r="C478" s="1">
         <v>266.95</v>
       </c>
       <c r="D478" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:26">
       <c r="A479" t="s">
         <v>958</v>
       </c>
       <c r="B479" t="s">
         <v>959</v>
       </c>
       <c r="C479" s="1">
         <v>266.95</v>
       </c>
-      <c r="D479" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D479" s="2"/>
     </row>
     <row r="480" spans="1:26">
       <c r="A480" t="s">
         <v>960</v>
       </c>
       <c r="B480" t="s">
         <v>961</v>
       </c>
       <c r="C480" s="1">
         <v>266.95</v>
       </c>
       <c r="D480" s="2"/>
     </row>
     <row r="481" spans="1:26">
       <c r="A481" t="s">
         <v>962</v>
       </c>
       <c r="B481" t="s">
         <v>963</v>
       </c>
       <c r="C481" s="1">
-        <v>266.95</v>
-[...1 lines deleted...]
-      <c r="D481" s="2"/>
+        <v>258.5</v>
+      </c>
+      <c r="D481" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="482" spans="1:26">
       <c r="A482" t="s">
         <v>964</v>
       </c>
       <c r="B482" t="s">
         <v>965</v>
       </c>
       <c r="C482" s="1">
         <v>258.5</v>
       </c>
-      <c r="D482" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D482" s="2"/>
     </row>
     <row r="483" spans="1:26">
       <c r="A483" t="s">
         <v>966</v>
       </c>
       <c r="B483" t="s">
         <v>967</v>
       </c>
       <c r="C483" s="1">
-        <v>258.5</v>
+        <v>143</v>
       </c>
       <c r="D483" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:26">
       <c r="A484" t="s">
         <v>968</v>
       </c>
       <c r="B484" t="s">
         <v>969</v>
       </c>
       <c r="C484" s="1">
         <v>143</v>
       </c>
-      <c r="D484" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D484" s="2"/>
     </row>
     <row r="485" spans="1:26">
       <c r="A485" t="s">
         <v>970</v>
       </c>
       <c r="B485" t="s">
         <v>971</v>
       </c>
       <c r="C485" s="1">
         <v>143</v>
       </c>
       <c r="D485" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="486" spans="1:26">
       <c r="A486" t="s">
         <v>972</v>
       </c>
       <c r="B486" t="s">
         <v>973</v>
       </c>
       <c r="C486" s="1">
         <v>143</v>
       </c>
       <c r="D486" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:26">
       <c r="A487" t="s">
         <v>974</v>
       </c>
       <c r="B487" t="s">
         <v>975</v>
       </c>
       <c r="C487" s="1">
         <v>143</v>
       </c>
       <c r="D487" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="488" spans="1:26">
       <c r="A488" t="s">
         <v>976</v>
       </c>
       <c r="B488" t="s">
         <v>977</v>
       </c>
       <c r="C488" s="1">
         <v>143</v>
       </c>
       <c r="D488" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:26">
       <c r="A489" t="s">
         <v>978</v>
       </c>
       <c r="B489" t="s">
         <v>979</v>
       </c>
       <c r="C489" s="1">
         <v>143</v>
       </c>
-      <c r="D489" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D489" s="2"/>
     </row>
     <row r="490" spans="1:26">
       <c r="A490" t="s">
         <v>980</v>
       </c>
       <c r="B490" t="s">
         <v>981</v>
       </c>
       <c r="C490" s="1">
         <v>143</v>
       </c>
       <c r="D490" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:26">
       <c r="A491" t="s">
         <v>982</v>
       </c>
       <c r="B491" t="s">
         <v>983</v>
       </c>
       <c r="C491" s="1">
         <v>143</v>
       </c>
-      <c r="D491" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D491" s="2"/>
     </row>
     <row r="492" spans="1:26">
       <c r="A492" t="s">
         <v>984</v>
       </c>
       <c r="B492" t="s">
         <v>985</v>
       </c>
       <c r="C492" s="1">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>269.5</v>
+      </c>
+      <c r="D492" s="2"/>
     </row>
     <row r="493" spans="1:26">
       <c r="A493" t="s">
         <v>986</v>
       </c>
       <c r="B493" t="s">
         <v>987</v>
       </c>
-      <c r="C493" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C493" s="1"/>
       <c r="D493" s="2"/>
     </row>
     <row r="494" spans="1:26">
       <c r="A494" t="s">
         <v>988</v>
       </c>
       <c r="B494" t="s">
         <v>989</v>
       </c>
-      <c r="C494" s="1"/>
-      <c r="D494" s="2"/>
+      <c r="C494" s="1">
+        <v>50</v>
+      </c>
+      <c r="D494" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="495" spans="1:26">
       <c r="A495" t="s">
         <v>990</v>
       </c>
       <c r="B495" t="s">
         <v>991</v>
       </c>
-      <c r="C495" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C495" s="1"/>
+      <c r="D495" s="2"/>
     </row>
     <row r="496" spans="1:26">
       <c r="A496" t="s">
         <v>992</v>
       </c>
       <c r="B496" t="s">
         <v>993</v>
       </c>
-      <c r="C496" s="1"/>
+      <c r="C496" s="1">
+        <v>104.3</v>
+      </c>
       <c r="D496" s="2"/>
     </row>
     <row r="497" spans="1:26">
       <c r="A497" t="s">
         <v>994</v>
       </c>
       <c r="B497" t="s">
         <v>995</v>
       </c>
       <c r="C497" s="1">
-        <v>104.3</v>
+        <v>98.8</v>
       </c>
       <c r="D497" s="2"/>
     </row>
     <row r="498" spans="1:26">
       <c r="A498" t="s">
         <v>996</v>
       </c>
       <c r="B498" t="s">
         <v>997</v>
       </c>
       <c r="C498" s="1">
         <v>98.8</v>
       </c>
       <c r="D498" s="2"/>
     </row>
     <row r="499" spans="1:26">
       <c r="A499" t="s">
         <v>998</v>
       </c>
       <c r="B499" t="s">
         <v>999</v>
       </c>
       <c r="C499" s="1">
         <v>98.8</v>
       </c>
       <c r="D499" s="2"/>
     </row>
     <row r="500" spans="1:26">
       <c r="A500" t="s">
         <v>1000</v>
       </c>
       <c r="B500" t="s">
         <v>1001</v>
       </c>
       <c r="C500" s="1">
-        <v>98.8</v>
-[...1 lines deleted...]
-      <c r="D500" s="2"/>
+        <v>30.62</v>
+      </c>
+      <c r="D500" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="501" spans="1:26">
       <c r="A501" t="s">
         <v>1002</v>
       </c>
       <c r="B501" t="s">
         <v>1003</v>
       </c>
       <c r="C501" s="1">
         <v>30.62</v>
       </c>
       <c r="D501" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="502" spans="1:26">
       <c r="A502" t="s">
         <v>1004</v>
       </c>
       <c r="B502" t="s">
         <v>1005</v>
       </c>
       <c r="C502" s="1">
         <v>30.62</v>
       </c>
-      <c r="D502" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D502" s="2"/>
     </row>
     <row r="503" spans="1:26">
       <c r="A503" t="s">
         <v>1006</v>
       </c>
       <c r="B503" t="s">
         <v>1007</v>
       </c>
       <c r="C503" s="1">
         <v>30.62</v>
       </c>
-      <c r="D503" s="2"/>
+      <c r="D503" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="504" spans="1:26">
       <c r="A504" t="s">
         <v>1008</v>
       </c>
       <c r="B504" t="s">
         <v>1009</v>
       </c>
       <c r="C504" s="1">
         <v>30.62</v>
       </c>
       <c r="D504" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="505" spans="1:26">
       <c r="A505" t="s">
         <v>1010</v>
       </c>
       <c r="B505" t="s">
         <v>1011</v>
       </c>
       <c r="C505" s="1">
-        <v>30.62</v>
-[...3 lines deleted...]
-      </c>
+        <v>31.87</v>
+      </c>
+      <c r="D505" s="2"/>
     </row>
     <row r="506" spans="1:26">
       <c r="A506" t="s">
         <v>1012</v>
       </c>
       <c r="B506" t="s">
         <v>1013</v>
       </c>
       <c r="C506" s="1">
-        <v>31.87</v>
-[...1 lines deleted...]
-      <c r="D506" s="2"/>
+        <v>30.62</v>
+      </c>
+      <c r="D506" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="507" spans="1:26">
       <c r="A507" t="s">
         <v>1014</v>
       </c>
       <c r="B507" t="s">
         <v>1015</v>
       </c>
       <c r="C507" s="1">
         <v>30.62</v>
       </c>
       <c r="D507" s="2">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="508" spans="1:26">
       <c r="A508" t="s">
         <v>1016</v>
       </c>
       <c r="B508" t="s">
         <v>1017</v>
       </c>
       <c r="C508" s="1">
         <v>30.62</v>
       </c>
       <c r="D508" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="509" spans="1:26">
       <c r="A509" t="s">
         <v>1018</v>
       </c>
       <c r="B509" t="s">
         <v>1019</v>
       </c>
       <c r="C509" s="1">
-        <v>30.62</v>
+        <v>14.71</v>
       </c>
       <c r="D509" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="510" spans="1:26">
       <c r="A510" t="s">
         <v>1020</v>
       </c>
       <c r="B510" t="s">
         <v>1021</v>
       </c>
       <c r="C510" s="1">
-        <v>14.71</v>
+        <v>51.87</v>
       </c>
       <c r="D510" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:26">
       <c r="A511" t="s">
         <v>1022</v>
       </c>
       <c r="B511" t="s">
         <v>1023</v>
       </c>
       <c r="C511" s="1">
-        <v>51.87</v>
+        <v>45</v>
       </c>
       <c r="D511" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="512" spans="1:26">
       <c r="A512" t="s">
         <v>1024</v>
       </c>
       <c r="B512" t="s">
         <v>1025</v>
       </c>
       <c r="C512" s="1">
         <v>45</v>
       </c>
       <c r="D512" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:26">
       <c r="A513" t="s">
         <v>1026</v>
       </c>
       <c r="B513" t="s">
         <v>1027</v>
       </c>
-      <c r="C513" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C513" s="1"/>
+      <c r="D513" s="2"/>
     </row>
     <row r="514" spans="1:26">
       <c r="A514" t="s">
         <v>1028</v>
       </c>
       <c r="B514" t="s">
         <v>1029</v>
       </c>
-      <c r="C514" s="1"/>
-      <c r="D514" s="2"/>
+      <c r="C514" s="1">
+        <v>10</v>
+      </c>
+      <c r="D514" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="515" spans="1:26">
       <c r="A515" t="s">
         <v>1030</v>
       </c>
       <c r="B515" t="s">
         <v>1031</v>
       </c>
       <c r="C515" s="1">
-        <v>10</v>
+        <v>8.12</v>
       </c>
       <c r="D515" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="516" spans="1:26">
       <c r="A516" t="s">
         <v>1032</v>
       </c>
       <c r="B516" t="s">
         <v>1033</v>
       </c>
       <c r="C516" s="1">
         <v>8.12</v>
       </c>
       <c r="D516" s="2">
         <v>8</v>
       </c>
     </row>
     <row r="517" spans="1:26">
       <c r="A517" t="s">
         <v>1034</v>
       </c>
       <c r="B517" t="s">
         <v>1035</v>
       </c>
       <c r="C517" s="1">
         <v>8.12</v>
       </c>
       <c r="D517" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="518" spans="1:26">
       <c r="A518" t="s">
         <v>1036</v>
       </c>
       <c r="B518" t="s">
         <v>1037</v>
       </c>
       <c r="C518" s="1">
-        <v>8.12</v>
+        <v>10.62</v>
       </c>
       <c r="D518" s="2">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="519" spans="1:26">
       <c r="A519" t="s">
         <v>1038</v>
       </c>
       <c r="B519" t="s">
         <v>1039</v>
       </c>
       <c r="C519" s="1">
         <v>10.62</v>
       </c>
       <c r="D519" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="520" spans="1:26">
       <c r="A520" t="s">
         <v>1040</v>
       </c>
       <c r="B520" t="s">
         <v>1041</v>
       </c>
       <c r="C520" s="1">
         <v>10.62</v>
       </c>
       <c r="D520" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="521" spans="1:26">
       <c r="A521" t="s">
         <v>1042</v>
       </c>
       <c r="B521" t="s">
         <v>1043</v>
       </c>
       <c r="C521" s="1">
         <v>10.62</v>
       </c>
       <c r="D521" s="2">
-        <v>17</v>
+        <v>2</v>
       </c>
     </row>
     <row r="522" spans="1:26">
       <c r="A522" t="s">
         <v>1044</v>
       </c>
       <c r="B522" t="s">
         <v>1045</v>
       </c>
       <c r="C522" s="1">
         <v>10.62</v>
       </c>
       <c r="D522" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="523" spans="1:26">
       <c r="A523" t="s">
         <v>1046</v>
       </c>
       <c r="B523" t="s">
         <v>1047</v>
       </c>
       <c r="C523" s="1">
         <v>10.62</v>
       </c>
       <c r="D523" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="524" spans="1:26">
       <c r="A524" t="s">
         <v>1048</v>
       </c>
       <c r="B524" t="s">
         <v>1049</v>
       </c>
       <c r="C524" s="1">
-        <v>10.62</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="D524" s="2"/>
     </row>
     <row r="525" spans="1:26">
       <c r="A525" t="s">
         <v>1050</v>
       </c>
       <c r="B525" t="s">
         <v>1051</v>
       </c>
       <c r="C525" s="1">
         <v>143</v>
       </c>
       <c r="D525" s="2"/>
     </row>
     <row r="526" spans="1:26">
       <c r="A526" t="s">
         <v>1052</v>
       </c>
       <c r="B526" t="s">
         <v>1053</v>
       </c>
       <c r="C526" s="1">
         <v>143</v>
       </c>
       <c r="D526" s="2"/>
     </row>
@@ -12419,99 +12399,99 @@
       <c r="C527" s="1">
         <v>143</v>
       </c>
       <c r="D527" s="2"/>
     </row>
     <row r="528" spans="1:26">
       <c r="A528" t="s">
         <v>1056</v>
       </c>
       <c r="B528" t="s">
         <v>1057</v>
       </c>
       <c r="C528" s="1">
         <v>143</v>
       </c>
       <c r="D528" s="2"/>
     </row>
     <row r="529" spans="1:26">
       <c r="A529" t="s">
         <v>1058</v>
       </c>
       <c r="B529" t="s">
         <v>1059</v>
       </c>
       <c r="C529" s="1">
-        <v>143</v>
+        <v>258.5</v>
       </c>
       <c r="D529" s="2"/>
     </row>
     <row r="530" spans="1:26">
       <c r="A530" t="s">
         <v>1060</v>
       </c>
       <c r="B530" t="s">
         <v>1061</v>
       </c>
       <c r="C530" s="1">
         <v>258.5</v>
       </c>
       <c r="D530" s="2"/>
     </row>
     <row r="531" spans="1:26">
       <c r="A531" t="s">
         <v>1062</v>
       </c>
       <c r="B531" t="s">
         <v>1063</v>
       </c>
       <c r="C531" s="1">
         <v>258.5</v>
       </c>
       <c r="D531" s="2"/>
     </row>
     <row r="532" spans="1:26">
       <c r="A532" t="s">
         <v>1064</v>
       </c>
       <c r="B532" t="s">
         <v>1065</v>
       </c>
       <c r="C532" s="1">
         <v>258.5</v>
       </c>
       <c r="D532" s="2"/>
     </row>
     <row r="533" spans="1:26">
       <c r="A533" t="s">
         <v>1066</v>
       </c>
       <c r="B533" t="s">
         <v>1067</v>
       </c>
       <c r="C533" s="1">
-        <v>258.5</v>
+        <v>325.68</v>
       </c>
       <c r="D533" s="2"/>
     </row>
     <row r="534" spans="1:26">
       <c r="A534" t="s">
         <v>1068</v>
       </c>
       <c r="B534" t="s">
         <v>1069</v>
       </c>
       <c r="C534" s="1">
         <v>325.68</v>
       </c>
       <c r="D534" s="2"/>
     </row>
     <row r="535" spans="1:26">
       <c r="A535" t="s">
         <v>1070</v>
       </c>
       <c r="B535" t="s">
         <v>1071</v>
       </c>
       <c r="C535" s="1">
         <v>325.68</v>
       </c>
@@ -12586,208 +12566,208 @@
       </c>
       <c r="C541" s="1">
         <v>325.68</v>
       </c>
       <c r="D541" s="2"/>
     </row>
     <row r="542" spans="1:26">
       <c r="A542" t="s">
         <v>1084</v>
       </c>
       <c r="B542" t="s">
         <v>1085</v>
       </c>
       <c r="C542" s="1">
         <v>325.68</v>
       </c>
       <c r="D542" s="2"/>
     </row>
     <row r="543" spans="1:26">
       <c r="A543" t="s">
         <v>1086</v>
       </c>
       <c r="B543" t="s">
         <v>1087</v>
       </c>
-      <c r="C543" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C543" s="1"/>
       <c r="D543" s="2"/>
     </row>
     <row r="544" spans="1:26">
       <c r="A544" t="s">
         <v>1088</v>
       </c>
       <c r="B544" t="s">
         <v>1089</v>
       </c>
-      <c r="C544" s="1"/>
-      <c r="D544" s="2"/>
+      <c r="C544" s="1">
+        <v>105.88</v>
+      </c>
+      <c r="D544" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="545" spans="1:26">
       <c r="A545" t="s">
         <v>1090</v>
       </c>
       <c r="B545" t="s">
         <v>1091</v>
       </c>
       <c r="C545" s="1">
         <v>105.88</v>
       </c>
-      <c r="D545" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D545" s="2"/>
     </row>
     <row r="546" spans="1:26">
       <c r="A546" t="s">
         <v>1092</v>
       </c>
       <c r="B546" t="s">
         <v>1093</v>
       </c>
-      <c r="C546" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C546" s="1"/>
       <c r="D546" s="2"/>
     </row>
     <row r="547" spans="1:26">
       <c r="A547" t="s">
         <v>1094</v>
       </c>
       <c r="B547" t="s">
         <v>1095</v>
       </c>
       <c r="C547" s="1"/>
       <c r="D547" s="2"/>
     </row>
     <row r="548" spans="1:26">
       <c r="A548" t="s">
         <v>1096</v>
       </c>
       <c r="B548" t="s">
         <v>1097</v>
       </c>
-      <c r="C548" s="1"/>
-      <c r="D548" s="2"/>
+      <c r="C548" s="1">
+        <v>105.88</v>
+      </c>
+      <c r="D548" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="549" spans="1:26">
       <c r="A549" t="s">
         <v>1098</v>
       </c>
       <c r="B549" t="s">
         <v>1099</v>
       </c>
-      <c r="C549" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C549" s="1"/>
+      <c r="D549" s="2"/>
     </row>
     <row r="550" spans="1:26">
       <c r="A550" t="s">
         <v>1100</v>
       </c>
       <c r="B550" t="s">
         <v>1101</v>
       </c>
-      <c r="C550" s="1"/>
-      <c r="D550" s="2"/>
+      <c r="C550" s="1">
+        <v>105.88</v>
+      </c>
+      <c r="D550" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="551" spans="1:26">
       <c r="A551" t="s">
         <v>1102</v>
       </c>
       <c r="B551" t="s">
         <v>1103</v>
       </c>
-      <c r="C551" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C551" s="1"/>
+      <c r="D551" s="2"/>
     </row>
     <row r="552" spans="1:26">
       <c r="A552" t="s">
         <v>1104</v>
       </c>
       <c r="B552" t="s">
         <v>1105</v>
       </c>
       <c r="C552" s="1"/>
       <c r="D552" s="2"/>
     </row>
     <row r="553" spans="1:26">
       <c r="A553" t="s">
         <v>1106</v>
       </c>
       <c r="B553" t="s">
         <v>1107</v>
       </c>
       <c r="C553" s="1"/>
       <c r="D553" s="2"/>
     </row>
     <row r="554" spans="1:26">
       <c r="A554" t="s">
         <v>1108</v>
       </c>
       <c r="B554" t="s">
         <v>1109</v>
       </c>
       <c r="C554" s="1"/>
       <c r="D554" s="2"/>
     </row>
     <row r="555" spans="1:26">
       <c r="A555" t="s">
         <v>1110</v>
       </c>
       <c r="B555" t="s">
         <v>1111</v>
       </c>
       <c r="C555" s="1"/>
       <c r="D555" s="2"/>
     </row>
     <row r="556" spans="1:26">
       <c r="A556" t="s">
         <v>1112</v>
       </c>
       <c r="B556" t="s">
         <v>1113</v>
       </c>
-      <c r="C556" s="1"/>
+      <c r="C556" s="1">
+        <v>66.45</v>
+      </c>
       <c r="D556" s="2"/>
     </row>
     <row r="557" spans="1:26">
       <c r="A557" t="s">
         <v>1114</v>
       </c>
       <c r="B557" t="s">
         <v>1115</v>
       </c>
       <c r="C557" s="1">
-        <v>66.45</v>
+        <v>108.39</v>
       </c>
       <c r="D557" s="2"/>
     </row>
     <row r="558" spans="1:26">
       <c r="A558" t="s">
         <v>1116</v>
       </c>
       <c r="B558" t="s">
         <v>1117</v>
       </c>
       <c r="C558" s="1">
         <v>108.39</v>
       </c>
       <c r="D558" s="2"/>
     </row>
     <row r="559" spans="1:26">
       <c r="A559" t="s">
         <v>1118</v>
       </c>
       <c r="B559" t="s">
         <v>1119</v>
       </c>
       <c r="C559" s="1">
         <v>108.39</v>
       </c>
@@ -12911,487 +12891,485 @@
       <c r="C569" s="1">
         <v>108.39</v>
       </c>
       <c r="D569" s="2"/>
     </row>
     <row r="570" spans="1:26">
       <c r="A570" t="s">
         <v>1140</v>
       </c>
       <c r="B570" t="s">
         <v>1141</v>
       </c>
       <c r="C570" s="1">
         <v>108.39</v>
       </c>
       <c r="D570" s="2"/>
     </row>
     <row r="571" spans="1:26">
       <c r="A571" t="s">
         <v>1142</v>
       </c>
       <c r="B571" t="s">
         <v>1143</v>
       </c>
       <c r="C571" s="1">
-        <v>108.39</v>
+        <v>73.37</v>
       </c>
       <c r="D571" s="2"/>
     </row>
     <row r="572" spans="1:26">
       <c r="A572" t="s">
         <v>1144</v>
       </c>
       <c r="B572" t="s">
         <v>1145</v>
       </c>
       <c r="C572" s="1">
-        <v>73.37</v>
+        <v>108.39</v>
       </c>
       <c r="D572" s="2"/>
     </row>
     <row r="573" spans="1:26">
       <c r="A573" t="s">
         <v>1146</v>
       </c>
       <c r="B573" t="s">
         <v>1147</v>
       </c>
       <c r="C573" s="1">
         <v>108.39</v>
       </c>
       <c r="D573" s="2"/>
     </row>
     <row r="574" spans="1:26">
       <c r="A574" t="s">
         <v>1148</v>
       </c>
       <c r="B574" t="s">
         <v>1149</v>
       </c>
       <c r="C574" s="1">
         <v>108.39</v>
       </c>
       <c r="D574" s="2"/>
     </row>
     <row r="575" spans="1:26">
       <c r="A575" t="s">
         <v>1150</v>
       </c>
       <c r="B575" t="s">
         <v>1151</v>
       </c>
       <c r="C575" s="1">
         <v>108.39</v>
       </c>
       <c r="D575" s="2"/>
     </row>
     <row r="576" spans="1:26">
       <c r="A576" t="s">
         <v>1152</v>
       </c>
       <c r="B576" t="s">
         <v>1153</v>
       </c>
       <c r="C576" s="1">
-        <v>108.39</v>
+        <v>73.37</v>
       </c>
       <c r="D576" s="2"/>
     </row>
     <row r="577" spans="1:26">
       <c r="A577" t="s">
         <v>1154</v>
       </c>
       <c r="B577" t="s">
         <v>1155</v>
       </c>
       <c r="C577" s="1">
         <v>73.37</v>
       </c>
       <c r="D577" s="2"/>
     </row>
     <row r="578" spans="1:26">
       <c r="A578" t="s">
         <v>1156</v>
       </c>
       <c r="B578" t="s">
         <v>1157</v>
       </c>
-      <c r="C578" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C578" s="1"/>
       <c r="D578" s="2"/>
     </row>
     <row r="579" spans="1:26">
       <c r="A579" t="s">
         <v>1158</v>
       </c>
       <c r="B579" t="s">
         <v>1159</v>
       </c>
       <c r="C579" s="1"/>
       <c r="D579" s="2"/>
     </row>
     <row r="580" spans="1:26">
       <c r="A580" t="s">
         <v>1160</v>
       </c>
       <c r="B580" t="s">
         <v>1161</v>
       </c>
-      <c r="C580" s="1"/>
-      <c r="D580" s="2"/>
+      <c r="C580" s="1">
+        <v>298.57</v>
+      </c>
+      <c r="D580" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="581" spans="1:26">
       <c r="A581" t="s">
         <v>1162</v>
       </c>
       <c r="B581" t="s">
         <v>1163</v>
       </c>
       <c r="C581" s="1">
         <v>298.57</v>
       </c>
       <c r="D581" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="582" spans="1:26">
       <c r="A582" t="s">
         <v>1164</v>
       </c>
       <c r="B582" t="s">
         <v>1165</v>
       </c>
       <c r="C582" s="1">
         <v>298.57</v>
       </c>
-      <c r="D582" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D582" s="2"/>
     </row>
     <row r="583" spans="1:26">
       <c r="A583" t="s">
         <v>1166</v>
       </c>
       <c r="B583" t="s">
         <v>1167</v>
       </c>
       <c r="C583" s="1">
         <v>298.57</v>
       </c>
-      <c r="D583" s="2"/>
+      <c r="D583" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="584" spans="1:26">
       <c r="A584" t="s">
         <v>1168</v>
       </c>
       <c r="B584" t="s">
         <v>1169</v>
       </c>
       <c r="C584" s="1">
         <v>298.57</v>
       </c>
       <c r="D584" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="585" spans="1:26">
       <c r="A585" t="s">
         <v>1170</v>
       </c>
       <c r="B585" t="s">
         <v>1171</v>
       </c>
       <c r="C585" s="1">
-        <v>298.57</v>
+        <v>172.15</v>
       </c>
       <c r="D585" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="586" spans="1:26">
       <c r="A586" t="s">
         <v>1172</v>
       </c>
       <c r="B586" t="s">
         <v>1173</v>
       </c>
       <c r="C586" s="1">
-        <v>172.15</v>
+        <v>171.99</v>
       </c>
       <c r="D586" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="587" spans="1:26">
       <c r="A587" t="s">
         <v>1174</v>
       </c>
       <c r="B587" t="s">
         <v>1175</v>
       </c>
       <c r="C587" s="1">
-        <v>171.99</v>
+        <v>172.15</v>
       </c>
       <c r="D587" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="588" spans="1:26">
       <c r="A588" t="s">
         <v>1176</v>
       </c>
       <c r="B588" t="s">
         <v>1177</v>
       </c>
       <c r="C588" s="1">
-        <v>172.15</v>
-[...3 lines deleted...]
-      </c>
+        <v>171.99</v>
+      </c>
+      <c r="D588" s="2"/>
     </row>
     <row r="589" spans="1:26">
       <c r="A589" t="s">
         <v>1178</v>
       </c>
       <c r="B589" t="s">
         <v>1179</v>
       </c>
       <c r="C589" s="1">
         <v>171.99</v>
       </c>
       <c r="D589" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="590" spans="1:26">
       <c r="A590" t="s">
         <v>1180</v>
       </c>
       <c r="B590" t="s">
         <v>1181</v>
       </c>
       <c r="C590" s="1">
         <v>171.99</v>
       </c>
-      <c r="D590" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D590" s="2"/>
     </row>
     <row r="591" spans="1:26">
       <c r="A591" t="s">
         <v>1182</v>
       </c>
       <c r="B591" t="s">
         <v>1183</v>
       </c>
       <c r="C591" s="1">
         <v>171.99</v>
       </c>
-      <c r="D591" s="2"/>
+      <c r="D591" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="592" spans="1:26">
       <c r="A592" t="s">
         <v>1184</v>
       </c>
       <c r="B592" t="s">
         <v>1185</v>
       </c>
       <c r="C592" s="1">
         <v>171.99</v>
       </c>
       <c r="D592" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="593" spans="1:26">
       <c r="A593" t="s">
         <v>1186</v>
       </c>
       <c r="B593" t="s">
         <v>1187</v>
       </c>
       <c r="C593" s="1">
         <v>171.99</v>
       </c>
-      <c r="D593" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D593" s="2"/>
     </row>
     <row r="594" spans="1:26">
       <c r="A594" t="s">
         <v>1188</v>
       </c>
       <c r="B594" t="s">
         <v>1189</v>
       </c>
       <c r="C594" s="1">
         <v>171.99</v>
       </c>
       <c r="D594" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="595" spans="1:26">
       <c r="A595" t="s">
         <v>1190</v>
       </c>
       <c r="B595" t="s">
         <v>1191</v>
       </c>
       <c r="C595" s="1">
         <v>171.99</v>
       </c>
       <c r="D595" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="596" spans="1:26">
       <c r="A596" t="s">
         <v>1192</v>
       </c>
       <c r="B596" t="s">
         <v>1193</v>
       </c>
       <c r="C596" s="1">
-        <v>171.99</v>
-[...3 lines deleted...]
-      </c>
+        <v>292.21</v>
+      </c>
+      <c r="D596" s="2"/>
     </row>
     <row r="597" spans="1:26">
       <c r="A597" t="s">
         <v>1194</v>
       </c>
       <c r="B597" t="s">
         <v>1195</v>
       </c>
       <c r="C597" s="1">
-        <v>292.21</v>
+        <v>108.39</v>
       </c>
       <c r="D597" s="2"/>
     </row>
     <row r="598" spans="1:26">
       <c r="A598" t="s">
         <v>1196</v>
       </c>
       <c r="B598" t="s">
         <v>1197</v>
       </c>
       <c r="C598" s="1">
         <v>108.39</v>
       </c>
       <c r="D598" s="2"/>
     </row>
     <row r="599" spans="1:26">
       <c r="A599" t="s">
         <v>1198</v>
       </c>
       <c r="B599" t="s">
         <v>1199</v>
       </c>
       <c r="C599" s="1">
         <v>108.39</v>
       </c>
-      <c r="D599" s="2"/>
+      <c r="D599" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="600" spans="1:26">
       <c r="A600" t="s">
         <v>1200</v>
       </c>
       <c r="B600" t="s">
         <v>1201</v>
       </c>
       <c r="C600" s="1">
         <v>108.39</v>
       </c>
-      <c r="D600" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D600" s="2"/>
     </row>
     <row r="601" spans="1:26">
       <c r="A601" t="s">
         <v>1202</v>
       </c>
       <c r="B601" t="s">
         <v>1203</v>
       </c>
       <c r="C601" s="1">
         <v>108.39</v>
       </c>
       <c r="D601" s="2"/>
     </row>
     <row r="602" spans="1:26">
       <c r="A602" t="s">
         <v>1204</v>
       </c>
       <c r="B602" t="s">
         <v>1205</v>
       </c>
       <c r="C602" s="1">
         <v>108.39</v>
       </c>
       <c r="D602" s="2"/>
     </row>
     <row r="603" spans="1:26">
       <c r="A603" t="s">
         <v>1206</v>
       </c>
       <c r="B603" t="s">
         <v>1207</v>
       </c>
       <c r="C603" s="1">
-        <v>108.39</v>
+        <v>16.08</v>
       </c>
       <c r="D603" s="2"/>
     </row>
     <row r="604" spans="1:26">
       <c r="A604" t="s">
         <v>1208</v>
       </c>
       <c r="B604" t="s">
         <v>1209</v>
       </c>
       <c r="C604" s="1">
         <v>16.08</v>
       </c>
       <c r="D604" s="2"/>
     </row>
     <row r="605" spans="1:26">
       <c r="A605" t="s">
         <v>1210</v>
       </c>
       <c r="B605" t="s">
         <v>1211</v>
       </c>
       <c r="C605" s="1">
-        <v>16.08</v>
-[...1 lines deleted...]
-      <c r="D605" s="2"/>
+        <v>57.29</v>
+      </c>
+      <c r="D605" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="606" spans="1:26">
       <c r="A606" t="s">
         <v>1212</v>
       </c>
       <c r="B606" t="s">
         <v>1213</v>
       </c>
       <c r="C606" s="1">
         <v>57.29</v>
       </c>
       <c r="D606" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="607" spans="1:26">
       <c r="A607" t="s">
         <v>1214</v>
       </c>
       <c r="B607" t="s">
         <v>1215</v>
       </c>
       <c r="C607" s="1">
         <v>57.29</v>
       </c>
@@ -13441,409 +13419,407 @@
         <v>1</v>
       </c>
     </row>
     <row r="611" spans="1:26">
       <c r="A611" t="s">
         <v>1222</v>
       </c>
       <c r="B611" t="s">
         <v>1223</v>
       </c>
       <c r="C611" s="1">
         <v>57.29</v>
       </c>
       <c r="D611" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="612" spans="1:26">
       <c r="A612" t="s">
         <v>1224</v>
       </c>
       <c r="B612" t="s">
         <v>1225</v>
       </c>
       <c r="C612" s="1">
-        <v>57.29</v>
+        <v>61.05</v>
       </c>
       <c r="D612" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" t="s">
         <v>1226</v>
       </c>
       <c r="B613" t="s">
         <v>1227</v>
       </c>
       <c r="C613" s="1">
-        <v>61.05</v>
+        <v>57.29</v>
       </c>
       <c r="D613" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" t="s">
         <v>1228</v>
       </c>
       <c r="B614" t="s">
         <v>1229</v>
       </c>
       <c r="C614" s="1">
         <v>57.29</v>
       </c>
-      <c r="D614" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D614" s="2"/>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" t="s">
         <v>1230</v>
       </c>
       <c r="B615" t="s">
         <v>1231</v>
       </c>
       <c r="C615" s="1">
         <v>57.29</v>
       </c>
       <c r="D615" s="2"/>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" t="s">
         <v>1232</v>
       </c>
       <c r="B616" t="s">
         <v>1233</v>
       </c>
       <c r="C616" s="1">
-        <v>57.29</v>
+        <v>54.98</v>
       </c>
       <c r="D616" s="2"/>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" t="s">
         <v>1234</v>
       </c>
       <c r="B617" t="s">
         <v>1235</v>
       </c>
       <c r="C617" s="1">
-        <v>54.98</v>
-[...1 lines deleted...]
-      <c r="D617" s="2"/>
+        <v>298.57</v>
+      </c>
+      <c r="D617" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" t="s">
         <v>1236</v>
       </c>
       <c r="B618" t="s">
         <v>1237</v>
       </c>
       <c r="C618" s="1">
         <v>298.57</v>
       </c>
-      <c r="D618" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D618" s="2"/>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" t="s">
         <v>1238</v>
       </c>
       <c r="B619" t="s">
         <v>1239</v>
       </c>
       <c r="C619" s="1">
         <v>298.57</v>
       </c>
-      <c r="D619" s="2"/>
+      <c r="D619" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" t="s">
         <v>1240</v>
       </c>
       <c r="B620" t="s">
         <v>1241</v>
       </c>
       <c r="C620" s="1">
         <v>298.57</v>
       </c>
       <c r="D620" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" t="s">
         <v>1242</v>
       </c>
       <c r="B621" t="s">
         <v>1243</v>
       </c>
       <c r="C621" s="1">
-        <v>298.57</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="D621" s="2"/>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" t="s">
         <v>1244</v>
       </c>
       <c r="B622" t="s">
         <v>1245</v>
       </c>
       <c r="C622" s="1">
         <v>130</v>
       </c>
       <c r="D622" s="2"/>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" t="s">
         <v>1246</v>
       </c>
       <c r="B623" t="s">
         <v>1247</v>
       </c>
       <c r="C623" s="1">
         <v>130</v>
       </c>
       <c r="D623" s="2"/>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" t="s">
         <v>1248</v>
       </c>
       <c r="B624" t="s">
         <v>1249</v>
       </c>
       <c r="C624" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="D624" s="2"/>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" t="s">
         <v>1250</v>
       </c>
       <c r="B625" t="s">
         <v>1251</v>
       </c>
       <c r="C625" s="1">
         <v>150</v>
       </c>
       <c r="D625" s="2"/>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" t="s">
         <v>1252</v>
       </c>
       <c r="B626" t="s">
         <v>1253</v>
       </c>
       <c r="C626" s="1">
         <v>150</v>
       </c>
       <c r="D626" s="2"/>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" t="s">
         <v>1254</v>
       </c>
       <c r="B627" t="s">
         <v>1255</v>
       </c>
       <c r="C627" s="1">
         <v>150</v>
       </c>
       <c r="D627" s="2"/>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" t="s">
         <v>1256</v>
       </c>
       <c r="B628" t="s">
         <v>1257</v>
       </c>
       <c r="C628" s="1">
-        <v>150</v>
+        <v>71.73</v>
       </c>
       <c r="D628" s="2"/>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" t="s">
         <v>1258</v>
       </c>
       <c r="B629" t="s">
         <v>1259</v>
       </c>
       <c r="C629" s="1">
         <v>71.73</v>
       </c>
       <c r="D629" s="2"/>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" t="s">
         <v>1260</v>
       </c>
       <c r="B630" t="s">
         <v>1261</v>
       </c>
       <c r="C630" s="1">
         <v>71.73</v>
       </c>
       <c r="D630" s="2"/>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" t="s">
         <v>1262</v>
       </c>
       <c r="B631" t="s">
         <v>1263</v>
       </c>
       <c r="C631" s="1">
         <v>71.73</v>
       </c>
       <c r="D631" s="2"/>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" t="s">
         <v>1264</v>
       </c>
       <c r="B632" t="s">
         <v>1265</v>
       </c>
       <c r="C632" s="1">
-        <v>71.73</v>
+        <v>113.82</v>
       </c>
       <c r="D632" s="2"/>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" t="s">
         <v>1266</v>
       </c>
       <c r="B633" t="s">
         <v>1267</v>
       </c>
       <c r="C633" s="1">
         <v>113.82</v>
       </c>
       <c r="D633" s="2"/>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" t="s">
         <v>1268</v>
       </c>
       <c r="B634" t="s">
         <v>1269</v>
       </c>
       <c r="C634" s="1">
         <v>113.82</v>
       </c>
       <c r="D634" s="2"/>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" t="s">
         <v>1270</v>
       </c>
       <c r="B635" t="s">
         <v>1271</v>
       </c>
       <c r="C635" s="1">
-        <v>113.82</v>
+        <v>120</v>
       </c>
       <c r="D635" s="2"/>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" t="s">
         <v>1272</v>
       </c>
       <c r="B636" t="s">
         <v>1273</v>
       </c>
       <c r="C636" s="1">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D636" s="2"/>
+        <v>56.25</v>
+      </c>
+      <c r="D636" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" t="s">
         <v>1274</v>
       </c>
       <c r="B637" t="s">
         <v>1275</v>
       </c>
       <c r="C637" s="1">
-        <v>56.25</v>
+        <v>62.5</v>
       </c>
       <c r="D637" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" t="s">
         <v>1276</v>
       </c>
       <c r="B638" t="s">
         <v>1277</v>
       </c>
       <c r="C638" s="1">
         <v>62.5</v>
       </c>
       <c r="D638" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" t="s">
         <v>1278</v>
       </c>
       <c r="B639" t="s">
         <v>1279</v>
       </c>
       <c r="C639" s="1">
         <v>62.5</v>
       </c>
       <c r="D639" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" t="s">
         <v>1280</v>
       </c>
       <c r="B640" t="s">
         <v>1281</v>
       </c>
       <c r="C640" s="1">
-        <v>62.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="D640" s="2"/>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" t="s">
         <v>1282</v>
       </c>
       <c r="B641" t="s">
         <v>1283</v>
       </c>
       <c r="C641" s="1">
         <v>235</v>
       </c>
       <c r="D641" s="2"/>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" t="s">
         <v>1284</v>
       </c>
       <c r="B642" t="s">
         <v>1285</v>
       </c>
       <c r="C642" s="1">
         <v>235</v>
       </c>
       <c r="D642" s="2"/>
     </row>
@@ -13941,67 +13917,67 @@
       <c r="C650" s="1">
         <v>235</v>
       </c>
       <c r="D650" s="2"/>
     </row>
     <row r="651" spans="1:26">
       <c r="A651" t="s">
         <v>1302</v>
       </c>
       <c r="B651" t="s">
         <v>1303</v>
       </c>
       <c r="C651" s="1">
         <v>235</v>
       </c>
       <c r="D651" s="2"/>
     </row>
     <row r="652" spans="1:26">
       <c r="A652" t="s">
         <v>1304</v>
       </c>
       <c r="B652" t="s">
         <v>1305</v>
       </c>
       <c r="C652" s="1">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="D652" s="2"/>
+        <v>130</v>
+      </c>
+      <c r="D652" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="653" spans="1:26">
       <c r="A653" t="s">
         <v>1306</v>
       </c>
       <c r="B653" t="s">
         <v>1307</v>
       </c>
       <c r="C653" s="1">
         <v>130</v>
       </c>
-      <c r="D653" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D653" s="2"/>
     </row>
     <row r="654" spans="1:26">
       <c r="A654" t="s">
         <v>1308</v>
       </c>
       <c r="B654" t="s">
         <v>1309</v>
       </c>
       <c r="C654" s="1">
         <v>130</v>
       </c>
       <c r="D654" s="2"/>
     </row>
     <row r="655" spans="1:26">
       <c r="A655" t="s">
         <v>1310</v>
       </c>
       <c r="B655" t="s">
         <v>1311</v>
       </c>
       <c r="C655" s="1">
         <v>130</v>
       </c>
       <c r="D655" s="2"/>
     </row>
@@ -14051,513 +14027,517 @@
       <c r="C659" s="1">
         <v>130</v>
       </c>
       <c r="D659" s="2"/>
     </row>
     <row r="660" spans="1:26">
       <c r="A660" t="s">
         <v>1320</v>
       </c>
       <c r="B660" t="s">
         <v>1321</v>
       </c>
       <c r="C660" s="1">
         <v>130</v>
       </c>
       <c r="D660" s="2"/>
     </row>
     <row r="661" spans="1:26">
       <c r="A661" t="s">
         <v>1322</v>
       </c>
       <c r="B661" t="s">
         <v>1323</v>
       </c>
       <c r="C661" s="1">
-        <v>130</v>
+        <v>17.37</v>
       </c>
       <c r="D661" s="2"/>
     </row>
     <row r="662" spans="1:26">
       <c r="A662" t="s">
         <v>1324</v>
       </c>
       <c r="B662" t="s">
         <v>1325</v>
       </c>
       <c r="C662" s="1">
         <v>17.37</v>
       </c>
       <c r="D662" s="2"/>
     </row>
     <row r="663" spans="1:26">
       <c r="A663" t="s">
         <v>1326</v>
       </c>
       <c r="B663" t="s">
         <v>1327</v>
       </c>
       <c r="C663" s="1">
         <v>17.37</v>
       </c>
       <c r="D663" s="2"/>
     </row>
     <row r="664" spans="1:26">
       <c r="A664" t="s">
         <v>1328</v>
       </c>
       <c r="B664" t="s">
         <v>1329</v>
       </c>
       <c r="C664" s="1">
         <v>17.37</v>
       </c>
       <c r="D664" s="2"/>
     </row>
     <row r="665" spans="1:26">
       <c r="A665" t="s">
         <v>1330</v>
       </c>
       <c r="B665" t="s">
         <v>1331</v>
       </c>
       <c r="C665" s="1">
-        <v>17.37</v>
+        <v>56.33</v>
       </c>
       <c r="D665" s="2"/>
     </row>
     <row r="666" spans="1:26">
       <c r="A666" t="s">
         <v>1332</v>
       </c>
       <c r="B666" t="s">
         <v>1333</v>
       </c>
       <c r="C666" s="1">
-        <v>56.33</v>
+        <v>47.5</v>
       </c>
       <c r="D666" s="2"/>
     </row>
     <row r="667" spans="1:26">
       <c r="A667" t="s">
         <v>1334</v>
       </c>
       <c r="B667" t="s">
         <v>1335</v>
       </c>
       <c r="C667" s="1">
         <v>47.5</v>
       </c>
       <c r="D667" s="2"/>
     </row>
     <row r="668" spans="1:26">
       <c r="A668" t="s">
         <v>1336</v>
       </c>
       <c r="B668" t="s">
         <v>1337</v>
       </c>
       <c r="C668" s="1">
         <v>47.5</v>
       </c>
       <c r="D668" s="2"/>
     </row>
     <row r="669" spans="1:26">
       <c r="A669" t="s">
         <v>1338</v>
       </c>
       <c r="B669" t="s">
         <v>1339</v>
       </c>
       <c r="C669" s="1">
-        <v>47.5</v>
+        <v>81</v>
       </c>
       <c r="D669" s="2"/>
     </row>
     <row r="670" spans="1:26">
       <c r="A670" t="s">
         <v>1340</v>
       </c>
       <c r="B670" t="s">
         <v>1341</v>
       </c>
       <c r="C670" s="1">
-        <v>81</v>
+        <v>57.5</v>
       </c>
       <c r="D670" s="2"/>
     </row>
     <row r="671" spans="1:26">
       <c r="A671" t="s">
         <v>1342</v>
       </c>
       <c r="B671" t="s">
         <v>1343</v>
       </c>
       <c r="C671" s="1">
         <v>57.5</v>
       </c>
       <c r="D671" s="2"/>
     </row>
     <row r="672" spans="1:26">
       <c r="A672" t="s">
         <v>1344</v>
       </c>
       <c r="B672" t="s">
         <v>1345</v>
       </c>
       <c r="C672" s="1">
         <v>57.5</v>
       </c>
       <c r="D672" s="2"/>
     </row>
     <row r="673" spans="1:26">
       <c r="A673" t="s">
         <v>1346</v>
       </c>
       <c r="B673" t="s">
         <v>1347</v>
       </c>
       <c r="C673" s="1">
-        <v>57.5</v>
-[...1 lines deleted...]
-      <c r="D673" s="2"/>
+        <v>162.5</v>
+      </c>
+      <c r="D673" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="674" spans="1:26">
       <c r="A674" t="s">
         <v>1348</v>
       </c>
       <c r="B674" t="s">
         <v>1349</v>
       </c>
       <c r="C674" s="1">
         <v>162.5</v>
       </c>
-      <c r="D674" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D674" s="2"/>
     </row>
     <row r="675" spans="1:26">
       <c r="A675" t="s">
         <v>1350</v>
       </c>
       <c r="B675" t="s">
         <v>1351</v>
       </c>
       <c r="C675" s="1">
         <v>162.5</v>
       </c>
       <c r="D675" s="2"/>
     </row>
     <row r="676" spans="1:26">
       <c r="A676" t="s">
         <v>1352</v>
       </c>
       <c r="B676" t="s">
         <v>1353</v>
       </c>
       <c r="C676" s="1">
         <v>162.5</v>
       </c>
       <c r="D676" s="2"/>
     </row>
     <row r="677" spans="1:26">
       <c r="A677" t="s">
         <v>1354</v>
       </c>
       <c r="B677" t="s">
         <v>1355</v>
       </c>
       <c r="C677" s="1">
-        <v>162.5</v>
+        <v>68.75</v>
       </c>
       <c r="D677" s="2"/>
     </row>
     <row r="678" spans="1:26">
       <c r="A678" t="s">
         <v>1356</v>
       </c>
       <c r="B678" t="s">
         <v>1357</v>
       </c>
       <c r="C678" s="1">
         <v>68.75</v>
       </c>
       <c r="D678" s="2"/>
     </row>
     <row r="679" spans="1:26">
       <c r="A679" t="s">
         <v>1358</v>
       </c>
       <c r="B679" t="s">
         <v>1359</v>
       </c>
       <c r="C679" s="1">
         <v>68.75</v>
       </c>
       <c r="D679" s="2"/>
     </row>
     <row r="680" spans="1:26">
       <c r="A680" t="s">
         <v>1360</v>
       </c>
       <c r="B680" t="s">
         <v>1361</v>
       </c>
       <c r="C680" s="1">
         <v>68.75</v>
       </c>
       <c r="D680" s="2"/>
     </row>
     <row r="681" spans="1:26">
       <c r="A681" t="s">
         <v>1362</v>
       </c>
       <c r="B681" t="s">
         <v>1363</v>
       </c>
       <c r="C681" s="1">
-        <v>68.75</v>
-[...1 lines deleted...]
-      <c r="D681" s="2"/>
+        <v>80.15</v>
+      </c>
+      <c r="D681" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="682" spans="1:26">
       <c r="A682" t="s">
         <v>1364</v>
       </c>
       <c r="B682" t="s">
         <v>1365</v>
       </c>
       <c r="C682" s="1">
-        <v>80.15</v>
+        <v>12.48</v>
       </c>
       <c r="D682" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="683" spans="1:26">
       <c r="A683" t="s">
         <v>1366</v>
       </c>
       <c r="B683" t="s">
         <v>1367</v>
       </c>
-      <c r="C683" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C683" s="1"/>
+      <c r="D683" s="2"/>
     </row>
     <row r="684" spans="1:26">
       <c r="A684" t="s">
         <v>1368</v>
       </c>
       <c r="B684" t="s">
         <v>1369</v>
       </c>
       <c r="C684" s="1"/>
       <c r="D684" s="2"/>
     </row>
     <row r="685" spans="1:26">
       <c r="A685" t="s">
         <v>1370</v>
       </c>
       <c r="B685" t="s">
         <v>1371</v>
       </c>
       <c r="C685" s="1"/>
       <c r="D685" s="2"/>
     </row>
     <row r="686" spans="1:26">
       <c r="A686" t="s">
         <v>1372</v>
       </c>
       <c r="B686" t="s">
         <v>1373</v>
       </c>
       <c r="C686" s="1"/>
       <c r="D686" s="2"/>
     </row>
     <row r="687" spans="1:26">
       <c r="A687" t="s">
         <v>1374</v>
       </c>
       <c r="B687" t="s">
         <v>1375</v>
       </c>
-      <c r="C687" s="1"/>
+      <c r="C687" s="1">
+        <v>24.15</v>
+      </c>
       <c r="D687" s="2"/>
     </row>
     <row r="688" spans="1:26">
       <c r="A688" t="s">
         <v>1376</v>
       </c>
       <c r="B688" t="s">
         <v>1377</v>
       </c>
       <c r="C688" s="1">
-        <v>24.15</v>
+        <v>18.73</v>
       </c>
       <c r="D688" s="2"/>
     </row>
     <row r="689" spans="1:26">
       <c r="A689" t="s">
         <v>1378</v>
       </c>
       <c r="B689" t="s">
         <v>1379</v>
       </c>
       <c r="C689" s="1">
-        <v>18.73</v>
-[...1 lines deleted...]
-      <c r="D689" s="2"/>
+        <v>35</v>
+      </c>
+      <c r="D689" s="2">
+        <v>8</v>
+      </c>
     </row>
     <row r="690" spans="1:26">
       <c r="A690" t="s">
         <v>1380</v>
       </c>
       <c r="B690" t="s">
         <v>1381</v>
       </c>
       <c r="C690" s="1">
         <v>35</v>
       </c>
-      <c r="D690" s="2"/>
+      <c r="D690" s="2">
+        <v>10</v>
+      </c>
     </row>
     <row r="691" spans="1:26">
       <c r="A691" t="s">
         <v>1382</v>
       </c>
       <c r="B691" t="s">
         <v>1383</v>
       </c>
       <c r="C691" s="1">
         <v>35</v>
       </c>
       <c r="D691" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="692" spans="1:26">
       <c r="A692" t="s">
         <v>1384</v>
       </c>
       <c r="B692" t="s">
         <v>1385</v>
       </c>
       <c r="C692" s="1">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="D692" s="2"/>
+        <v>57.5</v>
+      </c>
+      <c r="D692" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="693" spans="1:26">
       <c r="A693" t="s">
         <v>1386</v>
       </c>
       <c r="B693" t="s">
         <v>1387</v>
       </c>
       <c r="C693" s="1">
-        <v>57.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.18</v>
+      </c>
+      <c r="D693" s="2"/>
     </row>
     <row r="694" spans="1:26">
       <c r="A694" t="s">
         <v>1388</v>
       </c>
       <c r="B694" t="s">
         <v>1389</v>
       </c>
       <c r="C694" s="1">
-        <v>7.18</v>
+        <v>17.37</v>
       </c>
       <c r="D694" s="2"/>
     </row>
     <row r="695" spans="1:26">
       <c r="A695" t="s">
         <v>1390</v>
       </c>
       <c r="B695" t="s">
         <v>1391</v>
       </c>
       <c r="C695" s="1">
         <v>17.37</v>
       </c>
       <c r="D695" s="2"/>
     </row>
     <row r="696" spans="1:26">
       <c r="A696" t="s">
         <v>1392</v>
       </c>
       <c r="B696" t="s">
         <v>1393</v>
       </c>
       <c r="C696" s="1">
         <v>17.37</v>
       </c>
       <c r="D696" s="2"/>
     </row>
     <row r="697" spans="1:26">
       <c r="A697" t="s">
         <v>1394</v>
       </c>
       <c r="B697" t="s">
         <v>1395</v>
       </c>
       <c r="C697" s="1">
-        <v>17.37</v>
+        <v>32.15</v>
       </c>
       <c r="D697" s="2"/>
     </row>
     <row r="698" spans="1:26">
       <c r="A698" t="s">
         <v>1396</v>
       </c>
       <c r="B698" t="s">
         <v>1397</v>
       </c>
       <c r="C698" s="1">
         <v>32.15</v>
       </c>
-      <c r="D698" s="2"/>
+      <c r="D698" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="699" spans="1:26">
       <c r="A699" t="s">
         <v>1398</v>
       </c>
       <c r="B699" t="s">
         <v>1399</v>
       </c>
       <c r="C699" s="1">
         <v>32.15</v>
       </c>
-      <c r="D699" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D699" s="2"/>
     </row>
     <row r="700" spans="1:26">
       <c r="A700" t="s">
         <v>1400</v>
       </c>
       <c r="B700" t="s">
         <v>1401</v>
       </c>
       <c r="C700" s="1">
         <v>32.15</v>
       </c>
       <c r="D700" s="2"/>
     </row>
     <row r="701" spans="1:26">
       <c r="A701" t="s">
         <v>1402</v>
       </c>
       <c r="B701" t="s">
         <v>1403</v>
       </c>
       <c r="C701" s="1">
         <v>32.15</v>
       </c>
       <c r="D701" s="2"/>
     </row>
@@ -14595,201 +14575,201 @@
       <c r="C704" s="1">
         <v>32.15</v>
       </c>
       <c r="D704" s="2"/>
     </row>
     <row r="705" spans="1:26">
       <c r="A705" t="s">
         <v>1410</v>
       </c>
       <c r="B705" t="s">
         <v>1411</v>
       </c>
       <c r="C705" s="1">
         <v>32.15</v>
       </c>
       <c r="D705" s="2"/>
     </row>
     <row r="706" spans="1:26">
       <c r="A706" t="s">
         <v>1412</v>
       </c>
       <c r="B706" t="s">
         <v>1413</v>
       </c>
       <c r="C706" s="1">
-        <v>32.15</v>
+        <v>10</v>
       </c>
       <c r="D706" s="2"/>
     </row>
     <row r="707" spans="1:26">
       <c r="A707" t="s">
         <v>1414</v>
       </c>
       <c r="B707" t="s">
         <v>1415</v>
       </c>
       <c r="C707" s="1">
-        <v>10</v>
+        <v>23.25</v>
       </c>
       <c r="D707" s="2"/>
     </row>
     <row r="708" spans="1:26">
       <c r="A708" t="s">
         <v>1416</v>
       </c>
       <c r="B708" t="s">
         <v>1417</v>
       </c>
       <c r="C708" s="1">
-        <v>23.25</v>
+        <v>24.12</v>
       </c>
       <c r="D708" s="2"/>
     </row>
     <row r="709" spans="1:26">
       <c r="A709" t="s">
         <v>1418</v>
       </c>
       <c r="B709" t="s">
         <v>1419</v>
       </c>
       <c r="C709" s="1">
         <v>24.12</v>
       </c>
       <c r="D709" s="2"/>
     </row>
     <row r="710" spans="1:26">
       <c r="A710" t="s">
         <v>1420</v>
       </c>
       <c r="B710" t="s">
         <v>1421</v>
       </c>
       <c r="C710" s="1">
-        <v>24.12</v>
+        <v>23.25</v>
       </c>
       <c r="D710" s="2"/>
     </row>
     <row r="711" spans="1:26">
       <c r="A711" t="s">
         <v>1422</v>
       </c>
       <c r="B711" t="s">
         <v>1423</v>
       </c>
       <c r="C711" s="1">
-        <v>23.25</v>
+        <v>22.26</v>
       </c>
       <c r="D711" s="2"/>
     </row>
     <row r="712" spans="1:26">
       <c r="A712" t="s">
         <v>1424</v>
       </c>
       <c r="B712" t="s">
         <v>1425</v>
       </c>
       <c r="C712" s="1">
-        <v>22.26</v>
+        <v>24.12</v>
       </c>
       <c r="D712" s="2"/>
     </row>
     <row r="713" spans="1:26">
       <c r="A713" t="s">
         <v>1426</v>
       </c>
       <c r="B713" t="s">
         <v>1427</v>
       </c>
       <c r="C713" s="1">
-        <v>24.12</v>
+        <v>22.26</v>
       </c>
       <c r="D713" s="2"/>
     </row>
     <row r="714" spans="1:26">
       <c r="A714" t="s">
         <v>1428</v>
       </c>
       <c r="B714" t="s">
         <v>1429</v>
       </c>
       <c r="C714" s="1">
-        <v>22.26</v>
+        <v>23.93</v>
       </c>
       <c r="D714" s="2"/>
     </row>
     <row r="715" spans="1:26">
       <c r="A715" t="s">
         <v>1430</v>
       </c>
       <c r="B715" t="s">
         <v>1431</v>
       </c>
       <c r="C715" s="1">
-        <v>23.93</v>
+        <v>18.73</v>
       </c>
       <c r="D715" s="2"/>
     </row>
     <row r="716" spans="1:26">
       <c r="A716" t="s">
         <v>1432</v>
       </c>
       <c r="B716" t="s">
         <v>1433</v>
       </c>
       <c r="C716" s="1">
         <v>18.73</v>
       </c>
-      <c r="D716" s="2"/>
+      <c r="D716" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="717" spans="1:26">
       <c r="A717" t="s">
         <v>1434</v>
       </c>
       <c r="B717" t="s">
         <v>1435</v>
       </c>
       <c r="C717" s="1">
         <v>18.73</v>
       </c>
       <c r="D717" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="718" spans="1:26">
       <c r="A718" t="s">
         <v>1436</v>
       </c>
       <c r="B718" t="s">
         <v>1437</v>
       </c>
       <c r="C718" s="1">
-        <v>18.73</v>
-[...3 lines deleted...]
-      </c>
+        <v>15.62</v>
+      </c>
+      <c r="D718" s="2"/>
     </row>
     <row r="719" spans="1:26">
       <c r="A719" t="s">
         <v>1438</v>
       </c>
       <c r="B719" t="s">
         <v>1439</v>
       </c>
       <c r="C719" s="1">
         <v>15.62</v>
       </c>
       <c r="D719" s="2"/>
     </row>
     <row r="720" spans="1:26">
       <c r="A720" t="s">
         <v>1440</v>
       </c>
       <c r="B720" t="s">
         <v>1441</v>
       </c>
       <c r="C720" s="1">
         <v>15.62</v>
       </c>
       <c r="D720" s="2"/>
     </row>
@@ -14815,1108 +14795,1100 @@
       <c r="C722" s="1">
         <v>15.62</v>
       </c>
       <c r="D722" s="2"/>
     </row>
     <row r="723" spans="1:26">
       <c r="A723" t="s">
         <v>1446</v>
       </c>
       <c r="B723" t="s">
         <v>1447</v>
       </c>
       <c r="C723" s="1">
         <v>15.62</v>
       </c>
       <c r="D723" s="2"/>
     </row>
     <row r="724" spans="1:26">
       <c r="A724" t="s">
         <v>1448</v>
       </c>
       <c r="B724" t="s">
         <v>1449</v>
       </c>
       <c r="C724" s="1">
-        <v>15.62</v>
-[...1 lines deleted...]
-      <c r="D724" s="2"/>
+        <v>14.92</v>
+      </c>
+      <c r="D724" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="725" spans="1:26">
       <c r="A725" t="s">
         <v>1450</v>
       </c>
       <c r="B725" t="s">
         <v>1451</v>
       </c>
       <c r="C725" s="1">
-        <v>14.92</v>
-[...3 lines deleted...]
-      </c>
+        <v>15.62</v>
+      </c>
+      <c r="D725" s="2"/>
     </row>
     <row r="726" spans="1:26">
       <c r="A726" t="s">
         <v>1452</v>
       </c>
       <c r="B726" t="s">
         <v>1453</v>
       </c>
       <c r="C726" s="1">
-        <v>15.62</v>
-[...1 lines deleted...]
-      <c r="D726" s="2"/>
+        <v>20.81</v>
+      </c>
+      <c r="D726" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="727" spans="1:26">
       <c r="A727" t="s">
         <v>1454</v>
       </c>
       <c r="B727" t="s">
         <v>1455</v>
       </c>
       <c r="C727" s="1">
         <v>20.81</v>
       </c>
       <c r="D727" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="728" spans="1:26">
       <c r="A728" t="s">
         <v>1456</v>
       </c>
       <c r="B728" t="s">
         <v>1457</v>
       </c>
       <c r="C728" s="1">
         <v>20.81</v>
       </c>
       <c r="D728" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="729" spans="1:26">
       <c r="A729" t="s">
         <v>1458</v>
       </c>
       <c r="B729" t="s">
         <v>1459</v>
       </c>
       <c r="C729" s="1">
-        <v>20.81</v>
-[...3 lines deleted...]
-      </c>
+        <v>15.61</v>
+      </c>
+      <c r="D729" s="2"/>
     </row>
     <row r="730" spans="1:26">
       <c r="A730" t="s">
         <v>1460</v>
       </c>
       <c r="B730" t="s">
         <v>1461</v>
       </c>
       <c r="C730" s="1">
-        <v>15.61</v>
-[...1 lines deleted...]
-      <c r="D730" s="2"/>
+        <v>13.52</v>
+      </c>
+      <c r="D730" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="731" spans="1:26">
       <c r="A731" t="s">
         <v>1462</v>
       </c>
       <c r="B731" t="s">
         <v>1463</v>
       </c>
       <c r="C731" s="1">
         <v>13.52</v>
       </c>
       <c r="D731" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="732" spans="1:26">
       <c r="A732" t="s">
         <v>1464</v>
       </c>
       <c r="B732" t="s">
         <v>1465</v>
       </c>
       <c r="C732" s="1">
         <v>13.52</v>
       </c>
       <c r="D732" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="733" spans="1:26">
       <c r="A733" t="s">
         <v>1466</v>
       </c>
       <c r="B733" t="s">
         <v>1467</v>
       </c>
       <c r="C733" s="1">
-        <v>13.52</v>
-[...3 lines deleted...]
-      </c>
+        <v>56.18</v>
+      </c>
+      <c r="D733" s="2"/>
     </row>
     <row r="734" spans="1:26">
       <c r="A734" t="s">
         <v>1468</v>
       </c>
       <c r="B734" t="s">
         <v>1469</v>
       </c>
       <c r="C734" s="1">
-        <v>56.18</v>
-[...3 lines deleted...]
-      </c>
+        <v>19.77</v>
+      </c>
+      <c r="D734" s="2"/>
     </row>
     <row r="735" spans="1:26">
       <c r="A735" t="s">
         <v>1470</v>
       </c>
       <c r="B735" t="s">
         <v>1471</v>
       </c>
       <c r="C735" s="1">
         <v>19.77</v>
       </c>
       <c r="D735" s="2"/>
     </row>
     <row r="736" spans="1:26">
       <c r="A736" t="s">
         <v>1472</v>
       </c>
       <c r="B736" t="s">
         <v>1473</v>
       </c>
       <c r="C736" s="1">
         <v>19.77</v>
       </c>
       <c r="D736" s="2"/>
     </row>
     <row r="737" spans="1:26">
       <c r="A737" t="s">
         <v>1474</v>
       </c>
       <c r="B737" t="s">
         <v>1475</v>
       </c>
       <c r="C737" s="1">
         <v>19.77</v>
       </c>
       <c r="D737" s="2"/>
     </row>
     <row r="738" spans="1:26">
       <c r="A738" t="s">
         <v>1476</v>
       </c>
       <c r="B738" t="s">
         <v>1477</v>
       </c>
       <c r="C738" s="1">
-        <v>19.77</v>
+        <v>33.31</v>
       </c>
       <c r="D738" s="2"/>
     </row>
     <row r="739" spans="1:26">
       <c r="A739" t="s">
         <v>1478</v>
       </c>
       <c r="B739" t="s">
         <v>1479</v>
       </c>
       <c r="C739" s="1">
-        <v>33.31</v>
+        <v>21.86</v>
       </c>
       <c r="D739" s="2"/>
     </row>
     <row r="740" spans="1:26">
       <c r="A740" t="s">
         <v>1480</v>
       </c>
       <c r="B740" t="s">
         <v>1481</v>
       </c>
       <c r="C740" s="1">
         <v>21.86</v>
       </c>
       <c r="D740" s="2"/>
     </row>
     <row r="741" spans="1:26">
       <c r="A741" t="s">
         <v>1482</v>
       </c>
       <c r="B741" t="s">
         <v>1483</v>
       </c>
       <c r="C741" s="1">
         <v>21.86</v>
       </c>
       <c r="D741" s="2"/>
     </row>
     <row r="742" spans="1:26">
       <c r="A742" t="s">
         <v>1484</v>
       </c>
       <c r="B742" t="s">
         <v>1485</v>
       </c>
       <c r="C742" s="1">
-        <v>21.86</v>
+        <v>15</v>
       </c>
       <c r="D742" s="2"/>
     </row>
     <row r="743" spans="1:26">
       <c r="A743" t="s">
         <v>1486</v>
       </c>
       <c r="B743" t="s">
         <v>1487</v>
       </c>
       <c r="C743" s="1">
         <v>15</v>
       </c>
       <c r="D743" s="2"/>
     </row>
     <row r="744" spans="1:26">
       <c r="A744" t="s">
         <v>1488</v>
       </c>
       <c r="B744" t="s">
         <v>1489</v>
       </c>
       <c r="C744" s="1">
         <v>15</v>
       </c>
-      <c r="D744" s="2"/>
+      <c r="D744" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="745" spans="1:26">
       <c r="A745" t="s">
         <v>1490</v>
       </c>
       <c r="B745" t="s">
         <v>1491</v>
       </c>
       <c r="C745" s="1">
         <v>15</v>
       </c>
       <c r="D745" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="746" spans="1:26">
       <c r="A746" t="s">
         <v>1492</v>
       </c>
       <c r="B746" t="s">
         <v>1493</v>
       </c>
       <c r="C746" s="1">
         <v>15</v>
       </c>
       <c r="D746" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="747" spans="1:26">
       <c r="A747" t="s">
         <v>1494</v>
       </c>
       <c r="B747" t="s">
         <v>1495</v>
       </c>
       <c r="C747" s="1">
         <v>15</v>
       </c>
-      <c r="D747" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D747" s="2"/>
     </row>
     <row r="748" spans="1:26">
       <c r="A748" t="s">
         <v>1496</v>
       </c>
       <c r="B748" t="s">
         <v>1497</v>
       </c>
       <c r="C748" s="1">
-        <v>15</v>
+        <v>81.25</v>
       </c>
       <c r="D748" s="2"/>
     </row>
     <row r="749" spans="1:26">
       <c r="A749" t="s">
         <v>1498</v>
       </c>
       <c r="B749" t="s">
         <v>1499</v>
       </c>
       <c r="C749" s="1">
-        <v>81.25</v>
+        <v>11.47</v>
       </c>
       <c r="D749" s="2"/>
     </row>
     <row r="750" spans="1:26">
       <c r="A750" t="s">
         <v>1500</v>
       </c>
       <c r="B750" t="s">
         <v>1501</v>
       </c>
       <c r="C750" s="1">
-        <v>11.47</v>
+        <v>14.92</v>
       </c>
       <c r="D750" s="2"/>
     </row>
     <row r="751" spans="1:26">
       <c r="A751" t="s">
         <v>1502</v>
       </c>
       <c r="B751" t="s">
         <v>1503</v>
       </c>
       <c r="C751" s="1">
         <v>14.92</v>
       </c>
       <c r="D751" s="2"/>
     </row>
     <row r="752" spans="1:26">
       <c r="A752" t="s">
         <v>1504</v>
       </c>
       <c r="B752" t="s">
         <v>1505</v>
       </c>
       <c r="C752" s="1">
         <v>14.92</v>
       </c>
-      <c r="D752" s="2"/>
+      <c r="D752" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="753" spans="1:26">
       <c r="A753" t="s">
         <v>1506</v>
       </c>
       <c r="B753" t="s">
         <v>1507</v>
       </c>
       <c r="C753" s="1">
         <v>14.92</v>
       </c>
       <c r="D753" s="2">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="754" spans="1:26">
       <c r="A754" t="s">
         <v>1508</v>
       </c>
       <c r="B754" t="s">
         <v>1509</v>
       </c>
       <c r="C754" s="1">
         <v>14.92</v>
       </c>
       <c r="D754" s="2">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="755" spans="1:26">
       <c r="A755" t="s">
         <v>1510</v>
       </c>
       <c r="B755" t="s">
         <v>1511</v>
       </c>
       <c r="C755" s="1">
         <v>14.92</v>
       </c>
-      <c r="D755" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D755" s="2"/>
     </row>
     <row r="756" spans="1:26">
       <c r="A756" t="s">
         <v>1512</v>
       </c>
       <c r="B756" t="s">
         <v>1513</v>
       </c>
       <c r="C756" s="1">
         <v>14.92</v>
       </c>
       <c r="D756" s="2"/>
     </row>
     <row r="757" spans="1:26">
       <c r="A757" t="s">
         <v>1514</v>
       </c>
       <c r="B757" t="s">
         <v>1515</v>
       </c>
       <c r="C757" s="1">
-        <v>14.92</v>
+        <v>9.85</v>
       </c>
       <c r="D757" s="2"/>
     </row>
     <row r="758" spans="1:26">
       <c r="A758" t="s">
         <v>1516</v>
       </c>
       <c r="B758" t="s">
         <v>1517</v>
       </c>
       <c r="C758" s="1">
-        <v>9.85</v>
-[...1 lines deleted...]
-      <c r="D758" s="2"/>
+        <v>8.9</v>
+      </c>
+      <c r="D758" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="759" spans="1:26">
       <c r="A759" t="s">
         <v>1518</v>
       </c>
       <c r="B759" t="s">
         <v>1519</v>
       </c>
       <c r="C759" s="1">
         <v>8.9</v>
       </c>
-      <c r="D759" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D759" s="2"/>
     </row>
     <row r="760" spans="1:26">
       <c r="A760" t="s">
         <v>1520</v>
       </c>
       <c r="B760" t="s">
         <v>1521</v>
       </c>
       <c r="C760" s="1">
         <v>8.9</v>
       </c>
-      <c r="D760" s="2"/>
+      <c r="D760" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="761" spans="1:26">
       <c r="A761" t="s">
         <v>1522</v>
       </c>
       <c r="B761" t="s">
         <v>1523</v>
       </c>
       <c r="C761" s="1">
-        <v>8.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>15.62</v>
+      </c>
+      <c r="D761" s="2"/>
     </row>
     <row r="762" spans="1:26">
       <c r="A762" t="s">
         <v>1524</v>
       </c>
       <c r="B762" t="s">
         <v>1525</v>
       </c>
       <c r="C762" s="1">
-        <v>15.62</v>
-[...1 lines deleted...]
-      <c r="D762" s="2"/>
+        <v>19.51</v>
+      </c>
+      <c r="D762" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="763" spans="1:26">
       <c r="A763" t="s">
         <v>1526</v>
       </c>
       <c r="B763" t="s">
         <v>1527</v>
       </c>
       <c r="C763" s="1">
         <v>19.51</v>
       </c>
       <c r="D763" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="764" spans="1:26">
       <c r="A764" t="s">
         <v>1528</v>
       </c>
       <c r="B764" t="s">
         <v>1529</v>
       </c>
       <c r="C764" s="1">
         <v>19.51</v>
       </c>
-      <c r="D764" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D764" s="2"/>
     </row>
     <row r="765" spans="1:26">
       <c r="A765" t="s">
         <v>1530</v>
       </c>
       <c r="B765" t="s">
         <v>1531</v>
       </c>
       <c r="C765" s="1">
-        <v>19.51</v>
-[...1 lines deleted...]
-      <c r="D765" s="2"/>
+        <v>104.6</v>
+      </c>
+      <c r="D765" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="766" spans="1:26">
       <c r="A766" t="s">
         <v>1532</v>
       </c>
       <c r="B766" t="s">
         <v>1533</v>
       </c>
       <c r="C766" s="1">
-        <v>104.6</v>
+        <v>202.95</v>
       </c>
       <c r="D766" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="767" spans="1:26">
       <c r="A767" t="s">
         <v>1534</v>
       </c>
       <c r="B767" t="s">
         <v>1535</v>
       </c>
       <c r="C767" s="1">
         <v>202.95</v>
       </c>
       <c r="D767" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="768" spans="1:26">
       <c r="A768" t="s">
         <v>1536</v>
       </c>
       <c r="B768" t="s">
         <v>1537</v>
       </c>
       <c r="C768" s="1">
         <v>202.95</v>
       </c>
       <c r="D768" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="769" spans="1:26">
       <c r="A769" t="s">
         <v>1538</v>
       </c>
       <c r="B769" t="s">
         <v>1539</v>
       </c>
       <c r="C769" s="1">
-        <v>202.95</v>
+        <v>18.38</v>
       </c>
       <c r="D769" s="2">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="770" spans="1:26">
       <c r="A770" t="s">
         <v>1540</v>
       </c>
       <c r="B770" t="s">
         <v>1541</v>
       </c>
       <c r="C770" s="1">
-        <v>18.38</v>
+        <v>16.13</v>
       </c>
       <c r="D770" s="2">
         <v>8</v>
       </c>
     </row>
     <row r="771" spans="1:26">
       <c r="A771" t="s">
         <v>1542</v>
       </c>
       <c r="B771" t="s">
         <v>1543</v>
       </c>
       <c r="C771" s="1">
         <v>16.13</v>
       </c>
       <c r="D771" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="772" spans="1:26">
       <c r="A772" t="s">
         <v>1544</v>
       </c>
       <c r="B772" t="s">
         <v>1545</v>
       </c>
       <c r="C772" s="1">
         <v>16.13</v>
       </c>
       <c r="D772" s="2">
         <v>7</v>
       </c>
     </row>
     <row r="773" spans="1:26">
       <c r="A773" t="s">
         <v>1546</v>
       </c>
       <c r="B773" t="s">
         <v>1547</v>
       </c>
       <c r="C773" s="1">
-        <v>16.13</v>
+        <v>15.61</v>
       </c>
       <c r="D773" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="774" spans="1:26">
       <c r="A774" t="s">
         <v>1548</v>
       </c>
       <c r="B774" t="s">
         <v>1549</v>
       </c>
       <c r="C774" s="1">
         <v>15.61</v>
       </c>
       <c r="D774" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="775" spans="1:26">
       <c r="A775" t="s">
         <v>1550</v>
       </c>
       <c r="B775" t="s">
         <v>1551</v>
       </c>
       <c r="C775" s="1">
         <v>15.61</v>
       </c>
       <c r="D775" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="776" spans="1:26">
       <c r="A776" t="s">
         <v>1552</v>
       </c>
       <c r="B776" t="s">
         <v>1553</v>
       </c>
       <c r="C776" s="1">
-        <v>15.61</v>
-[...3 lines deleted...]
-      </c>
+        <v>62.45</v>
+      </c>
+      <c r="D776" s="2"/>
     </row>
     <row r="777" spans="1:26">
       <c r="A777" t="s">
         <v>1554</v>
       </c>
       <c r="B777" t="s">
         <v>1555</v>
       </c>
       <c r="C777" s="1">
-        <v>62.45</v>
-[...1 lines deleted...]
-      <c r="D777" s="2"/>
+        <v>18.12</v>
+      </c>
+      <c r="D777" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="778" spans="1:26">
       <c r="A778" t="s">
         <v>1556</v>
       </c>
       <c r="B778" t="s">
         <v>1557</v>
       </c>
       <c r="C778" s="1">
-        <v>18.12</v>
-[...3 lines deleted...]
-      </c>
+        <v>124.98</v>
+      </c>
+      <c r="D778" s="2"/>
     </row>
     <row r="779" spans="1:26">
       <c r="A779" t="s">
         <v>1558</v>
       </c>
       <c r="B779" t="s">
         <v>1559</v>
       </c>
-      <c r="C779" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C779" s="1"/>
       <c r="D779" s="2"/>
     </row>
     <row r="780" spans="1:26">
       <c r="A780" t="s">
         <v>1560</v>
       </c>
       <c r="B780" t="s">
         <v>1561</v>
       </c>
-      <c r="C780" s="1"/>
+      <c r="C780" s="1">
+        <v>22.96</v>
+      </c>
       <c r="D780" s="2"/>
     </row>
     <row r="781" spans="1:26">
       <c r="A781" t="s">
         <v>1562</v>
       </c>
       <c r="B781" t="s">
         <v>1563</v>
       </c>
       <c r="C781" s="1">
         <v>22.96</v>
       </c>
-      <c r="D781" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D781" s="2"/>
     </row>
     <row r="782" spans="1:26">
       <c r="A782" t="s">
         <v>1564</v>
       </c>
       <c r="B782" t="s">
         <v>1565</v>
       </c>
-      <c r="C782" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C782" s="1"/>
+      <c r="D782" s="2"/>
     </row>
     <row r="783" spans="1:26">
       <c r="A783" t="s">
         <v>1566</v>
       </c>
       <c r="B783" t="s">
         <v>1567</v>
       </c>
-      <c r="C783" s="1"/>
+      <c r="C783" s="1">
+        <v>22.96</v>
+      </c>
       <c r="D783" s="2"/>
     </row>
     <row r="784" spans="1:26">
       <c r="A784" t="s">
         <v>1568</v>
       </c>
       <c r="B784" t="s">
         <v>1569</v>
       </c>
-      <c r="C784" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C784" s="1"/>
+      <c r="D784" s="2"/>
     </row>
     <row r="785" spans="1:26">
       <c r="A785" t="s">
         <v>1570</v>
       </c>
       <c r="B785" t="s">
         <v>1571</v>
       </c>
-      <c r="C785" s="1"/>
+      <c r="C785" s="1">
+        <v>22.96</v>
+      </c>
       <c r="D785" s="2"/>
     </row>
     <row r="786" spans="1:26">
       <c r="A786" t="s">
         <v>1572</v>
       </c>
       <c r="B786" t="s">
         <v>1573</v>
       </c>
-      <c r="C786" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C786" s="1"/>
+      <c r="D786" s="2"/>
     </row>
     <row r="787" spans="1:26">
       <c r="A787" t="s">
         <v>1574</v>
       </c>
       <c r="B787" t="s">
         <v>1575</v>
       </c>
-      <c r="C787" s="1"/>
+      <c r="C787" s="1">
+        <v>19.51</v>
+      </c>
       <c r="D787" s="2"/>
     </row>
     <row r="788" spans="1:26">
       <c r="A788" t="s">
         <v>1576</v>
       </c>
       <c r="B788" t="s">
         <v>1577</v>
       </c>
       <c r="C788" s="1">
         <v>19.51</v>
       </c>
-      <c r="D788" s="2"/>
+      <c r="D788" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="789" spans="1:26">
       <c r="A789" t="s">
         <v>1578</v>
       </c>
       <c r="B789" t="s">
         <v>1579</v>
       </c>
       <c r="C789" s="1">
         <v>19.51</v>
       </c>
       <c r="D789" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="790" spans="1:26">
       <c r="A790" t="s">
         <v>1580</v>
       </c>
       <c r="B790" t="s">
         <v>1581</v>
       </c>
       <c r="C790" s="1">
         <v>19.51</v>
       </c>
       <c r="D790" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="791" spans="1:26">
       <c r="A791" t="s">
         <v>1582</v>
       </c>
       <c r="B791" t="s">
         <v>1583</v>
       </c>
       <c r="C791" s="1">
         <v>19.51</v>
       </c>
-      <c r="D791" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D791" s="2"/>
     </row>
     <row r="792" spans="1:26">
       <c r="A792" t="s">
         <v>1584</v>
       </c>
       <c r="B792" t="s">
         <v>1585</v>
       </c>
       <c r="C792" s="1">
         <v>19.51</v>
       </c>
       <c r="D792" s="2"/>
     </row>
     <row r="793" spans="1:26">
       <c r="A793" t="s">
         <v>1586</v>
       </c>
       <c r="B793" t="s">
         <v>1587</v>
       </c>
       <c r="C793" s="1">
-        <v>19.51</v>
-[...1 lines deleted...]
-      <c r="D793" s="2"/>
+        <v>8.25</v>
+      </c>
+      <c r="D793" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="794" spans="1:26">
       <c r="A794" t="s">
         <v>1588</v>
       </c>
       <c r="B794" t="s">
         <v>1589</v>
       </c>
       <c r="C794" s="1">
         <v>8.25</v>
       </c>
       <c r="D794" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="795" spans="1:26">
       <c r="A795" t="s">
         <v>1590</v>
       </c>
       <c r="B795" t="s">
         <v>1591</v>
       </c>
       <c r="C795" s="1">
         <v>8.25</v>
       </c>
       <c r="D795" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="796" spans="1:26">
       <c r="A796" t="s">
         <v>1592</v>
       </c>
       <c r="B796" t="s">
         <v>1593</v>
       </c>
       <c r="C796" s="1">
-        <v>8.25</v>
+        <v>22.5</v>
       </c>
       <c r="D796" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="797" spans="1:26">
       <c r="A797" t="s">
         <v>1594</v>
       </c>
       <c r="B797" t="s">
         <v>1595</v>
       </c>
       <c r="C797" s="1">
-        <v>22.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>20.61</v>
+      </c>
+      <c r="D797" s="2"/>
     </row>
     <row r="798" spans="1:26">
       <c r="A798" t="s">
         <v>1596</v>
       </c>
       <c r="B798" t="s">
         <v>1597</v>
       </c>
       <c r="C798" s="1">
         <v>20.61</v>
       </c>
-      <c r="D798" s="2"/>
+      <c r="D798" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="799" spans="1:26">
       <c r="A799" t="s">
         <v>1598</v>
       </c>
       <c r="B799" t="s">
         <v>1599</v>
       </c>
       <c r="C799" s="1">
         <v>20.61</v>
       </c>
       <c r="D799" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="800" spans="1:26">
       <c r="A800" t="s">
         <v>1600</v>
       </c>
       <c r="B800" t="s">
         <v>1601</v>
       </c>
       <c r="C800" s="1">
-        <v>20.61</v>
-[...3 lines deleted...]
-      </c>
+        <v>26.02</v>
+      </c>
+      <c r="D800" s="2"/>
     </row>
     <row r="801" spans="1:26">
       <c r="A801" t="s">
         <v>1602</v>
       </c>
       <c r="B801" t="s">
         <v>1603</v>
       </c>
       <c r="C801" s="1">
-        <v>26.02</v>
+        <v>11.25</v>
       </c>
       <c r="D801" s="2"/>
     </row>
     <row r="802" spans="1:26">
       <c r="A802" t="s">
         <v>1604</v>
       </c>
       <c r="B802" t="s">
         <v>1605</v>
       </c>
       <c r="C802" s="1">
-        <v>11.25</v>
-[...1 lines deleted...]
-      <c r="D802" s="2"/>
+        <v>15.58</v>
+      </c>
+      <c r="D802" s="2">
+        <v>24</v>
+      </c>
     </row>
     <row r="803" spans="1:26">
       <c r="A803" t="s">
         <v>1606</v>
       </c>
       <c r="B803" t="s">
         <v>1607</v>
       </c>
       <c r="C803" s="1">
-        <v>15.58</v>
+        <v>15.43</v>
       </c>
       <c r="D803" s="2">
-        <v>27</v>
+        <v>5</v>
       </c>
     </row>
     <row r="804" spans="1:26">
       <c r="A804" t="s">
         <v>1608</v>
       </c>
       <c r="B804" t="s">
         <v>1609</v>
       </c>
       <c r="C804" s="1">
-        <v>15.43</v>
+        <v>20.81</v>
       </c>
       <c r="D804" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="805" spans="1:26">
       <c r="A805" t="s">
         <v>1610</v>
       </c>
       <c r="B805" t="s">
         <v>1611</v>
       </c>
       <c r="C805" s="1">
-        <v>20.81</v>
+        <v>14.05</v>
       </c>
       <c r="D805" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="806" spans="1:26">
       <c r="A806" t="s">
         <v>1612</v>
       </c>
       <c r="B806" t="s">
         <v>1613</v>
       </c>
       <c r="C806" s="1">
         <v>14.05</v>
       </c>
       <c r="D806" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="807" spans="1:26">
       <c r="A807" t="s">
         <v>1614</v>
       </c>
       <c r="B807" t="s">
         <v>1615</v>
       </c>
       <c r="C807" s="1">
         <v>14.05</v>
@@ -15925,111 +15897,107 @@
         <v>2</v>
       </c>
     </row>
     <row r="808" spans="1:26">
       <c r="A808" t="s">
         <v>1616</v>
       </c>
       <c r="B808" t="s">
         <v>1617</v>
       </c>
       <c r="C808" s="1">
         <v>14.05</v>
       </c>
       <c r="D808" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="809" spans="1:26">
       <c r="A809" t="s">
         <v>1618</v>
       </c>
       <c r="B809" t="s">
         <v>1619</v>
       </c>
       <c r="C809" s="1">
-        <v>14.05</v>
+        <v>8.37</v>
       </c>
       <c r="D809" s="2">
-        <v>2</v>
+        <v>25</v>
       </c>
     </row>
     <row r="810" spans="1:26">
       <c r="A810" t="s">
         <v>1620</v>
       </c>
       <c r="B810" t="s">
         <v>1621</v>
       </c>
       <c r="C810" s="1">
-        <v>8.37</v>
+        <v>8.12</v>
       </c>
       <c r="D810" s="2">
-        <v>25</v>
+        <v>33</v>
       </c>
     </row>
     <row r="811" spans="1:26">
       <c r="A811" t="s">
         <v>1622</v>
       </c>
       <c r="B811" t="s">
         <v>1623</v>
       </c>
       <c r="C811" s="1">
         <v>8.12</v>
       </c>
       <c r="D811" s="2">
-        <v>33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="812" spans="1:26">
       <c r="A812" t="s">
         <v>1624</v>
       </c>
       <c r="B812" t="s">
         <v>1625</v>
       </c>
       <c r="C812" s="1">
         <v>8.12</v>
       </c>
       <c r="D812" s="2">
-        <v>29</v>
+        <v>24</v>
       </c>
     </row>
     <row r="813" spans="1:26">
       <c r="A813" t="s">
         <v>1626</v>
       </c>
       <c r="B813" t="s">
         <v>1627</v>
       </c>
-      <c r="C813" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C813" s="1"/>
+      <c r="D813" s="2"/>
     </row>
     <row r="814" spans="1:26">
       <c r="A814" t="s">
         <v>1628</v>
       </c>
       <c r="B814" t="s">
         <v>1629</v>
       </c>
       <c r="C814" s="1"/>
       <c r="D814" s="2"/>
     </row>
     <row r="815" spans="1:26">
       <c r="A815" t="s">
         <v>1630</v>
       </c>
       <c r="B815" t="s">
         <v>1631</v>
       </c>
       <c r="C815" s="1"/>
       <c r="D815" s="2"/>
     </row>
     <row r="816" spans="1:26">
       <c r="A816" t="s">
         <v>1632</v>
       </c>
@@ -16075,63 +16043,63 @@
       </c>
       <c r="B820" t="s">
         <v>1641</v>
       </c>
       <c r="C820" s="1"/>
       <c r="D820" s="2"/>
     </row>
     <row r="821" spans="1:26">
       <c r="A821" t="s">
         <v>1642</v>
       </c>
       <c r="B821" t="s">
         <v>1643</v>
       </c>
       <c r="C821" s="1"/>
       <c r="D821" s="2"/>
     </row>
     <row r="822" spans="1:26">
       <c r="A822" t="s">
         <v>1644</v>
       </c>
       <c r="B822" t="s">
         <v>1645</v>
       </c>
       <c r="C822" s="1"/>
-      <c r="D822" s="2"/>
+      <c r="D822" s="2">
+        <v>48</v>
+      </c>
     </row>
     <row r="823" spans="1:26">
       <c r="A823" t="s">
         <v>1646</v>
       </c>
       <c r="B823" t="s">
         <v>1647</v>
       </c>
       <c r="C823" s="1"/>
-      <c r="D823" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D823" s="2"/>
     </row>
     <row r="824" spans="1:26">
       <c r="A824" t="s">
         <v>1648</v>
       </c>
       <c r="B824" t="s">
         <v>1649</v>
       </c>
       <c r="C824" s="1"/>
       <c r="D824" s="2"/>
     </row>
     <row r="825" spans="1:26">
       <c r="A825" t="s">
         <v>1650</v>
       </c>
       <c r="B825" t="s">
         <v>1651</v>
       </c>
       <c r="C825" s="1"/>
       <c r="D825" s="2"/>
     </row>
     <row r="826" spans="1:26">
       <c r="A826" t="s">
         <v>1652</v>
       </c>
@@ -16146,1226 +16114,1210 @@
         <v>1654</v>
       </c>
       <c r="B827" t="s">
         <v>1655</v>
       </c>
       <c r="C827" s="1"/>
       <c r="D827" s="2"/>
     </row>
     <row r="828" spans="1:26">
       <c r="A828" t="s">
         <v>1656</v>
       </c>
       <c r="B828" t="s">
         <v>1657</v>
       </c>
       <c r="C828" s="1"/>
       <c r="D828" s="2"/>
     </row>
     <row r="829" spans="1:26">
       <c r="A829" t="s">
         <v>1658</v>
       </c>
       <c r="B829" t="s">
         <v>1659</v>
       </c>
-      <c r="C829" s="1"/>
-      <c r="D829" s="2"/>
+      <c r="C829" s="1">
+        <v>3.6</v>
+      </c>
+      <c r="D829" s="2">
+        <v>36</v>
+      </c>
     </row>
     <row r="830" spans="1:26">
       <c r="A830" t="s">
         <v>1660</v>
       </c>
       <c r="B830" t="s">
         <v>1661</v>
       </c>
       <c r="C830" s="1">
-        <v>3.6</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.62</v>
+      </c>
+      <c r="D830" s="2"/>
     </row>
     <row r="831" spans="1:26">
       <c r="A831" t="s">
         <v>1662</v>
       </c>
       <c r="B831" t="s">
         <v>1663</v>
       </c>
-      <c r="C831" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C831" s="1"/>
       <c r="D831" s="2"/>
     </row>
     <row r="832" spans="1:26">
       <c r="A832" t="s">
         <v>1664</v>
       </c>
       <c r="B832" t="s">
         <v>1665</v>
       </c>
       <c r="C832" s="1"/>
       <c r="D832" s="2"/>
     </row>
     <row r="833" spans="1:26">
       <c r="A833" t="s">
         <v>1666</v>
       </c>
       <c r="B833" t="s">
         <v>1667</v>
       </c>
-      <c r="C833" s="1"/>
-      <c r="D833" s="2"/>
+      <c r="C833" s="1">
+        <v>13.47</v>
+      </c>
+      <c r="D833" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="834" spans="1:26">
       <c r="A834" t="s">
         <v>1668</v>
       </c>
       <c r="B834" t="s">
         <v>1669</v>
       </c>
-      <c r="C834" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C834" s="1"/>
+      <c r="D834" s="2"/>
     </row>
     <row r="835" spans="1:26">
       <c r="A835" t="s">
         <v>1670</v>
       </c>
       <c r="B835" t="s">
         <v>1671</v>
       </c>
-      <c r="C835" s="1"/>
+      <c r="C835" s="1">
+        <v>26</v>
+      </c>
       <c r="D835" s="2"/>
     </row>
     <row r="836" spans="1:26">
       <c r="A836" t="s">
         <v>1672</v>
       </c>
       <c r="B836" t="s">
         <v>1673</v>
       </c>
       <c r="C836" s="1">
-        <v>26</v>
+        <v>7.2</v>
       </c>
       <c r="D836" s="2"/>
     </row>
     <row r="837" spans="1:26">
       <c r="A837" t="s">
         <v>1674</v>
       </c>
       <c r="B837" t="s">
         <v>1675</v>
       </c>
       <c r="C837" s="1">
-        <v>7.2</v>
-[...1 lines deleted...]
-      <c r="D837" s="2"/>
+        <v>6.13</v>
+      </c>
+      <c r="D837" s="2">
+        <v>34</v>
+      </c>
     </row>
     <row r="838" spans="1:26">
       <c r="A838" t="s">
         <v>1676</v>
       </c>
       <c r="B838" t="s">
         <v>1677</v>
       </c>
       <c r="C838" s="1">
-        <v>6.13</v>
+        <v>95.5</v>
       </c>
       <c r="D838" s="2">
-        <v>49</v>
+        <v>23</v>
       </c>
     </row>
     <row r="839" spans="1:26">
       <c r="A839" t="s">
         <v>1678</v>
       </c>
       <c r="B839" t="s">
         <v>1679</v>
       </c>
       <c r="C839" s="1">
-        <v>95.5</v>
+        <v>64.51</v>
       </c>
       <c r="D839" s="2">
-        <v>23</v>
+        <v>90</v>
       </c>
     </row>
     <row r="840" spans="1:26">
       <c r="A840" t="s">
         <v>1680</v>
       </c>
       <c r="B840" t="s">
         <v>1681</v>
       </c>
       <c r="C840" s="1">
-        <v>64.51</v>
+        <v>95.95</v>
       </c>
       <c r="D840" s="2">
-        <v>153</v>
+        <v>84</v>
       </c>
     </row>
     <row r="841" spans="1:26">
       <c r="A841" t="s">
         <v>1682</v>
       </c>
       <c r="B841" t="s">
         <v>1683</v>
       </c>
       <c r="C841" s="1">
         <v>95.95</v>
       </c>
       <c r="D841" s="2">
-        <v>31</v>
+        <v>104</v>
       </c>
     </row>
     <row r="842" spans="1:26">
       <c r="A842" t="s">
         <v>1684</v>
       </c>
       <c r="B842" t="s">
         <v>1685</v>
       </c>
       <c r="C842" s="1">
         <v>95.95</v>
       </c>
       <c r="D842" s="2">
-        <v>87</v>
+        <v>93</v>
       </c>
     </row>
     <row r="843" spans="1:26">
       <c r="A843" t="s">
         <v>1686</v>
       </c>
       <c r="B843" t="s">
         <v>1687</v>
       </c>
       <c r="C843" s="1">
-        <v>95.95</v>
+        <v>65.8</v>
       </c>
       <c r="D843" s="2">
-        <v>42</v>
+        <v>72</v>
       </c>
     </row>
     <row r="844" spans="1:26">
       <c r="A844" t="s">
         <v>1688</v>
       </c>
       <c r="B844" t="s">
         <v>1689</v>
       </c>
       <c r="C844" s="1">
-        <v>65.8</v>
+        <v>96.79</v>
       </c>
       <c r="D844" s="2">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="845" spans="1:26">
       <c r="A845" t="s">
         <v>1690</v>
       </c>
       <c r="B845" t="s">
         <v>1691</v>
       </c>
       <c r="C845" s="1">
-        <v>96.79</v>
-[...3 lines deleted...]
-      </c>
+        <v>66.43</v>
+      </c>
+      <c r="D845" s="2"/>
     </row>
     <row r="846" spans="1:26">
       <c r="A846" t="s">
         <v>1692</v>
       </c>
       <c r="B846" t="s">
         <v>1693</v>
       </c>
       <c r="C846" s="1">
-        <v>66.43</v>
+        <v>96.79</v>
       </c>
       <c r="D846" s="2">
-        <v>1</v>
+        <v>45</v>
       </c>
     </row>
     <row r="847" spans="1:26">
       <c r="A847" t="s">
         <v>1694</v>
       </c>
       <c r="B847" t="s">
         <v>1695</v>
       </c>
       <c r="C847" s="1">
-        <v>96.79</v>
+        <v>66.43</v>
       </c>
       <c r="D847" s="2">
-        <v>47</v>
+        <v>1</v>
       </c>
     </row>
     <row r="848" spans="1:26">
       <c r="A848" t="s">
         <v>1696</v>
       </c>
       <c r="B848" t="s">
         <v>1697</v>
       </c>
       <c r="C848" s="1">
-        <v>66.43</v>
+        <v>96.79</v>
       </c>
       <c r="D848" s="2">
-        <v>2</v>
+        <v>34</v>
       </c>
     </row>
     <row r="849" spans="1:26">
       <c r="A849" t="s">
         <v>1698</v>
       </c>
       <c r="B849" t="s">
         <v>1699</v>
       </c>
       <c r="C849" s="1">
-        <v>96.79</v>
+        <v>66.43</v>
       </c>
       <c r="D849" s="2">
-        <v>34</v>
+        <v>1</v>
       </c>
     </row>
     <row r="850" spans="1:26">
       <c r="A850" t="s">
         <v>1700</v>
       </c>
       <c r="B850" t="s">
         <v>1701</v>
       </c>
       <c r="C850" s="1">
-        <v>66.43</v>
+        <v>77.43</v>
       </c>
       <c r="D850" s="2">
-        <v>1</v>
+        <v>152</v>
       </c>
     </row>
     <row r="851" spans="1:26">
       <c r="A851" t="s">
         <v>1702</v>
       </c>
       <c r="B851" t="s">
         <v>1703</v>
       </c>
       <c r="C851" s="1">
-        <v>77.43</v>
+        <v>120.03</v>
       </c>
       <c r="D851" s="2">
-        <v>160</v>
+        <v>3</v>
       </c>
     </row>
     <row r="852" spans="1:26">
       <c r="A852" t="s">
         <v>1704</v>
       </c>
       <c r="B852" t="s">
         <v>1705</v>
       </c>
       <c r="C852" s="1">
-        <v>120.03</v>
+        <v>143.48</v>
       </c>
       <c r="D852" s="2">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="853" spans="1:26">
       <c r="A853" t="s">
         <v>1706</v>
       </c>
       <c r="B853" t="s">
         <v>1707</v>
       </c>
       <c r="C853" s="1">
         <v>143.48</v>
       </c>
-      <c r="D853" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D853" s="2"/>
     </row>
     <row r="854" spans="1:26">
       <c r="A854" t="s">
         <v>1708</v>
       </c>
       <c r="B854" t="s">
         <v>1709</v>
       </c>
       <c r="C854" s="1">
         <v>143.48</v>
       </c>
       <c r="D854" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="855" spans="1:26">
       <c r="A855" t="s">
         <v>1710</v>
       </c>
       <c r="B855" t="s">
         <v>1711</v>
       </c>
       <c r="C855" s="1">
-        <v>143.48</v>
+        <v>170.25</v>
       </c>
       <c r="D855" s="2">
         <v>6</v>
       </c>
     </row>
     <row r="856" spans="1:26">
       <c r="A856" t="s">
         <v>1712</v>
       </c>
       <c r="B856" t="s">
         <v>1713</v>
       </c>
       <c r="C856" s="1">
-        <v>170.25</v>
+        <v>217.45</v>
       </c>
       <c r="D856" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="857" spans="1:26">
       <c r="A857" t="s">
         <v>1714</v>
       </c>
       <c r="B857" t="s">
         <v>1715</v>
       </c>
       <c r="C857" s="1">
         <v>217.45</v>
       </c>
       <c r="D857" s="2">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="858" spans="1:26">
       <c r="A858" t="s">
         <v>1716</v>
       </c>
       <c r="B858" t="s">
         <v>1717</v>
       </c>
       <c r="C858" s="1">
         <v>217.45</v>
       </c>
       <c r="D858" s="2">
-        <v>3</v>
+        <v>9</v>
       </c>
     </row>
     <row r="859" spans="1:26">
       <c r="A859" t="s">
         <v>1718</v>
       </c>
       <c r="B859" t="s">
         <v>1719</v>
       </c>
       <c r="C859" s="1">
-        <v>217.45</v>
+        <v>68.11</v>
       </c>
       <c r="D859" s="2">
         <v>9</v>
       </c>
     </row>
     <row r="860" spans="1:26">
       <c r="A860" t="s">
         <v>1720</v>
       </c>
       <c r="B860" t="s">
         <v>1721</v>
       </c>
       <c r="C860" s="1">
-        <v>68.11</v>
+        <v>95.02</v>
       </c>
       <c r="D860" s="2">
-        <v>9</v>
+        <v>2</v>
       </c>
     </row>
     <row r="861" spans="1:26">
       <c r="A861" t="s">
         <v>1722</v>
       </c>
       <c r="B861" t="s">
         <v>1723</v>
       </c>
       <c r="C861" s="1">
         <v>95.02</v>
       </c>
       <c r="D861" s="2">
-        <v>2</v>
+        <v>18</v>
       </c>
     </row>
     <row r="862" spans="1:26">
       <c r="A862" t="s">
         <v>1724</v>
       </c>
       <c r="B862" t="s">
         <v>1725</v>
       </c>
       <c r="C862" s="1">
         <v>95.02</v>
       </c>
       <c r="D862" s="2">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="863" spans="1:26">
       <c r="A863" t="s">
         <v>1726</v>
       </c>
       <c r="B863" t="s">
         <v>1727</v>
       </c>
       <c r="C863" s="1">
-        <v>95.02</v>
+        <v>106.03</v>
       </c>
       <c r="D863" s="2">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="864" spans="1:26">
       <c r="A864" t="s">
         <v>1728</v>
       </c>
       <c r="B864" t="s">
         <v>1729</v>
       </c>
       <c r="C864" s="1">
-        <v>106.03</v>
+        <v>120.8</v>
       </c>
       <c r="D864" s="2">
-        <v>34</v>
+        <v>26</v>
       </c>
     </row>
     <row r="865" spans="1:26">
       <c r="A865" t="s">
         <v>1730</v>
       </c>
       <c r="B865" t="s">
         <v>1731</v>
       </c>
       <c r="C865" s="1">
         <v>120.8</v>
       </c>
       <c r="D865" s="2">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="866" spans="1:26">
       <c r="A866" t="s">
         <v>1732</v>
       </c>
       <c r="B866" t="s">
         <v>1733</v>
       </c>
       <c r="C866" s="1">
         <v>120.8</v>
       </c>
       <c r="D866" s="2">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="867" spans="1:26">
       <c r="A867" t="s">
         <v>1734</v>
       </c>
       <c r="B867" t="s">
         <v>1735</v>
       </c>
       <c r="C867" s="1">
-        <v>120.8</v>
+        <v>158.68</v>
       </c>
       <c r="D867" s="2">
-        <v>31</v>
+        <v>1</v>
       </c>
     </row>
     <row r="868" spans="1:26">
       <c r="A868" t="s">
         <v>1736</v>
       </c>
       <c r="B868" t="s">
         <v>1737</v>
       </c>
       <c r="C868" s="1">
-        <v>158.68</v>
+        <v>199.54</v>
       </c>
       <c r="D868" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="869" spans="1:26">
       <c r="A869" t="s">
         <v>1738</v>
       </c>
       <c r="B869" t="s">
         <v>1739</v>
       </c>
       <c r="C869" s="1">
         <v>199.54</v>
       </c>
       <c r="D869" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="870" spans="1:26">
       <c r="A870" t="s">
         <v>1740</v>
       </c>
       <c r="B870" t="s">
         <v>1741</v>
       </c>
       <c r="C870" s="1">
         <v>199.54</v>
       </c>
-      <c r="D870" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D870" s="2"/>
     </row>
     <row r="871" spans="1:26">
       <c r="A871" t="s">
         <v>1742</v>
       </c>
       <c r="B871" t="s">
         <v>1743</v>
       </c>
       <c r="C871" s="1">
-        <v>199.54</v>
-[...1 lines deleted...]
-      <c r="D871" s="2"/>
+        <v>155.83</v>
+      </c>
+      <c r="D871" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="872" spans="1:26">
       <c r="A872" t="s">
         <v>1744</v>
       </c>
       <c r="B872" t="s">
         <v>1745</v>
       </c>
       <c r="C872" s="1">
-        <v>155.83</v>
-[...3 lines deleted...]
-      </c>
+        <v>168.98</v>
+      </c>
+      <c r="D872" s="2"/>
     </row>
     <row r="873" spans="1:26">
       <c r="A873" t="s">
         <v>1746</v>
       </c>
       <c r="B873" t="s">
         <v>1747</v>
       </c>
       <c r="C873" s="1">
         <v>168.98</v>
       </c>
-      <c r="D873" s="2"/>
+      <c r="D873" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="874" spans="1:26">
       <c r="A874" t="s">
         <v>1748</v>
       </c>
       <c r="B874" t="s">
         <v>1749</v>
       </c>
       <c r="C874" s="1">
         <v>168.98</v>
       </c>
       <c r="D874" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="875" spans="1:26">
       <c r="A875" t="s">
         <v>1750</v>
       </c>
       <c r="B875" t="s">
         <v>1751</v>
       </c>
       <c r="C875" s="1">
-        <v>168.98</v>
+        <v>99.13</v>
       </c>
       <c r="D875" s="2">
-        <v>1</v>
+        <v>45</v>
       </c>
     </row>
     <row r="876" spans="1:26">
       <c r="A876" t="s">
         <v>1752</v>
       </c>
       <c r="B876" t="s">
         <v>1753</v>
       </c>
       <c r="C876" s="1">
-        <v>99.13</v>
+        <v>79.28</v>
       </c>
       <c r="D876" s="2">
-        <v>55</v>
+        <v>154</v>
       </c>
     </row>
     <row r="877" spans="1:26">
       <c r="A877" t="s">
         <v>1754</v>
       </c>
       <c r="B877" t="s">
         <v>1755</v>
       </c>
       <c r="C877" s="1">
-        <v>79.28</v>
+        <v>72.46</v>
       </c>
       <c r="D877" s="2">
-        <v>258</v>
+        <v>23</v>
       </c>
     </row>
     <row r="878" spans="1:26">
       <c r="A878" t="s">
         <v>1756</v>
       </c>
       <c r="B878" t="s">
         <v>1757</v>
       </c>
       <c r="C878" s="1">
         <v>72.46</v>
       </c>
       <c r="D878" s="2">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="879" spans="1:26">
       <c r="A879" t="s">
         <v>1758</v>
       </c>
       <c r="B879" t="s">
         <v>1759</v>
       </c>
       <c r="C879" s="1">
         <v>72.46</v>
       </c>
       <c r="D879" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="880" spans="1:26">
       <c r="A880" t="s">
         <v>1760</v>
       </c>
       <c r="B880" t="s">
         <v>1761</v>
       </c>
       <c r="C880" s="1">
-        <v>72.46</v>
+        <v>66.08</v>
       </c>
       <c r="D880" s="2">
-        <v>15</v>
+        <v>7</v>
       </c>
     </row>
     <row r="881" spans="1:26">
       <c r="A881" t="s">
         <v>1762</v>
       </c>
       <c r="B881" t="s">
         <v>1763</v>
       </c>
       <c r="C881" s="1">
-        <v>66.08</v>
+        <v>113.07</v>
       </c>
       <c r="D881" s="2">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="882" spans="1:26">
       <c r="A882" t="s">
         <v>1764</v>
       </c>
       <c r="B882" t="s">
         <v>1765</v>
       </c>
       <c r="C882" s="1">
         <v>113.07</v>
       </c>
       <c r="D882" s="2">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="883" spans="1:26">
       <c r="A883" t="s">
         <v>1766</v>
       </c>
       <c r="B883" t="s">
         <v>1767</v>
       </c>
       <c r="C883" s="1">
         <v>113.07</v>
       </c>
       <c r="D883" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="884" spans="1:26">
       <c r="A884" t="s">
         <v>1768</v>
       </c>
       <c r="B884" t="s">
         <v>1769</v>
       </c>
       <c r="C884" s="1">
-        <v>113.07</v>
+        <v>23.28</v>
       </c>
       <c r="D884" s="2">
-        <v>15</v>
+        <v>4</v>
       </c>
     </row>
     <row r="885" spans="1:26">
       <c r="A885" t="s">
         <v>1770</v>
       </c>
       <c r="B885" t="s">
         <v>1771</v>
       </c>
       <c r="C885" s="1">
-        <v>23.28</v>
+        <v>7.75</v>
       </c>
       <c r="D885" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="886" spans="1:26">
       <c r="A886" t="s">
         <v>1772</v>
       </c>
       <c r="B886" t="s">
         <v>1773</v>
       </c>
       <c r="C886" s="1">
-        <v>7.75</v>
+        <v>10.74</v>
       </c>
       <c r="D886" s="2">
-        <v>5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="887" spans="1:26">
       <c r="A887" t="s">
         <v>1774</v>
       </c>
       <c r="B887" t="s">
         <v>1775</v>
       </c>
       <c r="C887" s="1">
-        <v>10.74</v>
-[...3 lines deleted...]
-      </c>
+        <v>61.87</v>
+      </c>
+      <c r="D887" s="2"/>
     </row>
     <row r="888" spans="1:26">
       <c r="A888" t="s">
         <v>1776</v>
       </c>
       <c r="B888" t="s">
         <v>1777</v>
       </c>
       <c r="C888" s="1">
-        <v>61.87</v>
-[...3 lines deleted...]
-      </c>
+        <v>72.8</v>
+      </c>
+      <c r="D888" s="2"/>
     </row>
     <row r="889" spans="1:26">
       <c r="A889" t="s">
         <v>1778</v>
       </c>
       <c r="B889" t="s">
         <v>1779</v>
       </c>
       <c r="C889" s="1">
-        <v>72.8</v>
+        <v>224.05</v>
       </c>
       <c r="D889" s="2"/>
     </row>
     <row r="890" spans="1:26">
       <c r="A890" t="s">
         <v>1780</v>
       </c>
       <c r="B890" t="s">
         <v>1781</v>
       </c>
       <c r="C890" s="1">
-        <v>224.05</v>
+        <v>290.97</v>
       </c>
       <c r="D890" s="2"/>
     </row>
     <row r="891" spans="1:26">
       <c r="A891" t="s">
         <v>1782</v>
       </c>
       <c r="B891" t="s">
         <v>1783</v>
       </c>
       <c r="C891" s="1">
         <v>290.97</v>
       </c>
       <c r="D891" s="2"/>
     </row>
     <row r="892" spans="1:26">
       <c r="A892" t="s">
         <v>1784</v>
       </c>
       <c r="B892" t="s">
         <v>1785</v>
       </c>
       <c r="C892" s="1">
         <v>290.97</v>
       </c>
       <c r="D892" s="2"/>
     </row>
     <row r="893" spans="1:26">
       <c r="A893" t="s">
         <v>1786</v>
       </c>
       <c r="B893" t="s">
         <v>1787</v>
       </c>
       <c r="C893" s="1">
-        <v>290.97</v>
-[...1 lines deleted...]
-      <c r="D893" s="2"/>
+        <v>130.8</v>
+      </c>
+      <c r="D893" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="894" spans="1:26">
       <c r="A894" t="s">
         <v>1788</v>
       </c>
       <c r="B894" t="s">
         <v>1789</v>
       </c>
       <c r="C894" s="1">
-        <v>130.8</v>
-[...3 lines deleted...]
-      </c>
+        <v>358.5</v>
+      </c>
+      <c r="D894" s="2"/>
     </row>
     <row r="895" spans="1:26">
       <c r="A895" t="s">
         <v>1790</v>
       </c>
       <c r="B895" t="s">
         <v>1791</v>
       </c>
       <c r="C895" s="1">
-        <v>358.5</v>
+        <v>545.04</v>
       </c>
       <c r="D895" s="2"/>
     </row>
     <row r="896" spans="1:26">
       <c r="A896" t="s">
         <v>1792</v>
       </c>
       <c r="B896" t="s">
         <v>1793</v>
       </c>
       <c r="C896" s="1">
-        <v>545.04</v>
+        <v>212.53</v>
       </c>
       <c r="D896" s="2"/>
     </row>
     <row r="897" spans="1:26">
       <c r="A897" t="s">
         <v>1794</v>
       </c>
       <c r="B897" t="s">
         <v>1795</v>
       </c>
       <c r="C897" s="1">
-        <v>212.53</v>
-[...1 lines deleted...]
-      <c r="D897" s="2"/>
+        <v>297.58</v>
+      </c>
+      <c r="D897" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="898" spans="1:26">
       <c r="A898" t="s">
         <v>1796</v>
       </c>
       <c r="B898" t="s">
         <v>1797</v>
       </c>
       <c r="C898" s="1">
-        <v>297.58</v>
+        <v>64.09</v>
       </c>
       <c r="D898" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="899" spans="1:26">
       <c r="A899" t="s">
         <v>1798</v>
       </c>
       <c r="B899" t="s">
         <v>1799</v>
       </c>
       <c r="C899" s="1">
-        <v>64.09</v>
-[...3 lines deleted...]
-      </c>
+        <v>161.52</v>
+      </c>
+      <c r="D899" s="2"/>
     </row>
     <row r="900" spans="1:26">
       <c r="A900" t="s">
         <v>1800</v>
       </c>
       <c r="B900" t="s">
         <v>1801</v>
       </c>
       <c r="C900" s="1">
-        <v>161.52</v>
+        <v>288.69</v>
       </c>
       <c r="D900" s="2"/>
     </row>
     <row r="901" spans="1:26">
       <c r="A901" t="s">
         <v>1802</v>
       </c>
       <c r="B901" t="s">
         <v>1803</v>
       </c>
       <c r="C901" s="1">
-        <v>288.69</v>
-[...1 lines deleted...]
-      <c r="D901" s="2"/>
+        <v>267.49</v>
+      </c>
+      <c r="D901" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="902" spans="1:26">
       <c r="A902" t="s">
         <v>1804</v>
       </c>
       <c r="B902" t="s">
         <v>1805</v>
       </c>
       <c r="C902" s="1">
-        <v>267.49</v>
+        <v>30.88</v>
       </c>
       <c r="D902" s="2">
-        <v>1</v>
+        <v>9</v>
       </c>
     </row>
     <row r="903" spans="1:26">
       <c r="A903" t="s">
         <v>1806</v>
       </c>
       <c r="B903" t="s">
         <v>1807</v>
       </c>
       <c r="C903" s="1">
-        <v>30.88</v>
-[...3 lines deleted...]
-      </c>
+        <v>584.4</v>
+      </c>
+      <c r="D903" s="2"/>
     </row>
     <row r="904" spans="1:26">
       <c r="A904" t="s">
         <v>1808</v>
       </c>
       <c r="B904" t="s">
         <v>1809</v>
       </c>
       <c r="C904" s="1">
-        <v>584.4</v>
-[...1 lines deleted...]
-      <c r="D904" s="2"/>
+        <v>545.25</v>
+      </c>
+      <c r="D904" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="905" spans="1:26">
       <c r="A905" t="s">
         <v>1810</v>
       </c>
       <c r="B905" t="s">
         <v>1811</v>
       </c>
       <c r="C905" s="1">
-        <v>545.25</v>
+        <v>296.14</v>
       </c>
       <c r="D905" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="906" spans="1:26">
       <c r="A906" t="s">
         <v>1812</v>
       </c>
       <c r="B906" t="s">
         <v>1813</v>
       </c>
       <c r="C906" s="1">
-        <v>296.14</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="D906" s="2"/>
     </row>
     <row r="907" spans="1:26">
       <c r="A907" t="s">
         <v>1814</v>
       </c>
       <c r="B907" t="s">
         <v>1815</v>
       </c>
       <c r="C907" s="1">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="D907" s="2"/>
+        <v>137.1</v>
+      </c>
+      <c r="D907" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="908" spans="1:26">
       <c r="A908" t="s">
         <v>1816</v>
       </c>
       <c r="B908" t="s">
         <v>1817</v>
       </c>
       <c r="C908" s="1">
-        <v>137.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>583.58</v>
+      </c>
+      <c r="D908" s="2"/>
     </row>
     <row r="909" spans="1:26">
       <c r="A909" t="s">
         <v>1818</v>
       </c>
       <c r="B909" t="s">
         <v>1819</v>
       </c>
       <c r="C909" s="1">
-        <v>583.58</v>
+        <v>128.4</v>
       </c>
       <c r="D909" s="2"/>
     </row>
     <row r="910" spans="1:26">
       <c r="A910" t="s">
         <v>1820</v>
       </c>
       <c r="B910" t="s">
         <v>1821</v>
       </c>
       <c r="C910" s="1">
-        <v>128.4</v>
-[...1 lines deleted...]
-      <c r="D910" s="2"/>
+        <v>131.71</v>
+      </c>
+      <c r="D910" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="911" spans="1:26">
       <c r="A911" t="s">
         <v>1822</v>
       </c>
       <c r="B911" t="s">
         <v>1823</v>
       </c>
       <c r="C911" s="1">
-        <v>131.71</v>
+        <v>61.94</v>
       </c>
       <c r="D911" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="912" spans="1:26">
       <c r="A912" t="s">
         <v>1824</v>
       </c>
       <c r="B912" t="s">
         <v>1825</v>
       </c>
       <c r="C912" s="1">
-        <v>61.94</v>
-[...3 lines deleted...]
-      </c>
+        <v>135.87</v>
+      </c>
+      <c r="D912" s="2"/>
     </row>
     <row r="913" spans="1:26">
       <c r="A913" t="s">
         <v>1826</v>
       </c>
       <c r="B913" t="s">
         <v>1827</v>
       </c>
       <c r="C913" s="1">
         <v>135.87</v>
       </c>
       <c r="D913" s="2"/>
     </row>
     <row r="914" spans="1:26">
       <c r="A914" t="s">
         <v>1828</v>
       </c>
       <c r="B914" t="s">
         <v>1829</v>
       </c>
       <c r="C914" s="1">
-        <v>135.87</v>
-[...1 lines deleted...]
-      <c r="D914" s="2"/>
+        <v>212.01</v>
+      </c>
+      <c r="D914" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="915" spans="1:26">
       <c r="A915" t="s">
         <v>1830</v>
       </c>
       <c r="B915" t="s">
         <v>1831</v>
       </c>
       <c r="C915" s="1">
-        <v>212.01</v>
-[...3 lines deleted...]
-      </c>
+        <v>228.9</v>
+      </c>
+      <c r="D915" s="2"/>
     </row>
     <row r="916" spans="1:26">
       <c r="A916" t="s">
         <v>1832</v>
       </c>
       <c r="B916" t="s">
         <v>1833</v>
       </c>
       <c r="C916" s="1">
-        <v>228.9</v>
-[...10 lines deleted...]
-      <c r="C917" s="1">
         <v>616.66</v>
       </c>
-      <c r="D917" s="2">
+      <c r="D916" s="2">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>