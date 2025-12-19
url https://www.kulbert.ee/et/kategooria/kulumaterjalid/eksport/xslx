--- v1 (2025-11-04)
+++ v2 (2025-12-19)
@@ -12,64 +12,70 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1834">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1836">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
+    <t>1T02Z20NL0</t>
+  </si>
+  <si>
+    <t>Tooner Kyocera TK-5425K must (20000 lehte) - TASKalfa PA4500ci</t>
+  </si>
+  <si>
     <t>C13T03V64A</t>
   </si>
   <si>
     <t>Tint Epson 101 komplekt L4150 / L4160 / L6160 / L6170 / L6190 /L6290/ L14150  kõik 4 värvi(4 x 65ml)</t>
   </si>
   <si>
     <t>1T0C3H0NL0</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-1250 (3000 lehte) - Ecosys PA3500x, MA3500x</t>
   </si>
   <si>
     <t>C13T00S64A</t>
   </si>
   <si>
     <t>Tint Epson 103 kolmplekt L1110/L3110 / L3111/L3116 / L3150 / L3151/L3156/L3160/3251/L3252/L3270/L5190 kõik 4 värvi(4 x 65ml)</t>
   </si>
   <si>
     <t>1T0C0X0NL0</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-3410 (15 500 lehte) - ECOSYS PA5000x</t>
   </si>
   <si>
     <t>1T0C0DBNL0</t>
@@ -95,51 +101,51 @@
   <si>
     <t>Tooner Kyocera TK-5450Y kollane (3200 lehte) - Ecosys PA2600cx, PA2600cwx, MA2600cwx, MA2600cwx</t>
   </si>
   <si>
     <t>1702YJ0UN0</t>
   </si>
   <si>
     <t>Hoolduspakett Kyocera MK-5420</t>
   </si>
   <si>
     <t>1703V00UN0</t>
   </si>
   <si>
     <t>Hoolduspakett Kyocera MK-5425</t>
   </si>
   <si>
     <t>HSE651E</t>
   </si>
   <si>
     <t>P-touch Lint Brother HSE241 21mm  kollane/must tekst,1,5m</t>
   </si>
   <si>
     <t>W1420A</t>
   </si>
   <si>
-    <t>TOONER HP LJ M110, MFP M140, MFP M139w, MFP M139we, MFP M140w, MFP M140we, MFP M141w</t>
+    <t>TOONER HP LJ M110w, MFP M140, MFP M139w, MFP M139we, MFP M140w, MFP M140we, MFP M141w  HP 142A</t>
   </si>
   <si>
     <t>W2070A</t>
   </si>
   <si>
     <t>TOONER HP 117A Black (W2070A) Color Laser 150a, 150nw, MFP 178nw, MFP 178nwg, MFP 179fnw</t>
   </si>
   <si>
     <t>W2071A</t>
   </si>
   <si>
     <t>TOONER HP 117A Cyan (W2071A) Color Laser 150a, 150nw, MFP 178nw, MFP 178nwg, MFP 179fnw</t>
   </si>
   <si>
     <t>W2072A</t>
   </si>
   <si>
     <t>TOONER HP 117A Yellow (W2072A) Color Laser 150a, 150nw, MFP 178nw, MFP 178nwg, MFP 179fnw</t>
   </si>
   <si>
     <t>W2073A</t>
   </si>
   <si>
     <t>TOONER HP 117A Magenta (W2073A) Color Laser 150a, 150nw, MFP 178nw, MFP 178nwg, MFP 179fnw</t>
   </si>
@@ -5865,54 +5871,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z916"/>
+  <dimension ref="A1:Z917"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D1" sqref="D1:D916"/>
+      <selection activeCell="D1" sqref="D1:D917"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="199" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
@@ -5923,195 +5929,199 @@
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
-        <v>38.05</v>
+        <v>121.9</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
-        <v>77.43</v>
+        <v>38.05</v>
       </c>
       <c r="D3" s="2">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
-        <v>31.5</v>
+        <v>77.43</v>
       </c>
       <c r="D4" s="2">
-        <v>16</v>
+        <v>69</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
-        <v>106.56</v>
+        <v>31.5</v>
       </c>
       <c r="D5" s="2">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
-        <v>102.19</v>
+        <v>106.56</v>
       </c>
       <c r="D6" s="2">
-        <v>31</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>102.19</v>
       </c>
       <c r="D7" s="2">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
-        <v>64.51</v>
+        <v>102.19</v>
       </c>
       <c r="D8" s="2">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
-        <v>102.19</v>
+        <v>64.51</v>
       </c>
       <c r="D9" s="2">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
-      <c r="C10" s="1"/>
-      <c r="D10" s="2"/>
+      <c r="C10" s="1">
+        <v>102.19</v>
+      </c>
+      <c r="D10" s="2">
+        <v>26</v>
+      </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="2"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C12" s="1"/>
+      <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
-      <c r="C13" s="1"/>
-      <c r="D13" s="2"/>
+      <c r="C13" s="1">
+        <v>30.33</v>
+      </c>
+      <c r="D13" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="2"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
@@ -6206,63 +6216,63 @@
         <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="2"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="2"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
-      <c r="C27" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C27" s="1"/>
       <c r="D27" s="2"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
         <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
-      <c r="C28" s="1"/>
+      <c r="C28" s="1">
+        <v>78.54</v>
+      </c>
       <c r="D28" s="2"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
         <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="2"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
         <v>60</v>
       </c>
       <c r="B30" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="2"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
         <v>62</v>
@@ -6298,1538 +6308,1542 @@
         <v>68</v>
       </c>
       <c r="B34" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="2"/>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
         <v>70</v>
       </c>
       <c r="B35" t="s">
         <v>71</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="2"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
-      <c r="C36" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C36" s="1"/>
+      <c r="D36" s="2"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="1">
-        <v>138.57</v>
+        <v>117.16</v>
       </c>
       <c r="D37" s="2">
-        <v>34</v>
+        <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" s="1">
-        <v>72.99</v>
+        <v>138.57</v>
       </c>
       <c r="D38" s="2">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="1">
-        <v>108.75</v>
+        <v>72.99</v>
       </c>
       <c r="D39" s="2">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="1">
         <v>108.75</v>
       </c>
       <c r="D40" s="2">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>82</v>
       </c>
       <c r="B41" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="1">
         <v>108.75</v>
       </c>
       <c r="D41" s="2">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="1">
-        <v>66.92</v>
+        <v>108.75</v>
       </c>
       <c r="D42" s="2">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>86</v>
       </c>
       <c r="B43" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="1">
-        <v>150.48</v>
+        <v>66.92</v>
       </c>
       <c r="D43" s="2">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
         <v>88</v>
       </c>
       <c r="B44" t="s">
         <v>89</v>
       </c>
       <c r="C44" s="1">
-        <v>144.84</v>
+        <v>150.48</v>
       </c>
       <c r="D44" s="2">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
         <v>90</v>
       </c>
       <c r="B45" t="s">
         <v>91</v>
       </c>
       <c r="C45" s="1">
-        <v>150.48</v>
+        <v>144.84</v>
       </c>
       <c r="D45" s="2">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
         <v>92</v>
       </c>
       <c r="B46" t="s">
         <v>93</v>
       </c>
       <c r="C46" s="1">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D46" s="2"/>
+        <v>150.48</v>
+      </c>
+      <c r="D46" s="2">
+        <v>12</v>
+      </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
         <v>94</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
       <c r="C47" s="1">
-        <v>102.87</v>
+        <v>130</v>
       </c>
       <c r="D47" s="2">
-        <v>101</v>
+        <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
         <v>96</v>
       </c>
       <c r="B48" t="s">
         <v>97</v>
       </c>
       <c r="C48" s="1">
-        <v>144.84</v>
+        <v>102.87</v>
       </c>
       <c r="D48" s="2">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
         <v>98</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="1">
         <v>144.84</v>
       </c>
       <c r="D49" s="2">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
         <v>100</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50" s="1">
         <v>144.84</v>
       </c>
       <c r="D50" s="2">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s">
         <v>102</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="1">
-        <v>66.92</v>
+        <v>144.84</v>
       </c>
       <c r="D51" s="2">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
         <v>104</v>
       </c>
       <c r="B52" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="1">
-        <v>105.03</v>
+        <v>66.92</v>
       </c>
       <c r="D52" s="2">
-        <v>104</v>
+        <v>16</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
         <v>106</v>
       </c>
       <c r="B53" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="1">
-        <v>119.56</v>
+        <v>105.03</v>
       </c>
       <c r="D53" s="2">
-        <v>94</v>
+        <v>8</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
         <v>108</v>
       </c>
       <c r="B54" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="1">
         <v>119.56</v>
       </c>
       <c r="D54" s="2">
-        <v>92</v>
+        <v>44</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" t="s">
         <v>110</v>
       </c>
       <c r="B55" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="1">
         <v>119.56</v>
       </c>
       <c r="D55" s="2">
-        <v>97</v>
+        <v>88</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" t="s">
         <v>112</v>
       </c>
       <c r="B56" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="1">
-        <v>197.67</v>
+        <v>119.56</v>
       </c>
       <c r="D56" s="2">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
         <v>114</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="1">
-        <v>170.25</v>
+        <v>197.67</v>
       </c>
       <c r="D57" s="2">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
         <v>116</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="1">
-        <v>197.67</v>
+        <v>170.25</v>
       </c>
       <c r="D58" s="2">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s">
         <v>118</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="1">
         <v>197.67</v>
       </c>
       <c r="D59" s="2">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60" s="1">
-        <v>135.25</v>
+        <v>197.67</v>
       </c>
       <c r="D60" s="2">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>122</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61" s="1">
-        <v>99.34</v>
+        <v>135.25</v>
       </c>
       <c r="D61" s="2">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
         <v>124</v>
       </c>
       <c r="B62" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="1">
-        <v>335.8</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>99.34</v>
+      </c>
+      <c r="D62" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s">
         <v>126</v>
       </c>
       <c r="B63" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="1">
-        <v>586.5</v>
+        <v>335.8</v>
       </c>
       <c r="D63" s="2"/>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" t="s">
         <v>128</v>
       </c>
       <c r="B64" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="1">
         <v>586.5</v>
       </c>
       <c r="D64" s="2"/>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" t="s">
         <v>130</v>
       </c>
       <c r="B65" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="1">
         <v>586.5</v>
       </c>
       <c r="D65" s="2"/>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" t="s">
         <v>132</v>
       </c>
       <c r="B66" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="1">
-        <v>179.47</v>
-[...3 lines deleted...]
-      </c>
+        <v>586.5</v>
+      </c>
+      <c r="D66" s="2"/>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" t="s">
         <v>134</v>
       </c>
       <c r="B67" t="s">
         <v>135</v>
       </c>
       <c r="C67" s="1">
-        <v>53.9</v>
-[...1 lines deleted...]
-      <c r="D67" s="2"/>
+        <v>179.47</v>
+      </c>
+      <c r="D67" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
         <v>136</v>
       </c>
       <c r="B68" t="s">
         <v>137</v>
       </c>
       <c r="C68" s="1">
-        <v>218.9</v>
+        <v>53.9</v>
       </c>
       <c r="D68" s="2"/>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
         <v>138</v>
       </c>
       <c r="B69" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="1">
         <v>218.9</v>
       </c>
       <c r="D69" s="2"/>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" t="s">
         <v>140</v>
       </c>
       <c r="B70" t="s">
         <v>141</v>
       </c>
       <c r="C70" s="1">
         <v>218.9</v>
       </c>
       <c r="D70" s="2"/>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" t="s">
         <v>142</v>
       </c>
       <c r="B71" t="s">
         <v>143</v>
       </c>
       <c r="C71" s="1">
         <v>218.9</v>
       </c>
       <c r="D71" s="2"/>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" t="s">
         <v>144</v>
       </c>
       <c r="B72" t="s">
         <v>145</v>
       </c>
       <c r="C72" s="1">
-        <v>86.25</v>
-[...3 lines deleted...]
-      </c>
+        <v>218.9</v>
+      </c>
+      <c r="D72" s="2"/>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" t="s">
         <v>146</v>
       </c>
       <c r="B73" t="s">
         <v>147</v>
       </c>
       <c r="C73" s="1">
-        <v>111.25</v>
+        <v>86.25</v>
       </c>
       <c r="D73" s="2">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" t="s">
         <v>148</v>
       </c>
       <c r="B74" t="s">
         <v>149</v>
       </c>
       <c r="C74" s="1">
         <v>111.25</v>
       </c>
       <c r="D74" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" t="s">
         <v>150</v>
       </c>
       <c r="B75" t="s">
         <v>151</v>
       </c>
       <c r="C75" s="1">
         <v>111.25</v>
       </c>
       <c r="D75" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" t="s">
         <v>152</v>
       </c>
       <c r="B76" t="s">
         <v>153</v>
       </c>
-      <c r="C76" s="1"/>
-      <c r="D76" s="2"/>
+      <c r="C76" s="1">
+        <v>111.25</v>
+      </c>
+      <c r="D76" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" t="s">
         <v>154</v>
       </c>
       <c r="B77" t="s">
         <v>155</v>
       </c>
-      <c r="C77" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C77" s="1"/>
       <c r="D77" s="2"/>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" t="s">
         <v>156</v>
       </c>
       <c r="B78" t="s">
         <v>157</v>
       </c>
       <c r="C78" s="1">
-        <v>47.5</v>
+        <v>58.75</v>
       </c>
       <c r="D78" s="2">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" t="s">
         <v>158</v>
       </c>
       <c r="B79" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="1">
         <v>47.5</v>
       </c>
       <c r="D79" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>160</v>
       </c>
       <c r="B80" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="1">
         <v>47.5</v>
       </c>
       <c r="D80" s="2">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" t="s">
         <v>162</v>
       </c>
       <c r="B81" t="s">
         <v>163</v>
       </c>
       <c r="C81" s="1">
-        <v>22.5</v>
-[...1 lines deleted...]
-      <c r="D81" s="2"/>
+        <v>47.5</v>
+      </c>
+      <c r="D81" s="2">
+        <v>24</v>
+      </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" t="s">
         <v>164</v>
       </c>
       <c r="B82" t="s">
         <v>165</v>
       </c>
       <c r="C82" s="1">
-        <v>67.53</v>
+        <v>22.5</v>
       </c>
       <c r="D82" s="2">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" t="s">
         <v>166</v>
       </c>
       <c r="B83" t="s">
         <v>167</v>
       </c>
       <c r="C83" s="1">
-        <v>53.8</v>
-[...3 lines deleted...]
-      </c>
+        <v>67.53</v>
+      </c>
+      <c r="D83" s="2"/>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" t="s">
         <v>168</v>
       </c>
       <c r="B84" t="s">
         <v>169</v>
       </c>
       <c r="C84" s="1">
-        <v>69.18</v>
+        <v>53.8</v>
       </c>
       <c r="D84" s="2">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" t="s">
         <v>170</v>
       </c>
       <c r="B85" t="s">
         <v>171</v>
       </c>
       <c r="C85" s="1">
         <v>69.18</v>
       </c>
       <c r="D85" s="2">
         <v>33</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" t="s">
         <v>172</v>
       </c>
       <c r="B86" t="s">
         <v>173</v>
       </c>
       <c r="C86" s="1">
         <v>69.18</v>
       </c>
       <c r="D86" s="2">
         <v>33</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" t="s">
         <v>174</v>
       </c>
       <c r="B87" t="s">
         <v>175</v>
       </c>
       <c r="C87" s="1">
-        <v>45.43</v>
+        <v>69.18</v>
       </c>
       <c r="D87" s="2">
-        <v>20</v>
+        <v>33</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" t="s">
         <v>176</v>
       </c>
       <c r="B88" t="s">
         <v>177</v>
       </c>
       <c r="C88" s="1">
-        <v>544.8</v>
-[...1 lines deleted...]
-      <c r="D88" s="2"/>
+        <v>45.43</v>
+      </c>
+      <c r="D88" s="2">
+        <v>20</v>
+      </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" t="s">
         <v>178</v>
       </c>
       <c r="B89" t="s">
         <v>179</v>
       </c>
       <c r="C89" s="1">
-        <v>29.04</v>
-[...3 lines deleted...]
-      </c>
+        <v>544.8</v>
+      </c>
+      <c r="D89" s="2"/>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" t="s">
         <v>180</v>
       </c>
       <c r="B90" t="s">
         <v>181</v>
       </c>
       <c r="C90" s="1">
-        <v>33</v>
+        <v>29.04</v>
       </c>
       <c r="D90" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" t="s">
         <v>182</v>
       </c>
       <c r="B91" t="s">
         <v>183</v>
       </c>
       <c r="C91" s="1">
-        <v>450</v>
-[...1 lines deleted...]
-      <c r="D91" s="2"/>
+        <v>33</v>
+      </c>
+      <c r="D91" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" t="s">
         <v>184</v>
       </c>
       <c r="B92" t="s">
         <v>185</v>
       </c>
       <c r="C92" s="1">
         <v>450</v>
       </c>
       <c r="D92" s="2"/>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" t="s">
         <v>186</v>
       </c>
       <c r="B93" t="s">
         <v>187</v>
       </c>
       <c r="C93" s="1">
         <v>450</v>
       </c>
       <c r="D93" s="2"/>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" t="s">
         <v>188</v>
       </c>
       <c r="B94" t="s">
         <v>189</v>
       </c>
       <c r="C94" s="1">
-        <v>739.3</v>
+        <v>450</v>
       </c>
       <c r="D94" s="2"/>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" t="s">
         <v>190</v>
       </c>
       <c r="B95" t="s">
         <v>191</v>
       </c>
       <c r="C95" s="1">
-        <v>668.88</v>
+        <v>739.3</v>
       </c>
       <c r="D95" s="2"/>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" t="s">
         <v>192</v>
       </c>
       <c r="B96" t="s">
         <v>193</v>
       </c>
       <c r="C96" s="1">
-        <v>209.77</v>
-[...3 lines deleted...]
-      </c>
+        <v>668.88</v>
+      </c>
+      <c r="D96" s="2"/>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" t="s">
         <v>194</v>
       </c>
       <c r="B97" t="s">
         <v>195</v>
       </c>
       <c r="C97" s="1">
-        <v>137.11</v>
-[...1 lines deleted...]
-      <c r="D97" s="2"/>
+        <v>209.77</v>
+      </c>
+      <c r="D97" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" t="s">
         <v>196</v>
       </c>
       <c r="B98" t="s">
         <v>197</v>
       </c>
       <c r="C98" s="1">
-        <v>293.75</v>
+        <v>137.11</v>
       </c>
       <c r="D98" s="2"/>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" t="s">
         <v>198</v>
       </c>
       <c r="B99" t="s">
         <v>199</v>
       </c>
       <c r="C99" s="1">
-        <v>29.81</v>
-[...3 lines deleted...]
-      </c>
+        <v>293.75</v>
+      </c>
+      <c r="D99" s="2"/>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" t="s">
         <v>200</v>
       </c>
       <c r="B100" t="s">
         <v>201</v>
       </c>
       <c r="C100" s="1">
         <v>29.81</v>
       </c>
       <c r="D100" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" t="s">
         <v>202</v>
       </c>
       <c r="B101" t="s">
         <v>203</v>
       </c>
       <c r="C101" s="1">
         <v>29.81</v>
       </c>
       <c r="D101" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" t="s">
         <v>204</v>
       </c>
       <c r="B102" t="s">
         <v>205</v>
       </c>
       <c r="C102" s="1">
         <v>29.81</v>
       </c>
       <c r="D102" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" t="s">
         <v>206</v>
       </c>
       <c r="B103" t="s">
         <v>207</v>
       </c>
       <c r="C103" s="1">
         <v>29.81</v>
       </c>
       <c r="D103" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" t="s">
         <v>208</v>
       </c>
       <c r="B104" t="s">
         <v>209</v>
       </c>
       <c r="C104" s="1">
         <v>29.81</v>
       </c>
       <c r="D104" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" t="s">
         <v>210</v>
       </c>
       <c r="B105" t="s">
         <v>211</v>
       </c>
       <c r="C105" s="1">
         <v>29.81</v>
       </c>
       <c r="D105" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" t="s">
         <v>212</v>
       </c>
       <c r="B106" t="s">
         <v>213</v>
       </c>
       <c r="C106" s="1">
         <v>29.81</v>
       </c>
-      <c r="D106" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D106" s="2"/>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" t="s">
         <v>214</v>
       </c>
       <c r="B107" t="s">
         <v>215</v>
       </c>
       <c r="C107" s="1">
-        <v>40.15</v>
+        <v>29.81</v>
       </c>
       <c r="D107" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" t="s">
         <v>216</v>
       </c>
       <c r="B108" t="s">
         <v>217</v>
       </c>
       <c r="C108" s="1">
         <v>40.15</v>
       </c>
       <c r="D108" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" t="s">
         <v>218</v>
       </c>
       <c r="B109" t="s">
         <v>219</v>
       </c>
       <c r="C109" s="1">
         <v>40.15</v>
       </c>
       <c r="D109" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" t="s">
         <v>220</v>
       </c>
       <c r="B110" t="s">
         <v>221</v>
       </c>
       <c r="C110" s="1">
         <v>40.15</v>
       </c>
       <c r="D110" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" t="s">
         <v>222</v>
       </c>
       <c r="B111" t="s">
         <v>223</v>
       </c>
       <c r="C111" s="1">
         <v>40.15</v>
       </c>
       <c r="D111" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" t="s">
         <v>224</v>
       </c>
       <c r="B112" t="s">
         <v>225</v>
       </c>
       <c r="C112" s="1">
         <v>40.15</v>
       </c>
       <c r="D112" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" t="s">
         <v>226</v>
       </c>
       <c r="B113" t="s">
         <v>227</v>
       </c>
       <c r="C113" s="1">
         <v>40.15</v>
       </c>
       <c r="D113" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" t="s">
         <v>228</v>
       </c>
       <c r="B114" t="s">
         <v>229</v>
       </c>
       <c r="C114" s="1">
         <v>40.15</v>
       </c>
       <c r="D114" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" t="s">
         <v>230</v>
       </c>
       <c r="B115" t="s">
         <v>231</v>
       </c>
       <c r="C115" s="1">
         <v>40.15</v>
       </c>
-      <c r="D115" s="2"/>
+      <c r="D115" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" t="s">
         <v>232</v>
       </c>
       <c r="B116" t="s">
         <v>233</v>
       </c>
       <c r="C116" s="1">
         <v>40.15</v>
       </c>
-      <c r="D116" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D116" s="2"/>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" t="s">
         <v>234</v>
       </c>
       <c r="B117" t="s">
         <v>235</v>
       </c>
       <c r="C117" s="1">
-        <v>29.81</v>
+        <v>40.15</v>
       </c>
       <c r="D117" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" t="s">
         <v>236</v>
       </c>
       <c r="B118" t="s">
         <v>237</v>
       </c>
       <c r="C118" s="1">
         <v>29.81</v>
       </c>
       <c r="D118" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" t="s">
         <v>238</v>
       </c>
       <c r="B119" t="s">
         <v>239</v>
       </c>
       <c r="C119" s="1">
-        <v>18.27</v>
+        <v>29.81</v>
       </c>
       <c r="D119" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" t="s">
         <v>240</v>
       </c>
       <c r="B120" t="s">
         <v>241</v>
       </c>
       <c r="C120" s="1">
         <v>18.27</v>
       </c>
       <c r="D120" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" t="s">
         <v>242</v>
       </c>
       <c r="B121" t="s">
         <v>243</v>
       </c>
       <c r="C121" s="1">
         <v>18.27</v>
       </c>
       <c r="D121" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" t="s">
         <v>244</v>
       </c>
       <c r="B122" t="s">
         <v>245</v>
       </c>
       <c r="C122" s="1">
         <v>18.27</v>
       </c>
-      <c r="D122" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D122" s="2"/>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" t="s">
         <v>246</v>
       </c>
       <c r="B123" t="s">
         <v>247</v>
       </c>
       <c r="C123" s="1">
         <v>18.27</v>
       </c>
       <c r="D123" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" t="s">
         <v>248</v>
       </c>
       <c r="B124" t="s">
         <v>249</v>
       </c>
       <c r="C124" s="1">
         <v>18.27</v>
       </c>
       <c r="D124" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" t="s">
         <v>250</v>
       </c>
       <c r="B125" t="s">
         <v>251</v>
       </c>
       <c r="C125" s="1">
-        <v>20.62</v>
+        <v>18.27</v>
       </c>
       <c r="D125" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" t="s">
         <v>252</v>
       </c>
       <c r="B126" t="s">
         <v>253</v>
       </c>
       <c r="C126" s="1">
-        <v>102.93</v>
-[...1 lines deleted...]
-      <c r="D126" s="2"/>
+        <v>20.62</v>
+      </c>
+      <c r="D126" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" t="s">
         <v>254</v>
       </c>
       <c r="B127" t="s">
         <v>255</v>
       </c>
       <c r="C127" s="1">
-        <v>7.3</v>
-[...3 lines deleted...]
-      </c>
+        <v>102.93</v>
+      </c>
+      <c r="D127" s="2"/>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" t="s">
         <v>256</v>
       </c>
       <c r="B128" t="s">
         <v>257</v>
       </c>
       <c r="C128" s="1">
-        <v>8.12</v>
+        <v>7.3</v>
       </c>
       <c r="D128" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" t="s">
         <v>258</v>
       </c>
       <c r="B129" t="s">
         <v>259</v>
       </c>
       <c r="C129" s="1">
-        <v>7.49</v>
-[...1 lines deleted...]
-      <c r="D129" s="2"/>
+        <v>8.12</v>
+      </c>
+      <c r="D129" s="2">
+        <v>7</v>
+      </c>
     </row>
     <row r="130" spans="1:26">
       <c r="A130" t="s">
         <v>260</v>
       </c>
       <c r="B130" t="s">
         <v>261</v>
       </c>
       <c r="C130" s="1">
-        <v>8.12</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.49</v>
+      </c>
+      <c r="D130" s="2"/>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" t="s">
         <v>262</v>
       </c>
       <c r="B131" t="s">
         <v>263</v>
       </c>
       <c r="C131" s="1">
-        <v>8.99</v>
+        <v>8.12</v>
       </c>
       <c r="D131" s="2">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" t="s">
         <v>264</v>
       </c>
       <c r="B132" t="s">
         <v>265</v>
       </c>
       <c r="C132" s="1">
         <v>8.99</v>
       </c>
       <c r="D132" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" t="s">
         <v>266</v>
       </c>
       <c r="B133" t="s">
         <v>267</v>
       </c>
       <c r="C133" s="1">
-        <v>9.74</v>
+        <v>8.99</v>
       </c>
       <c r="D133" s="2">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="134" spans="1:26">
       <c r="A134" t="s">
         <v>268</v>
       </c>
       <c r="B134" t="s">
         <v>269</v>
       </c>
       <c r="C134" s="1">
         <v>9.74</v>
       </c>
       <c r="D134" s="2">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" t="s">
         <v>270</v>
       </c>
       <c r="B135" t="s">
         <v>271</v>
       </c>
       <c r="C135" s="1">
         <v>9.74</v>
       </c>
       <c r="D135" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" t="s">
         <v>272</v>
       </c>
       <c r="B136" t="s">
         <v>273</v>
       </c>
       <c r="C136" s="1">
-        <v>12.74</v>
+        <v>9.74</v>
       </c>
       <c r="D136" s="2">
-        <v>3</v>
+        <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" t="s">
         <v>274</v>
       </c>
       <c r="B137" t="s">
         <v>275</v>
       </c>
       <c r="C137" s="1">
-        <v>9.74</v>
+        <v>12.74</v>
       </c>
       <c r="D137" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" t="s">
         <v>276</v>
       </c>
       <c r="B138" t="s">
         <v>277</v>
       </c>
       <c r="C138" s="1">
-        <v>11.37</v>
+        <v>9.74</v>
       </c>
       <c r="D138" s="2">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" t="s">
         <v>278</v>
       </c>
       <c r="B139" t="s">
         <v>279</v>
       </c>
       <c r="C139" s="1">
         <v>11.37</v>
       </c>
       <c r="D139" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" t="s">
         <v>280</v>
       </c>
       <c r="B140" t="s">
         <v>281</v>
       </c>
       <c r="C140" s="1">
-        <v>12.99</v>
+        <v>11.37</v>
       </c>
       <c r="D140" s="2">
         <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" t="s">
         <v>282</v>
       </c>
       <c r="B141" t="s">
         <v>283</v>
       </c>
       <c r="C141" s="1">
         <v>12.99</v>
       </c>
       <c r="D141" s="2">
         <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:26">
       <c r="A142" t="s">
         <v>284</v>
       </c>
       <c r="B142" t="s">
         <v>285</v>
       </c>
       <c r="C142" s="1">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D142" s="2"/>
+        <v>12.99</v>
+      </c>
+      <c r="D142" s="2">
+        <v>10</v>
+      </c>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" t="s">
         <v>286</v>
       </c>
       <c r="B143" t="s">
         <v>287</v>
       </c>
       <c r="C143" s="1">
-        <v>37.5</v>
+        <v>50</v>
       </c>
       <c r="D143" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="144" spans="1:26">
       <c r="A144" t="s">
         <v>288</v>
       </c>
       <c r="B144" t="s">
         <v>289</v>
       </c>
       <c r="C144" s="1">
         <v>37.5</v>
       </c>
-      <c r="D144" s="2"/>
+      <c r="D144" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="145" spans="1:26">
       <c r="A145" t="s">
         <v>290</v>
       </c>
       <c r="B145" t="s">
         <v>291</v>
       </c>
       <c r="C145" s="1">
         <v>37.5</v>
       </c>
       <c r="D145" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:26">
       <c r="A146" t="s">
         <v>292</v>
       </c>
       <c r="B146" t="s">
         <v>293</v>
       </c>
-      <c r="C146" s="1"/>
-      <c r="D146" s="2"/>
+      <c r="C146" s="1">
+        <v>37.5</v>
+      </c>
+      <c r="D146" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="147" spans="1:26">
       <c r="A147" t="s">
         <v>294</v>
       </c>
       <c r="B147" t="s">
         <v>295</v>
       </c>
       <c r="C147" s="1"/>
       <c r="D147" s="2"/>
     </row>
     <row r="148" spans="1:26">
       <c r="A148" t="s">
         <v>296</v>
       </c>
       <c r="B148" t="s">
         <v>297</v>
       </c>
       <c r="C148" s="1"/>
       <c r="D148" s="2"/>
     </row>
     <row r="149" spans="1:26">
       <c r="A149" t="s">
         <v>298</v>
       </c>
@@ -8184,115 +8198,115 @@
         <v>368</v>
       </c>
       <c r="B184" t="s">
         <v>369</v>
       </c>
       <c r="C184" s="1"/>
       <c r="D184" s="2"/>
     </row>
     <row r="185" spans="1:26">
       <c r="A185" t="s">
         <v>370</v>
       </c>
       <c r="B185" t="s">
         <v>371</v>
       </c>
       <c r="C185" s="1"/>
       <c r="D185" s="2"/>
     </row>
     <row r="186" spans="1:26">
       <c r="A186" t="s">
         <v>372</v>
       </c>
       <c r="B186" t="s">
         <v>373</v>
       </c>
-      <c r="C186" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C186" s="1"/>
+      <c r="D186" s="2"/>
     </row>
     <row r="187" spans="1:26">
       <c r="A187" t="s">
         <v>374</v>
       </c>
       <c r="B187" t="s">
         <v>375</v>
       </c>
       <c r="C187" s="1">
-        <v>10.89</v>
+        <v>14.46</v>
       </c>
       <c r="D187" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="188" spans="1:26">
       <c r="A188" t="s">
         <v>376</v>
       </c>
       <c r="B188" t="s">
         <v>377</v>
       </c>
-      <c r="C188" s="1"/>
-      <c r="D188" s="2"/>
+      <c r="C188" s="1">
+        <v>10.89</v>
+      </c>
+      <c r="D188" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="189" spans="1:26">
       <c r="A189" t="s">
         <v>378</v>
       </c>
       <c r="B189" t="s">
         <v>379</v>
       </c>
-      <c r="C189" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C189" s="1"/>
+      <c r="D189" s="2"/>
     </row>
     <row r="190" spans="1:26">
       <c r="A190" t="s">
         <v>380</v>
       </c>
       <c r="B190" t="s">
         <v>381</v>
       </c>
       <c r="C190" s="1">
-        <v>13.08</v>
-[...1 lines deleted...]
-      <c r="D190" s="2"/>
+        <v>16.09</v>
+      </c>
+      <c r="D190" s="2">
+        <v>8</v>
+      </c>
     </row>
     <row r="191" spans="1:26">
       <c r="A191" t="s">
         <v>382</v>
       </c>
       <c r="B191" t="s">
         <v>383</v>
       </c>
-      <c r="C191" s="1"/>
+      <c r="C191" s="1">
+        <v>13.08</v>
+      </c>
       <c r="D191" s="2"/>
     </row>
     <row r="192" spans="1:26">
       <c r="A192" t="s">
         <v>384</v>
       </c>
       <c r="B192" t="s">
         <v>385</v>
       </c>
       <c r="C192" s="1"/>
       <c r="D192" s="2"/>
     </row>
     <row r="193" spans="1:26">
       <c r="A193" t="s">
         <v>386</v>
       </c>
       <c r="B193" t="s">
         <v>387</v>
       </c>
       <c r="C193" s="1"/>
       <c r="D193" s="2"/>
     </row>
     <row r="194" spans="1:26">
       <c r="A194" t="s">
         <v>388</v>
@@ -8428,2223 +8442,2225 @@
         <v>414</v>
       </c>
       <c r="B207" t="s">
         <v>415</v>
       </c>
       <c r="C207" s="1"/>
       <c r="D207" s="2"/>
     </row>
     <row r="208" spans="1:26">
       <c r="A208" t="s">
         <v>416</v>
       </c>
       <c r="B208" t="s">
         <v>417</v>
       </c>
       <c r="C208" s="1"/>
       <c r="D208" s="2"/>
     </row>
     <row r="209" spans="1:26">
       <c r="A209" t="s">
         <v>418</v>
       </c>
       <c r="B209" t="s">
         <v>419</v>
       </c>
-      <c r="C209" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C209" s="1"/>
       <c r="D209" s="2"/>
     </row>
     <row r="210" spans="1:26">
       <c r="A210" t="s">
         <v>420</v>
       </c>
       <c r="B210" t="s">
         <v>421</v>
       </c>
       <c r="C210" s="1">
         <v>111.16</v>
       </c>
       <c r="D210" s="2"/>
     </row>
     <row r="211" spans="1:26">
       <c r="A211" t="s">
         <v>422</v>
       </c>
       <c r="B211" t="s">
         <v>423</v>
       </c>
       <c r="C211" s="1">
         <v>111.16</v>
       </c>
       <c r="D211" s="2"/>
     </row>
     <row r="212" spans="1:26">
       <c r="A212" t="s">
         <v>424</v>
       </c>
       <c r="B212" t="s">
         <v>425</v>
       </c>
       <c r="C212" s="1">
-        <v>257.19</v>
+        <v>111.16</v>
       </c>
       <c r="D212" s="2"/>
     </row>
     <row r="213" spans="1:26">
       <c r="A213" t="s">
         <v>426</v>
       </c>
       <c r="B213" t="s">
         <v>427</v>
       </c>
       <c r="C213" s="1">
-        <v>177.2</v>
+        <v>257.19</v>
       </c>
       <c r="D213" s="2"/>
     </row>
     <row r="214" spans="1:26">
       <c r="A214" t="s">
         <v>428</v>
       </c>
       <c r="B214" t="s">
         <v>429</v>
       </c>
       <c r="C214" s="1">
-        <v>257.19</v>
+        <v>177.2</v>
       </c>
       <c r="D214" s="2"/>
     </row>
     <row r="215" spans="1:26">
       <c r="A215" t="s">
         <v>430</v>
       </c>
       <c r="B215" t="s">
         <v>431</v>
       </c>
       <c r="C215" s="1">
         <v>257.19</v>
       </c>
       <c r="D215" s="2"/>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" t="s">
         <v>432</v>
       </c>
       <c r="B216" t="s">
         <v>433</v>
       </c>
       <c r="C216" s="1">
-        <v>72.93</v>
-[...3 lines deleted...]
-      </c>
+        <v>257.19</v>
+      </c>
+      <c r="D216" s="2"/>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" t="s">
         <v>434</v>
       </c>
       <c r="B217" t="s">
         <v>435</v>
       </c>
       <c r="C217" s="1">
-        <v>79.81</v>
+        <v>72.93</v>
       </c>
       <c r="D217" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" t="s">
         <v>436</v>
       </c>
       <c r="B218" t="s">
         <v>437</v>
       </c>
       <c r="C218" s="1">
-        <v>72.93</v>
+        <v>79.81</v>
       </c>
       <c r="D218" s="2">
-        <v>2</v>
+        <v>11</v>
       </c>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" t="s">
         <v>438</v>
       </c>
       <c r="B219" t="s">
         <v>439</v>
       </c>
       <c r="C219" s="1">
         <v>72.93</v>
       </c>
       <c r="D219" s="2">
-        <v>2</v>
+        <v>13</v>
       </c>
     </row>
     <row r="220" spans="1:26">
       <c r="A220" t="s">
         <v>440</v>
       </c>
       <c r="B220" t="s">
         <v>441</v>
       </c>
       <c r="C220" s="1">
-        <v>84.94</v>
-[...1 lines deleted...]
-      <c r="D220" s="2"/>
+        <v>72.93</v>
+      </c>
+      <c r="D220" s="2">
+        <v>13</v>
+      </c>
     </row>
     <row r="221" spans="1:26">
       <c r="A221" t="s">
         <v>442</v>
       </c>
       <c r="B221" t="s">
         <v>443</v>
       </c>
       <c r="C221" s="1">
-        <v>62.29</v>
-[...3 lines deleted...]
-      </c>
+        <v>84.94</v>
+      </c>
+      <c r="D221" s="2"/>
     </row>
     <row r="222" spans="1:26">
       <c r="A222" t="s">
         <v>444</v>
       </c>
       <c r="B222" t="s">
         <v>445</v>
       </c>
       <c r="C222" s="1">
-        <v>84.94</v>
-[...1 lines deleted...]
-      <c r="D222" s="2"/>
+        <v>62.29</v>
+      </c>
+      <c r="D222" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="223" spans="1:26">
       <c r="A223" t="s">
         <v>446</v>
       </c>
       <c r="B223" t="s">
         <v>447</v>
       </c>
       <c r="C223" s="1">
-        <v>45.45</v>
-[...3 lines deleted...]
-      </c>
+        <v>84.94</v>
+      </c>
+      <c r="D223" s="2"/>
     </row>
     <row r="224" spans="1:26">
       <c r="A224" t="s">
         <v>448</v>
       </c>
       <c r="B224" t="s">
         <v>449</v>
       </c>
       <c r="C224" s="1">
         <v>45.45</v>
       </c>
       <c r="D224" s="2">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="225" spans="1:26">
       <c r="A225" t="s">
         <v>450</v>
       </c>
       <c r="B225" t="s">
         <v>451</v>
       </c>
       <c r="C225" s="1">
         <v>45.45</v>
       </c>
       <c r="D225" s="2">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="226" spans="1:26">
       <c r="A226" t="s">
         <v>452</v>
       </c>
       <c r="B226" t="s">
         <v>453</v>
       </c>
       <c r="C226" s="1">
         <v>45.45</v>
       </c>
       <c r="D226" s="2">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="227" spans="1:26">
       <c r="A227" t="s">
         <v>454</v>
       </c>
       <c r="B227" t="s">
         <v>455</v>
       </c>
       <c r="C227" s="1">
-        <v>138.72</v>
-[...1 lines deleted...]
-      <c r="D227" s="2"/>
+        <v>45.45</v>
+      </c>
+      <c r="D227" s="2">
+        <v>16</v>
+      </c>
     </row>
     <row r="228" spans="1:26">
       <c r="A228" t="s">
         <v>456</v>
       </c>
       <c r="B228" t="s">
         <v>457</v>
       </c>
       <c r="C228" s="1">
-        <v>95.49</v>
+        <v>138.72</v>
       </c>
       <c r="D228" s="2"/>
     </row>
     <row r="229" spans="1:26">
       <c r="A229" t="s">
         <v>458</v>
       </c>
       <c r="B229" t="s">
         <v>459</v>
       </c>
       <c r="C229" s="1">
-        <v>138.72</v>
+        <v>95.49</v>
       </c>
       <c r="D229" s="2"/>
     </row>
     <row r="230" spans="1:26">
       <c r="A230" t="s">
         <v>460</v>
       </c>
       <c r="B230" t="s">
         <v>461</v>
       </c>
       <c r="C230" s="1">
         <v>138.72</v>
       </c>
       <c r="D230" s="2"/>
     </row>
     <row r="231" spans="1:26">
       <c r="A231" t="s">
         <v>462</v>
       </c>
       <c r="B231" t="s">
         <v>463</v>
       </c>
       <c r="C231" s="1">
-        <v>186.96</v>
-[...3 lines deleted...]
-      </c>
+        <v>138.72</v>
+      </c>
+      <c r="D231" s="2"/>
     </row>
     <row r="232" spans="1:26">
       <c r="A232" t="s">
         <v>464</v>
       </c>
       <c r="B232" t="s">
         <v>465</v>
       </c>
       <c r="C232" s="1">
-        <v>129.45</v>
-[...1 lines deleted...]
-      <c r="D232" s="2"/>
+        <v>186.96</v>
+      </c>
+      <c r="D232" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="233" spans="1:26">
       <c r="A233" t="s">
         <v>466</v>
       </c>
       <c r="B233" t="s">
         <v>467</v>
       </c>
       <c r="C233" s="1">
-        <v>129.64</v>
+        <v>129.45</v>
       </c>
       <c r="D233" s="2"/>
     </row>
     <row r="234" spans="1:26">
       <c r="A234" t="s">
         <v>468</v>
       </c>
       <c r="B234" t="s">
         <v>469</v>
       </c>
       <c r="C234" s="1">
-        <v>96.62</v>
-[...1 lines deleted...]
-      <c r="D234" s="2"/>
+        <v>129.64</v>
+      </c>
+      <c r="D234" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="235" spans="1:26">
       <c r="A235" t="s">
         <v>470</v>
       </c>
       <c r="B235" t="s">
         <v>471</v>
       </c>
       <c r="C235" s="1">
-        <v>82.33</v>
-[...3 lines deleted...]
-      </c>
+        <v>96.62</v>
+      </c>
+      <c r="D235" s="2"/>
     </row>
     <row r="236" spans="1:26">
       <c r="A236" t="s">
         <v>472</v>
       </c>
       <c r="B236" t="s">
         <v>473</v>
       </c>
       <c r="C236" s="1">
-        <v>169.29</v>
-[...1 lines deleted...]
-      <c r="D236" s="2"/>
+        <v>82.33</v>
+      </c>
+      <c r="D236" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="237" spans="1:26">
       <c r="A237" t="s">
         <v>474</v>
       </c>
       <c r="B237" t="s">
         <v>475</v>
       </c>
       <c r="C237" s="1">
-        <v>169.9</v>
+        <v>169.29</v>
       </c>
       <c r="D237" s="2"/>
     </row>
     <row r="238" spans="1:26">
       <c r="A238" t="s">
         <v>476</v>
       </c>
       <c r="B238" t="s">
         <v>477</v>
       </c>
       <c r="C238" s="1">
-        <v>98.11</v>
-[...3 lines deleted...]
-      </c>
+        <v>169.9</v>
+      </c>
+      <c r="D238" s="2"/>
     </row>
     <row r="239" spans="1:26">
       <c r="A239" t="s">
         <v>478</v>
       </c>
       <c r="B239" t="s">
         <v>479</v>
       </c>
       <c r="C239" s="1">
-        <v>61.86</v>
+        <v>98.11</v>
       </c>
       <c r="D239" s="2">
-        <v>9</v>
+        <v>2</v>
       </c>
     </row>
     <row r="240" spans="1:26">
       <c r="A240" t="s">
         <v>480</v>
       </c>
       <c r="B240" t="s">
         <v>481</v>
       </c>
       <c r="C240" s="1">
-        <v>98.11</v>
+        <v>61.86</v>
       </c>
       <c r="D240" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="241" spans="1:26">
       <c r="A241" t="s">
         <v>482</v>
       </c>
       <c r="B241" t="s">
         <v>483</v>
       </c>
       <c r="C241" s="1">
         <v>98.11</v>
       </c>
       <c r="D241" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="242" spans="1:26">
       <c r="A242" t="s">
         <v>484</v>
       </c>
       <c r="B242" t="s">
         <v>485</v>
       </c>
       <c r="C242" s="1">
-        <v>129.64</v>
+        <v>98.11</v>
       </c>
       <c r="D242" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="243" spans="1:26">
       <c r="A243" t="s">
         <v>486</v>
       </c>
       <c r="B243" t="s">
         <v>487</v>
       </c>
       <c r="C243" s="1">
-        <v>113.79</v>
+        <v>129.64</v>
       </c>
       <c r="D243" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:26">
       <c r="A244" t="s">
         <v>488</v>
       </c>
       <c r="B244" t="s">
         <v>489</v>
       </c>
       <c r="C244" s="1">
-        <v>129.64</v>
-[...1 lines deleted...]
-      <c r="D244" s="2"/>
+        <v>113.79</v>
+      </c>
+      <c r="D244" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="245" spans="1:26">
       <c r="A245" t="s">
         <v>490</v>
       </c>
       <c r="B245" t="s">
         <v>491</v>
       </c>
       <c r="C245" s="1">
-        <v>105.6</v>
+        <v>129.64</v>
       </c>
       <c r="D245" s="2"/>
     </row>
     <row r="246" spans="1:26">
       <c r="A246" t="s">
         <v>492</v>
       </c>
       <c r="B246" t="s">
         <v>493</v>
       </c>
       <c r="C246" s="1">
-        <v>218.43</v>
-[...3 lines deleted...]
-      </c>
+        <v>105.6</v>
+      </c>
+      <c r="D246" s="2"/>
     </row>
     <row r="247" spans="1:26">
       <c r="A247" t="s">
         <v>494</v>
       </c>
       <c r="B247" t="s">
         <v>495</v>
       </c>
       <c r="C247" s="1">
-        <v>173.68</v>
+        <v>218.43</v>
       </c>
       <c r="D247" s="2">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="248" spans="1:26">
       <c r="A248" t="s">
         <v>496</v>
       </c>
       <c r="B248" t="s">
         <v>497</v>
       </c>
       <c r="C248" s="1">
-        <v>218.43</v>
+        <v>173.68</v>
       </c>
       <c r="D248" s="2">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="249" spans="1:26">
       <c r="A249" t="s">
         <v>498</v>
       </c>
       <c r="B249" t="s">
         <v>499</v>
       </c>
       <c r="C249" s="1">
         <v>218.43</v>
       </c>
       <c r="D249" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="250" spans="1:26">
       <c r="A250" t="s">
         <v>500</v>
       </c>
       <c r="B250" t="s">
         <v>501</v>
       </c>
       <c r="C250" s="1">
-        <v>169.9</v>
-[...1 lines deleted...]
-      <c r="D250" s="2"/>
+        <v>218.43</v>
+      </c>
+      <c r="D250" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="251" spans="1:26">
       <c r="A251" t="s">
         <v>502</v>
       </c>
       <c r="B251" t="s">
         <v>503</v>
       </c>
       <c r="C251" s="1">
-        <v>156.55</v>
+        <v>169.9</v>
       </c>
       <c r="D251" s="2"/>
     </row>
     <row r="252" spans="1:26">
       <c r="A252" t="s">
         <v>504</v>
       </c>
       <c r="B252" t="s">
         <v>505</v>
       </c>
       <c r="C252" s="1">
-        <v>169.9</v>
+        <v>156.55</v>
       </c>
       <c r="D252" s="2"/>
     </row>
     <row r="253" spans="1:26">
       <c r="A253" t="s">
         <v>506</v>
       </c>
       <c r="B253" t="s">
         <v>507</v>
       </c>
       <c r="C253" s="1">
-        <v>111.97</v>
-[...3 lines deleted...]
-      </c>
+        <v>169.9</v>
+      </c>
+      <c r="D253" s="2"/>
     </row>
     <row r="254" spans="1:26">
       <c r="A254" t="s">
         <v>508</v>
       </c>
       <c r="B254" t="s">
         <v>509</v>
       </c>
       <c r="C254" s="1">
-        <v>112.76</v>
-[...1 lines deleted...]
-      <c r="D254" s="2"/>
+        <v>111.97</v>
+      </c>
+      <c r="D254" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="255" spans="1:26">
       <c r="A255" t="s">
         <v>510</v>
       </c>
       <c r="B255" t="s">
         <v>511</v>
       </c>
       <c r="C255" s="1">
-        <v>134.28</v>
+        <v>112.76</v>
       </c>
       <c r="D255" s="2"/>
     </row>
     <row r="256" spans="1:26">
       <c r="A256" t="s">
         <v>512</v>
       </c>
       <c r="B256" t="s">
         <v>513</v>
       </c>
       <c r="C256" s="1">
-        <v>63.34</v>
-[...3 lines deleted...]
-      </c>
+        <v>134.28</v>
+      </c>
+      <c r="D256" s="2"/>
     </row>
     <row r="257" spans="1:26">
       <c r="A257" t="s">
         <v>514</v>
       </c>
       <c r="B257" t="s">
         <v>515</v>
       </c>
       <c r="C257" s="1">
-        <v>107.59</v>
-[...1 lines deleted...]
-      <c r="D257" s="2"/>
+        <v>63.34</v>
+      </c>
+      <c r="D257" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="258" spans="1:26">
       <c r="A258" t="s">
         <v>516</v>
       </c>
       <c r="B258" t="s">
         <v>517</v>
       </c>
       <c r="C258" s="1">
-        <v>125.6</v>
+        <v>107.59</v>
       </c>
       <c r="D258" s="2"/>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" t="s">
         <v>518</v>
       </c>
       <c r="B259" t="s">
         <v>519</v>
       </c>
       <c r="C259" s="1">
-        <v>99.75</v>
-[...3 lines deleted...]
-      </c>
+        <v>125.6</v>
+      </c>
+      <c r="D259" s="2"/>
     </row>
     <row r="260" spans="1:26">
       <c r="A260" t="s">
         <v>520</v>
       </c>
       <c r="B260" t="s">
         <v>521</v>
       </c>
       <c r="C260" s="1">
-        <v>99.94</v>
+        <v>99.75</v>
       </c>
       <c r="D260" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" t="s">
         <v>522</v>
       </c>
       <c r="B261" t="s">
         <v>523</v>
       </c>
       <c r="C261" s="1">
-        <v>147.97</v>
-[...1 lines deleted...]
-      <c r="D261" s="2"/>
+        <v>99.94</v>
+      </c>
+      <c r="D261" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" t="s">
         <v>524</v>
       </c>
       <c r="B262" t="s">
         <v>525</v>
       </c>
       <c r="C262" s="1">
-        <v>95.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>147.97</v>
+      </c>
+      <c r="D262" s="2"/>
     </row>
     <row r="263" spans="1:26">
       <c r="A263" t="s">
         <v>526</v>
       </c>
       <c r="B263" t="s">
         <v>527</v>
       </c>
       <c r="C263" s="1">
-        <v>119.74</v>
+        <v>95.1</v>
       </c>
       <c r="D263" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="264" spans="1:26">
       <c r="A264" t="s">
         <v>528</v>
       </c>
       <c r="B264" t="s">
         <v>529</v>
       </c>
       <c r="C264" s="1">
-        <v>95.1</v>
+        <v>119.74</v>
       </c>
       <c r="D264" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="265" spans="1:26">
       <c r="A265" t="s">
         <v>530</v>
       </c>
       <c r="B265" t="s">
         <v>531</v>
       </c>
       <c r="C265" s="1">
-        <v>193.03</v>
-[...1 lines deleted...]
-      <c r="D265" s="2"/>
+        <v>95.1</v>
+      </c>
+      <c r="D265" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="266" spans="1:26">
       <c r="A266" t="s">
         <v>532</v>
       </c>
       <c r="B266" t="s">
         <v>533</v>
       </c>
       <c r="C266" s="1">
-        <v>102.88</v>
-[...3 lines deleted...]
-      </c>
+        <v>193.03</v>
+      </c>
+      <c r="D266" s="2"/>
     </row>
     <row r="267" spans="1:26">
       <c r="A267" t="s">
         <v>534</v>
       </c>
       <c r="B267" t="s">
         <v>535</v>
       </c>
       <c r="C267" s="1">
-        <v>122.97</v>
+        <v>102.88</v>
       </c>
       <c r="D267" s="2">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="268" spans="1:26">
       <c r="A268" t="s">
         <v>536</v>
       </c>
       <c r="B268" t="s">
         <v>537</v>
       </c>
       <c r="C268" s="1">
-        <v>135.25</v>
+        <v>122.97</v>
       </c>
       <c r="D268" s="2">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="269" spans="1:26">
       <c r="A269" t="s">
         <v>538</v>
       </c>
       <c r="B269" t="s">
         <v>539</v>
       </c>
       <c r="C269" s="1">
-        <v>99.34</v>
-[...1 lines deleted...]
-      <c r="D269" s="2"/>
+        <v>135.25</v>
+      </c>
+      <c r="D269" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="270" spans="1:26">
       <c r="A270" t="s">
         <v>540</v>
       </c>
       <c r="B270" t="s">
         <v>541</v>
       </c>
       <c r="C270" s="1">
-        <v>102.87</v>
+        <v>99.34</v>
       </c>
       <c r="D270" s="2">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:26">
       <c r="A271" t="s">
         <v>542</v>
       </c>
       <c r="B271" t="s">
         <v>543</v>
       </c>
       <c r="C271" s="1">
-        <v>106.57</v>
+        <v>102.87</v>
       </c>
       <c r="D271" s="2">
-        <v>4</v>
+        <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:26">
       <c r="A272" t="s">
         <v>544</v>
       </c>
       <c r="B272" t="s">
         <v>545</v>
       </c>
       <c r="C272" s="1">
-        <v>135.25</v>
+        <v>106.57</v>
       </c>
       <c r="D272" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="273" spans="1:26">
       <c r="A273" t="s">
         <v>546</v>
       </c>
       <c r="B273" t="s">
         <v>547</v>
       </c>
       <c r="C273" s="1">
-        <v>179.47</v>
+        <v>135.25</v>
       </c>
       <c r="D273" s="2">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="274" spans="1:26">
       <c r="A274" t="s">
         <v>548</v>
       </c>
       <c r="B274" t="s">
         <v>549</v>
       </c>
       <c r="C274" s="1">
-        <v>102.51</v>
-[...1 lines deleted...]
-      <c r="D274" s="2"/>
+        <v>179.47</v>
+      </c>
+      <c r="D274" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="275" spans="1:26">
       <c r="A275" t="s">
         <v>550</v>
       </c>
       <c r="B275" t="s">
         <v>551</v>
       </c>
       <c r="C275" s="1">
-        <v>52.71</v>
-[...3 lines deleted...]
-      </c>
+        <v>102.51</v>
+      </c>
+      <c r="D275" s="2"/>
     </row>
     <row r="276" spans="1:26">
       <c r="A276" t="s">
         <v>552</v>
       </c>
       <c r="B276" t="s">
         <v>553</v>
       </c>
       <c r="C276" s="1">
-        <v>12</v>
+        <v>52.71</v>
       </c>
       <c r="D276" s="2">
-        <v>4</v>
+        <v>11</v>
       </c>
     </row>
     <row r="277" spans="1:26">
       <c r="A277" t="s">
         <v>554</v>
       </c>
       <c r="B277" t="s">
         <v>555</v>
       </c>
       <c r="C277" s="1">
-        <v>74.25</v>
+        <v>12</v>
       </c>
       <c r="D277" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="278" spans="1:26">
       <c r="A278" t="s">
         <v>556</v>
       </c>
       <c r="B278" t="s">
         <v>557</v>
       </c>
       <c r="C278" s="1">
-        <v>64.03</v>
+        <v>74.25</v>
       </c>
       <c r="D278" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:26">
       <c r="A279" t="s">
         <v>558</v>
       </c>
       <c r="B279" t="s">
         <v>559</v>
       </c>
       <c r="C279" s="1">
-        <v>84.09</v>
+        <v>64.03</v>
       </c>
       <c r="D279" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="280" spans="1:26">
       <c r="A280" t="s">
         <v>560</v>
       </c>
       <c r="B280" t="s">
         <v>561</v>
       </c>
       <c r="C280" s="1">
-        <v>101.36</v>
-[...1 lines deleted...]
-      <c r="D280" s="2"/>
+        <v>84.09</v>
+      </c>
+      <c r="D280" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="281" spans="1:26">
       <c r="A281" t="s">
         <v>562</v>
       </c>
       <c r="B281" t="s">
         <v>563</v>
       </c>
       <c r="C281" s="1">
-        <v>106.83</v>
-[...3 lines deleted...]
-      </c>
+        <v>101.36</v>
+      </c>
+      <c r="D281" s="2"/>
     </row>
     <row r="282" spans="1:26">
       <c r="A282" t="s">
         <v>564</v>
       </c>
       <c r="B282" t="s">
         <v>565</v>
       </c>
       <c r="C282" s="1">
-        <v>90.68</v>
+        <v>106.83</v>
       </c>
       <c r="D282" s="2">
-        <v>13</v>
+        <v>7</v>
       </c>
     </row>
     <row r="283" spans="1:26">
       <c r="A283" t="s">
         <v>566</v>
       </c>
       <c r="B283" t="s">
         <v>567</v>
       </c>
       <c r="C283" s="1">
-        <v>98.43</v>
-[...1 lines deleted...]
-      <c r="D283" s="2"/>
+        <v>90.68</v>
+      </c>
+      <c r="D283" s="2">
+        <v>11</v>
+      </c>
     </row>
     <row r="284" spans="1:26">
       <c r="A284" t="s">
         <v>568</v>
       </c>
       <c r="B284" t="s">
         <v>569</v>
       </c>
       <c r="C284" s="1">
-        <v>216.97</v>
+        <v>98.43</v>
       </c>
       <c r="D284" s="2"/>
     </row>
     <row r="285" spans="1:26">
       <c r="A285" t="s">
         <v>570</v>
       </c>
       <c r="B285" t="s">
         <v>571</v>
       </c>
       <c r="C285" s="1">
-        <v>166.77</v>
+        <v>216.97</v>
       </c>
       <c r="D285" s="2"/>
     </row>
     <row r="286" spans="1:26">
       <c r="A286" t="s">
         <v>572</v>
       </c>
       <c r="B286" t="s">
         <v>573</v>
       </c>
       <c r="C286" s="1">
-        <v>216.97</v>
+        <v>166.77</v>
       </c>
       <c r="D286" s="2"/>
     </row>
     <row r="287" spans="1:26">
       <c r="A287" t="s">
         <v>574</v>
       </c>
       <c r="B287" t="s">
         <v>575</v>
       </c>
       <c r="C287" s="1">
         <v>216.97</v>
       </c>
       <c r="D287" s="2"/>
     </row>
     <row r="288" spans="1:26">
       <c r="A288" t="s">
         <v>576</v>
       </c>
       <c r="B288" t="s">
         <v>577</v>
       </c>
       <c r="C288" s="1">
-        <v>70.06</v>
-[...3 lines deleted...]
-      </c>
+        <v>216.97</v>
+      </c>
+      <c r="D288" s="2"/>
     </row>
     <row r="289" spans="1:26">
       <c r="A289" t="s">
         <v>578</v>
       </c>
       <c r="B289" t="s">
         <v>579</v>
       </c>
       <c r="C289" s="1">
-        <v>39</v>
+        <v>70.06</v>
       </c>
       <c r="D289" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="290" spans="1:26">
       <c r="A290" t="s">
         <v>580</v>
       </c>
       <c r="B290" t="s">
         <v>581</v>
       </c>
       <c r="C290" s="1">
-        <v>35.71</v>
+        <v>39</v>
       </c>
       <c r="D290" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="291" spans="1:26">
       <c r="A291" t="s">
         <v>582</v>
       </c>
       <c r="B291" t="s">
         <v>583</v>
       </c>
       <c r="C291" s="1">
-        <v>80.7</v>
-[...1 lines deleted...]
-      <c r="D291" s="2"/>
+        <v>35.71</v>
+      </c>
+      <c r="D291" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="292" spans="1:26">
       <c r="A292" t="s">
         <v>584</v>
       </c>
       <c r="B292" t="s">
         <v>585</v>
       </c>
       <c r="C292" s="1">
-        <v>40.87</v>
-[...3 lines deleted...]
-      </c>
+        <v>80.7</v>
+      </c>
+      <c r="D292" s="2"/>
     </row>
     <row r="293" spans="1:26">
       <c r="A293" t="s">
         <v>586</v>
       </c>
       <c r="B293" t="s">
         <v>587</v>
       </c>
       <c r="C293" s="1">
-        <v>110.25</v>
-[...1 lines deleted...]
-      <c r="D293" s="2"/>
+        <v>40.87</v>
+      </c>
+      <c r="D293" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="294" spans="1:26">
       <c r="A294" t="s">
         <v>588</v>
       </c>
       <c r="B294" t="s">
         <v>589</v>
       </c>
-      <c r="C294" s="1"/>
+      <c r="C294" s="1">
+        <v>110.25</v>
+      </c>
       <c r="D294" s="2"/>
     </row>
     <row r="295" spans="1:26">
       <c r="A295" t="s">
         <v>590</v>
       </c>
       <c r="B295" t="s">
         <v>591</v>
       </c>
       <c r="C295" s="1"/>
       <c r="D295" s="2"/>
     </row>
     <row r="296" spans="1:26">
       <c r="A296" t="s">
         <v>592</v>
       </c>
       <c r="B296" t="s">
         <v>593</v>
       </c>
       <c r="C296" s="1"/>
       <c r="D296" s="2"/>
     </row>
     <row r="297" spans="1:26">
       <c r="A297" t="s">
         <v>594</v>
       </c>
       <c r="B297" t="s">
         <v>595</v>
       </c>
-      <c r="C297" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C297" s="1"/>
+      <c r="D297" s="2"/>
     </row>
     <row r="298" spans="1:26">
       <c r="A298" t="s">
         <v>596</v>
       </c>
       <c r="B298" t="s">
         <v>597</v>
       </c>
       <c r="C298" s="1">
-        <v>16.5</v>
-[...1 lines deleted...]
-      <c r="D298" s="2"/>
+        <v>11.6</v>
+      </c>
+      <c r="D298" s="2">
+        <v>10</v>
+      </c>
     </row>
     <row r="299" spans="1:26">
       <c r="A299" t="s">
         <v>598</v>
       </c>
       <c r="B299" t="s">
         <v>599</v>
       </c>
-      <c r="C299" s="1"/>
+      <c r="C299" s="1">
+        <v>16.5</v>
+      </c>
       <c r="D299" s="2"/>
     </row>
     <row r="300" spans="1:26">
       <c r="A300" t="s">
         <v>600</v>
       </c>
       <c r="B300" t="s">
         <v>601</v>
       </c>
       <c r="C300" s="1"/>
       <c r="D300" s="2"/>
     </row>
     <row r="301" spans="1:26">
       <c r="A301" t="s">
         <v>602</v>
       </c>
       <c r="B301" t="s">
         <v>603</v>
       </c>
-      <c r="C301" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C301" s="1"/>
+      <c r="D301" s="2"/>
     </row>
     <row r="302" spans="1:26">
       <c r="A302" t="s">
         <v>604</v>
       </c>
       <c r="B302" t="s">
         <v>605</v>
       </c>
-      <c r="C302" s="1"/>
-      <c r="D302" s="2"/>
+      <c r="C302" s="1">
+        <v>11.62</v>
+      </c>
+      <c r="D302" s="2">
+        <v>27</v>
+      </c>
     </row>
     <row r="303" spans="1:26">
       <c r="A303" t="s">
         <v>606</v>
       </c>
       <c r="B303" t="s">
         <v>607</v>
       </c>
-      <c r="C303" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C303" s="1"/>
+      <c r="D303" s="2"/>
     </row>
     <row r="304" spans="1:26">
       <c r="A304" t="s">
         <v>608</v>
       </c>
       <c r="B304" t="s">
         <v>609</v>
       </c>
-      <c r="C304" s="1"/>
-      <c r="D304" s="2"/>
+      <c r="C304" s="1">
+        <v>16.99</v>
+      </c>
+      <c r="D304" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="305" spans="1:26">
       <c r="A305" t="s">
         <v>610</v>
       </c>
       <c r="B305" t="s">
         <v>611</v>
       </c>
-      <c r="C305" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C305" s="1"/>
+      <c r="D305" s="2"/>
     </row>
     <row r="306" spans="1:26">
       <c r="A306" t="s">
         <v>612</v>
       </c>
       <c r="B306" t="s">
         <v>613</v>
       </c>
-      <c r="C306" s="1"/>
-      <c r="D306" s="2"/>
+      <c r="C306" s="1">
+        <v>14.41</v>
+      </c>
+      <c r="D306" s="2">
+        <v>8</v>
+      </c>
     </row>
     <row r="307" spans="1:26">
       <c r="A307" t="s">
         <v>614</v>
       </c>
       <c r="B307" t="s">
         <v>615</v>
       </c>
       <c r="C307" s="1"/>
       <c r="D307" s="2"/>
     </row>
     <row r="308" spans="1:26">
       <c r="A308" t="s">
         <v>616</v>
       </c>
       <c r="B308" t="s">
         <v>617</v>
       </c>
-      <c r="C308" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C308" s="1"/>
       <c r="D308" s="2"/>
     </row>
     <row r="309" spans="1:26">
       <c r="A309" t="s">
         <v>618</v>
       </c>
       <c r="B309" t="s">
         <v>619</v>
       </c>
       <c r="C309" s="1">
-        <v>11.22</v>
+        <v>36.01</v>
       </c>
       <c r="D309" s="2"/>
     </row>
     <row r="310" spans="1:26">
       <c r="A310" t="s">
         <v>620</v>
       </c>
       <c r="B310" t="s">
         <v>621</v>
       </c>
       <c r="C310" s="1">
-        <v>13.42</v>
+        <v>11.22</v>
       </c>
       <c r="D310" s="2"/>
     </row>
     <row r="311" spans="1:26">
       <c r="A311" t="s">
         <v>622</v>
       </c>
       <c r="B311" t="s">
         <v>623</v>
       </c>
-      <c r="C311" s="1"/>
+      <c r="C311" s="1">
+        <v>13.42</v>
+      </c>
       <c r="D311" s="2"/>
     </row>
     <row r="312" spans="1:26">
       <c r="A312" t="s">
         <v>624</v>
       </c>
       <c r="B312" t="s">
         <v>625</v>
       </c>
-      <c r="C312" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C312" s="1"/>
+      <c r="D312" s="2"/>
     </row>
     <row r="313" spans="1:26">
       <c r="A313" t="s">
         <v>626</v>
       </c>
       <c r="B313" t="s">
         <v>627</v>
       </c>
       <c r="C313" s="1">
         <v>61.2</v>
       </c>
-      <c r="D313" s="2"/>
+      <c r="D313" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="314" spans="1:26">
       <c r="A314" t="s">
         <v>628</v>
       </c>
       <c r="B314" t="s">
         <v>629</v>
       </c>
-      <c r="C314" s="1"/>
+      <c r="C314" s="1">
+        <v>61.2</v>
+      </c>
       <c r="D314" s="2"/>
     </row>
     <row r="315" spans="1:26">
       <c r="A315" t="s">
         <v>630</v>
       </c>
       <c r="B315" t="s">
         <v>631</v>
       </c>
       <c r="C315" s="1"/>
       <c r="D315" s="2"/>
     </row>
     <row r="316" spans="1:26">
       <c r="A316" t="s">
         <v>632</v>
       </c>
       <c r="B316" t="s">
         <v>633</v>
       </c>
-      <c r="C316" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C316" s="1"/>
       <c r="D316" s="2"/>
     </row>
     <row r="317" spans="1:26">
       <c r="A317" t="s">
         <v>634</v>
       </c>
       <c r="B317" t="s">
         <v>635</v>
       </c>
       <c r="C317" s="1">
-        <v>844.8</v>
+        <v>280.8</v>
       </c>
       <c r="D317" s="2"/>
     </row>
     <row r="318" spans="1:26">
       <c r="A318" t="s">
         <v>636</v>
       </c>
       <c r="B318" t="s">
         <v>637</v>
       </c>
       <c r="C318" s="1">
-        <v>1358.4</v>
+        <v>844.8</v>
       </c>
       <c r="D318" s="2"/>
     </row>
     <row r="319" spans="1:26">
       <c r="A319" t="s">
         <v>638</v>
       </c>
       <c r="B319" t="s">
         <v>639</v>
       </c>
       <c r="C319" s="1">
-        <v>422.4</v>
+        <v>1358.4</v>
       </c>
       <c r="D319" s="2"/>
     </row>
     <row r="320" spans="1:26">
       <c r="A320" t="s">
         <v>640</v>
       </c>
       <c r="B320" t="s">
         <v>641</v>
       </c>
       <c r="C320" s="1">
-        <v>1291.2</v>
+        <v>422.4</v>
       </c>
       <c r="D320" s="2"/>
     </row>
     <row r="321" spans="1:26">
       <c r="A321" t="s">
         <v>642</v>
       </c>
       <c r="B321" t="s">
         <v>643</v>
       </c>
       <c r="C321" s="1">
-        <v>406.8</v>
+        <v>1291.2</v>
       </c>
       <c r="D321" s="2"/>
     </row>
     <row r="322" spans="1:26">
       <c r="A322" t="s">
         <v>644</v>
       </c>
       <c r="B322" t="s">
         <v>645</v>
       </c>
       <c r="C322" s="1">
-        <v>694.8</v>
+        <v>406.8</v>
       </c>
       <c r="D322" s="2"/>
     </row>
     <row r="323" spans="1:26">
       <c r="A323" t="s">
         <v>646</v>
       </c>
       <c r="B323" t="s">
         <v>647</v>
       </c>
       <c r="C323" s="1">
-        <v>766.8</v>
+        <v>694.8</v>
       </c>
       <c r="D323" s="2"/>
     </row>
     <row r="324" spans="1:26">
       <c r="A324" t="s">
         <v>648</v>
       </c>
       <c r="B324" t="s">
         <v>649</v>
       </c>
       <c r="C324" s="1">
-        <v>1165.2</v>
+        <v>766.8</v>
       </c>
       <c r="D324" s="2"/>
     </row>
     <row r="325" spans="1:26">
       <c r="A325" t="s">
         <v>650</v>
       </c>
       <c r="B325" t="s">
         <v>651</v>
       </c>
       <c r="C325" s="1">
-        <v>837.6</v>
+        <v>1165.2</v>
       </c>
       <c r="D325" s="2"/>
     </row>
     <row r="326" spans="1:26">
       <c r="A326" t="s">
         <v>652</v>
       </c>
       <c r="B326" t="s">
         <v>653</v>
       </c>
       <c r="C326" s="1">
-        <v>651.6</v>
+        <v>837.6</v>
       </c>
       <c r="D326" s="2"/>
     </row>
     <row r="327" spans="1:26">
       <c r="A327" t="s">
         <v>654</v>
       </c>
       <c r="B327" t="s">
         <v>655</v>
       </c>
       <c r="C327" s="1">
-        <v>129.6</v>
+        <v>651.6</v>
       </c>
       <c r="D327" s="2"/>
     </row>
     <row r="328" spans="1:26">
       <c r="A328" t="s">
         <v>656</v>
       </c>
       <c r="B328" t="s">
         <v>657</v>
       </c>
       <c r="C328" s="1">
-        <v>199.86</v>
+        <v>129.6</v>
       </c>
       <c r="D328" s="2"/>
     </row>
     <row r="329" spans="1:26">
       <c r="A329" t="s">
         <v>658</v>
       </c>
       <c r="B329" t="s">
         <v>659</v>
       </c>
       <c r="C329" s="1">
-        <v>218.1</v>
+        <v>199.86</v>
       </c>
       <c r="D329" s="2"/>
     </row>
     <row r="330" spans="1:26">
       <c r="A330" t="s">
         <v>660</v>
       </c>
       <c r="B330" t="s">
         <v>661</v>
       </c>
       <c r="C330" s="1">
         <v>218.1</v>
       </c>
       <c r="D330" s="2"/>
     </row>
     <row r="331" spans="1:26">
       <c r="A331" t="s">
         <v>662</v>
       </c>
       <c r="B331" t="s">
         <v>663</v>
       </c>
       <c r="C331" s="1">
-        <v>63.6</v>
+        <v>218.1</v>
       </c>
       <c r="D331" s="2"/>
     </row>
     <row r="332" spans="1:26">
       <c r="A332" t="s">
         <v>664</v>
       </c>
       <c r="B332" t="s">
         <v>665</v>
       </c>
       <c r="C332" s="1">
-        <v>135.6</v>
+        <v>63.6</v>
       </c>
       <c r="D332" s="2"/>
     </row>
     <row r="333" spans="1:26">
       <c r="A333" t="s">
         <v>666</v>
       </c>
       <c r="B333" t="s">
         <v>667</v>
       </c>
       <c r="C333" s="1">
-        <v>216</v>
+        <v>135.6</v>
       </c>
       <c r="D333" s="2"/>
     </row>
     <row r="334" spans="1:26">
       <c r="A334" t="s">
         <v>668</v>
       </c>
       <c r="B334" t="s">
         <v>669</v>
       </c>
       <c r="C334" s="1">
-        <v>18.97</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="D334" s="2"/>
     </row>
     <row r="335" spans="1:26">
       <c r="A335" t="s">
         <v>670</v>
       </c>
       <c r="B335" t="s">
         <v>671</v>
       </c>
       <c r="C335" s="1">
-        <v>20.07</v>
+        <v>18.97</v>
       </c>
       <c r="D335" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:26">
       <c r="A336" t="s">
         <v>672</v>
       </c>
       <c r="B336" t="s">
         <v>673</v>
       </c>
-      <c r="C336" s="1"/>
-      <c r="D336" s="2"/>
+      <c r="C336" s="1">
+        <v>20.07</v>
+      </c>
+      <c r="D336" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="337" spans="1:26">
       <c r="A337" t="s">
         <v>674</v>
       </c>
       <c r="B337" t="s">
         <v>675</v>
       </c>
       <c r="C337" s="1"/>
       <c r="D337" s="2"/>
     </row>
     <row r="338" spans="1:26">
       <c r="A338" t="s">
         <v>676</v>
       </c>
       <c r="B338" t="s">
         <v>677</v>
       </c>
-      <c r="C338" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C338" s="1"/>
+      <c r="D338" s="2"/>
     </row>
     <row r="339" spans="1:26">
       <c r="A339" t="s">
         <v>678</v>
       </c>
       <c r="B339" t="s">
         <v>679</v>
       </c>
-      <c r="C339" s="1"/>
-      <c r="D339" s="2"/>
+      <c r="C339" s="1">
+        <v>16.5</v>
+      </c>
+      <c r="D339" s="2">
+        <v>10</v>
+      </c>
     </row>
     <row r="340" spans="1:26">
       <c r="A340" t="s">
         <v>680</v>
       </c>
       <c r="B340" t="s">
         <v>681</v>
       </c>
-      <c r="C340" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C340" s="1"/>
+      <c r="D340" s="2"/>
     </row>
     <row r="341" spans="1:26">
       <c r="A341" t="s">
         <v>682</v>
       </c>
       <c r="B341" t="s">
         <v>683</v>
       </c>
       <c r="C341" s="1">
-        <v>6.55</v>
-[...1 lines deleted...]
-      <c r="D341" s="2"/>
+        <v>1.25</v>
+      </c>
+      <c r="D341" s="2">
+        <v>27</v>
+      </c>
     </row>
     <row r="342" spans="1:26">
       <c r="A342" t="s">
         <v>684</v>
       </c>
       <c r="B342" t="s">
         <v>685</v>
       </c>
       <c r="C342" s="1">
-        <v>5.11</v>
+        <v>6.55</v>
       </c>
       <c r="D342" s="2"/>
     </row>
     <row r="343" spans="1:26">
       <c r="A343" t="s">
         <v>686</v>
       </c>
       <c r="B343" t="s">
         <v>687</v>
       </c>
       <c r="C343" s="1">
         <v>5.11</v>
       </c>
       <c r="D343" s="2"/>
     </row>
     <row r="344" spans="1:26">
       <c r="A344" t="s">
         <v>688</v>
       </c>
       <c r="B344" t="s">
         <v>689</v>
       </c>
-      <c r="C344" s="1"/>
+      <c r="C344" s="1">
+        <v>5.11</v>
+      </c>
       <c r="D344" s="2"/>
     </row>
     <row r="345" spans="1:26">
       <c r="A345" t="s">
         <v>690</v>
       </c>
       <c r="B345" t="s">
         <v>691</v>
       </c>
-      <c r="C345" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C345" s="1"/>
+      <c r="D345" s="2"/>
     </row>
     <row r="346" spans="1:26">
       <c r="A346" t="s">
         <v>692</v>
       </c>
       <c r="B346" t="s">
         <v>693</v>
       </c>
-      <c r="C346" s="1"/>
-      <c r="D346" s="2"/>
+      <c r="C346" s="1">
+        <v>3.83</v>
+      </c>
+      <c r="D346" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="347" spans="1:26">
       <c r="A347" t="s">
         <v>694</v>
       </c>
       <c r="B347" t="s">
         <v>695</v>
       </c>
-      <c r="C347" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C347" s="1"/>
       <c r="D347" s="2"/>
     </row>
     <row r="348" spans="1:26">
       <c r="A348" t="s">
         <v>696</v>
       </c>
       <c r="B348" t="s">
         <v>697</v>
       </c>
-      <c r="C348" s="1"/>
+      <c r="C348" s="1">
+        <v>2.7</v>
+      </c>
       <c r="D348" s="2"/>
     </row>
     <row r="349" spans="1:26">
       <c r="A349" t="s">
         <v>698</v>
       </c>
       <c r="B349" t="s">
         <v>699</v>
       </c>
-      <c r="C349" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C349" s="1"/>
+      <c r="D349" s="2"/>
     </row>
     <row r="350" spans="1:26">
       <c r="A350" t="s">
         <v>700</v>
       </c>
       <c r="B350" t="s">
         <v>701</v>
       </c>
       <c r="C350" s="1">
-        <v>18.75</v>
-[...1 lines deleted...]
-      <c r="D350" s="2"/>
+        <v>14.87</v>
+      </c>
+      <c r="D350" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="351" spans="1:26">
       <c r="A351" t="s">
         <v>702</v>
       </c>
       <c r="B351" t="s">
         <v>703</v>
       </c>
       <c r="C351" s="1">
-        <v>18.25</v>
+        <v>18.75</v>
       </c>
       <c r="D351" s="2"/>
     </row>
     <row r="352" spans="1:26">
       <c r="A352" t="s">
         <v>704</v>
       </c>
       <c r="B352" t="s">
         <v>705</v>
       </c>
       <c r="C352" s="1">
-        <v>28.75</v>
-[...3 lines deleted...]
-      </c>
+        <v>18.25</v>
+      </c>
+      <c r="D352" s="2"/>
     </row>
     <row r="353" spans="1:26">
       <c r="A353" t="s">
         <v>706</v>
       </c>
       <c r="B353" t="s">
         <v>707</v>
       </c>
       <c r="C353" s="1">
-        <v>31.9</v>
+        <v>28.75</v>
       </c>
       <c r="D353" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:26">
       <c r="A354" t="s">
         <v>708</v>
       </c>
       <c r="B354" t="s">
         <v>709</v>
       </c>
-      <c r="C354" s="1"/>
-      <c r="D354" s="2"/>
+      <c r="C354" s="1">
+        <v>31.9</v>
+      </c>
+      <c r="D354" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="355" spans="1:26">
       <c r="A355" t="s">
         <v>710</v>
       </c>
       <c r="B355" t="s">
         <v>711</v>
       </c>
       <c r="C355" s="1"/>
       <c r="D355" s="2"/>
     </row>
     <row r="356" spans="1:26">
       <c r="A356" t="s">
         <v>712</v>
       </c>
       <c r="B356" t="s">
         <v>713</v>
       </c>
-      <c r="C356" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C356" s="1"/>
+      <c r="D356" s="2"/>
     </row>
     <row r="357" spans="1:26">
       <c r="A357" t="s">
         <v>714</v>
       </c>
       <c r="B357" t="s">
         <v>715</v>
       </c>
       <c r="C357" s="1">
         <v>9.83</v>
       </c>
       <c r="D357" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="358" spans="1:26">
       <c r="A358" t="s">
         <v>716</v>
       </c>
       <c r="B358" t="s">
         <v>717</v>
       </c>
       <c r="C358" s="1">
-        <v>10.89</v>
+        <v>9.83</v>
       </c>
       <c r="D358" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="359" spans="1:26">
       <c r="A359" t="s">
         <v>718</v>
       </c>
       <c r="B359" t="s">
         <v>719</v>
       </c>
       <c r="C359" s="1">
-        <v>12.05</v>
+        <v>10.89</v>
       </c>
       <c r="D359" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="360" spans="1:26">
       <c r="A360" t="s">
         <v>720</v>
       </c>
       <c r="B360" t="s">
         <v>721</v>
       </c>
       <c r="C360" s="1">
         <v>12.05</v>
       </c>
-      <c r="D360" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D360" s="2"/>
     </row>
     <row r="361" spans="1:26">
       <c r="A361" t="s">
         <v>722</v>
       </c>
       <c r="B361" t="s">
         <v>723</v>
       </c>
       <c r="C361" s="1">
         <v>12.05</v>
       </c>
       <c r="D361" s="2">
-        <v>11</v>
+        <v>5</v>
       </c>
     </row>
     <row r="362" spans="1:26">
       <c r="A362" t="s">
         <v>724</v>
       </c>
       <c r="B362" t="s">
         <v>725</v>
       </c>
       <c r="C362" s="1">
-        <v>11.46</v>
+        <v>12.05</v>
       </c>
       <c r="D362" s="2">
-        <v>1</v>
+        <v>9</v>
       </c>
     </row>
     <row r="363" spans="1:26">
       <c r="A363" t="s">
         <v>726</v>
       </c>
       <c r="B363" t="s">
         <v>727</v>
       </c>
       <c r="C363" s="1">
-        <v>11.99</v>
+        <v>11.46</v>
       </c>
       <c r="D363" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:26">
       <c r="A364" t="s">
         <v>728</v>
       </c>
       <c r="B364" t="s">
         <v>729</v>
       </c>
       <c r="C364" s="1">
-        <v>11.46</v>
+        <v>11.99</v>
       </c>
       <c r="D364" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:26">
       <c r="A365" t="s">
         <v>730</v>
       </c>
       <c r="B365" t="s">
         <v>731</v>
       </c>
       <c r="C365" s="1">
-        <v>11.77</v>
+        <v>11.46</v>
       </c>
       <c r="D365" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:26">
       <c r="A366" t="s">
         <v>732</v>
       </c>
       <c r="B366" t="s">
         <v>733</v>
       </c>
       <c r="C366" s="1">
         <v>11.77</v>
       </c>
-      <c r="D366" s="2"/>
+      <c r="D366" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="367" spans="1:26">
       <c r="A367" t="s">
         <v>734</v>
       </c>
       <c r="B367" t="s">
         <v>735</v>
       </c>
       <c r="C367" s="1">
-        <v>10.45</v>
-[...3 lines deleted...]
-      </c>
+        <v>11.77</v>
+      </c>
+      <c r="D367" s="2"/>
     </row>
     <row r="368" spans="1:26">
       <c r="A368" t="s">
         <v>736</v>
       </c>
       <c r="B368" t="s">
         <v>737</v>
       </c>
       <c r="C368" s="1">
-        <v>10.9</v>
+        <v>10.45</v>
       </c>
       <c r="D368" s="2">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="369" spans="1:26">
       <c r="A369" t="s">
         <v>738</v>
       </c>
       <c r="B369" t="s">
         <v>739</v>
       </c>
       <c r="C369" s="1">
-        <v>10.12</v>
+        <v>10.9</v>
       </c>
       <c r="D369" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="370" spans="1:26">
       <c r="A370" t="s">
         <v>740</v>
       </c>
       <c r="B370" t="s">
         <v>741</v>
       </c>
       <c r="C370" s="1">
-        <v>14.58</v>
+        <v>10.12</v>
       </c>
       <c r="D370" s="2">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="371" spans="1:26">
       <c r="A371" t="s">
         <v>742</v>
       </c>
       <c r="B371" t="s">
         <v>743</v>
       </c>
-      <c r="C371" s="1"/>
-      <c r="D371" s="2"/>
+      <c r="C371" s="1">
+        <v>14.58</v>
+      </c>
+      <c r="D371" s="2">
+        <v>10</v>
+      </c>
     </row>
     <row r="372" spans="1:26">
       <c r="A372" t="s">
         <v>744</v>
       </c>
       <c r="B372" t="s">
         <v>745</v>
       </c>
       <c r="C372" s="1"/>
       <c r="D372" s="2"/>
     </row>
     <row r="373" spans="1:26">
       <c r="A373" t="s">
         <v>746</v>
       </c>
       <c r="B373" t="s">
         <v>747</v>
       </c>
       <c r="C373" s="1"/>
       <c r="D373" s="2"/>
     </row>
     <row r="374" spans="1:26">
       <c r="A374" t="s">
         <v>748</v>
       </c>
       <c r="B374" t="s">
         <v>749</v>
       </c>
-      <c r="C374" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C374" s="1"/>
       <c r="D374" s="2"/>
     </row>
     <row r="375" spans="1:26">
       <c r="A375" t="s">
         <v>750</v>
       </c>
       <c r="B375" t="s">
         <v>751</v>
       </c>
       <c r="C375" s="1">
-        <v>19.14</v>
-[...3 lines deleted...]
-      </c>
+        <v>20.35</v>
+      </c>
+      <c r="D375" s="2"/>
     </row>
     <row r="376" spans="1:26">
       <c r="A376" t="s">
         <v>752</v>
       </c>
       <c r="B376" t="s">
         <v>753</v>
       </c>
       <c r="C376" s="1">
         <v>19.14</v>
       </c>
-      <c r="D376" s="2"/>
+      <c r="D376" s="2">
+        <v>16</v>
+      </c>
     </row>
     <row r="377" spans="1:26">
       <c r="A377" t="s">
         <v>754</v>
       </c>
       <c r="B377" t="s">
         <v>755</v>
       </c>
       <c r="C377" s="1">
-        <v>24.09</v>
+        <v>19.14</v>
       </c>
       <c r="D377" s="2"/>
     </row>
     <row r="378" spans="1:26">
       <c r="A378" t="s">
         <v>756</v>
       </c>
       <c r="B378" t="s">
         <v>757</v>
       </c>
-      <c r="C378" s="1"/>
+      <c r="C378" s="1">
+        <v>24.09</v>
+      </c>
       <c r="D378" s="2"/>
     </row>
     <row r="379" spans="1:26">
       <c r="A379" t="s">
         <v>758</v>
       </c>
       <c r="B379" t="s">
         <v>759</v>
       </c>
       <c r="C379" s="1"/>
       <c r="D379" s="2"/>
     </row>
     <row r="380" spans="1:26">
       <c r="A380" t="s">
         <v>760</v>
       </c>
       <c r="B380" t="s">
         <v>761</v>
       </c>
       <c r="C380" s="1"/>
       <c r="D380" s="2"/>
     </row>
     <row r="381" spans="1:26">
       <c r="A381" t="s">
         <v>762</v>
       </c>
       <c r="B381" t="s">
         <v>763</v>
       </c>
-      <c r="C381" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C381" s="1"/>
       <c r="D381" s="2"/>
     </row>
     <row r="382" spans="1:26">
       <c r="A382" t="s">
         <v>764</v>
       </c>
       <c r="B382" t="s">
         <v>765</v>
       </c>
-      <c r="C382" s="1"/>
+      <c r="C382" s="1">
+        <v>95.26</v>
+      </c>
       <c r="D382" s="2"/>
     </row>
     <row r="383" spans="1:26">
       <c r="A383" t="s">
         <v>766</v>
       </c>
       <c r="B383" t="s">
         <v>767</v>
       </c>
       <c r="C383" s="1"/>
       <c r="D383" s="2"/>
     </row>
     <row r="384" spans="1:26">
       <c r="A384" t="s">
         <v>768</v>
       </c>
       <c r="B384" t="s">
         <v>769</v>
       </c>
       <c r="C384" s="1"/>
       <c r="D384" s="2"/>
     </row>
     <row r="385" spans="1:26">
       <c r="A385" t="s">
         <v>770</v>
@@ -10740,64 +10756,66 @@
         <v>788</v>
       </c>
       <c r="B394" t="s">
         <v>789</v>
       </c>
       <c r="C394" s="1"/>
       <c r="D394" s="2"/>
     </row>
     <row r="395" spans="1:26">
       <c r="A395" t="s">
         <v>790</v>
       </c>
       <c r="B395" t="s">
         <v>791</v>
       </c>
       <c r="C395" s="1"/>
       <c r="D395" s="2"/>
     </row>
     <row r="396" spans="1:26">
       <c r="A396" t="s">
         <v>792</v>
       </c>
       <c r="B396" t="s">
         <v>793</v>
       </c>
-      <c r="C396" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C396" s="1"/>
       <c r="D396" s="2"/>
     </row>
     <row r="397" spans="1:26">
       <c r="A397" t="s">
         <v>794</v>
       </c>
       <c r="B397" t="s">
         <v>795</v>
       </c>
-      <c r="C397" s="1"/>
-      <c r="D397" s="2"/>
+      <c r="C397" s="1">
+        <v>72.6</v>
+      </c>
+      <c r="D397" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="398" spans="1:26">
       <c r="A398" t="s">
         <v>796</v>
       </c>
       <c r="B398" t="s">
         <v>797</v>
       </c>
       <c r="C398" s="1"/>
       <c r="D398" s="2"/>
     </row>
     <row r="399" spans="1:26">
       <c r="A399" t="s">
         <v>798</v>
       </c>
       <c r="B399" t="s">
         <v>799</v>
       </c>
       <c r="C399" s="1"/>
       <c r="D399" s="2"/>
     </row>
     <row r="400" spans="1:26">
       <c r="A400" t="s">
         <v>800</v>
       </c>
@@ -10822,802 +10840,812 @@
         <v>804</v>
       </c>
       <c r="B402" t="s">
         <v>805</v>
       </c>
       <c r="C402" s="1"/>
       <c r="D402" s="2"/>
     </row>
     <row r="403" spans="1:26">
       <c r="A403" t="s">
         <v>806</v>
       </c>
       <c r="B403" t="s">
         <v>807</v>
       </c>
       <c r="C403" s="1"/>
       <c r="D403" s="2"/>
     </row>
     <row r="404" spans="1:26">
       <c r="A404" t="s">
         <v>808</v>
       </c>
       <c r="B404" t="s">
         <v>809</v>
       </c>
-      <c r="C404" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C404" s="1"/>
       <c r="D404" s="2"/>
     </row>
     <row r="405" spans="1:26">
       <c r="A405" t="s">
         <v>810</v>
       </c>
       <c r="B405" t="s">
         <v>811</v>
       </c>
       <c r="C405" s="1">
-        <v>32.23</v>
+        <v>18.37</v>
       </c>
       <c r="D405" s="2"/>
     </row>
     <row r="406" spans="1:26">
       <c r="A406" t="s">
         <v>812</v>
       </c>
       <c r="B406" t="s">
         <v>813</v>
       </c>
       <c r="C406" s="1">
-        <v>19.52</v>
+        <v>32.23</v>
       </c>
       <c r="D406" s="2"/>
     </row>
     <row r="407" spans="1:26">
       <c r="A407" t="s">
         <v>814</v>
       </c>
       <c r="B407" t="s">
         <v>815</v>
       </c>
       <c r="C407" s="1">
-        <v>37.29</v>
+        <v>19.52</v>
       </c>
       <c r="D407" s="2"/>
     </row>
     <row r="408" spans="1:26">
       <c r="A408" t="s">
         <v>816</v>
       </c>
       <c r="B408" t="s">
         <v>817</v>
       </c>
-      <c r="C408" s="1"/>
+      <c r="C408" s="1">
+        <v>37.29</v>
+      </c>
       <c r="D408" s="2"/>
     </row>
     <row r="409" spans="1:26">
       <c r="A409" t="s">
         <v>818</v>
       </c>
       <c r="B409" t="s">
         <v>819</v>
       </c>
       <c r="C409" s="1"/>
       <c r="D409" s="2"/>
     </row>
     <row r="410" spans="1:26">
       <c r="A410" t="s">
         <v>820</v>
       </c>
       <c r="B410" t="s">
         <v>821</v>
       </c>
       <c r="C410" s="1"/>
       <c r="D410" s="2"/>
     </row>
     <row r="411" spans="1:26">
       <c r="A411" t="s">
         <v>822</v>
       </c>
       <c r="B411" t="s">
         <v>823</v>
       </c>
       <c r="C411" s="1"/>
       <c r="D411" s="2"/>
     </row>
     <row r="412" spans="1:26">
       <c r="A412" t="s">
         <v>824</v>
       </c>
       <c r="B412" t="s">
         <v>825</v>
       </c>
       <c r="C412" s="1"/>
       <c r="D412" s="2"/>
     </row>
     <row r="413" spans="1:26">
       <c r="A413" t="s">
         <v>826</v>
       </c>
       <c r="B413" t="s">
         <v>827</v>
       </c>
-      <c r="C413" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C413" s="1"/>
+      <c r="D413" s="2"/>
     </row>
     <row r="414" spans="1:26">
       <c r="A414" t="s">
         <v>828</v>
       </c>
       <c r="B414" t="s">
         <v>829</v>
       </c>
       <c r="C414" s="1">
-        <v>25.76</v>
-[...1 lines deleted...]
-      <c r="D414" s="2"/>
+        <v>20.9</v>
+      </c>
+      <c r="D414" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="415" spans="1:26">
       <c r="A415" t="s">
         <v>830</v>
       </c>
       <c r="B415" t="s">
         <v>831</v>
       </c>
       <c r="C415" s="1">
-        <v>13.09</v>
-[...3 lines deleted...]
-      </c>
+        <v>25.76</v>
+      </c>
+      <c r="D415" s="2"/>
     </row>
     <row r="416" spans="1:26">
       <c r="A416" t="s">
         <v>832</v>
       </c>
       <c r="B416" t="s">
         <v>833</v>
       </c>
       <c r="C416" s="1">
-        <v>10.83</v>
+        <v>13.09</v>
       </c>
       <c r="D416" s="2">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="417" spans="1:26">
       <c r="A417" t="s">
         <v>834</v>
       </c>
       <c r="B417" t="s">
         <v>835</v>
       </c>
       <c r="C417" s="1">
-        <v>11.05</v>
+        <v>10.83</v>
       </c>
       <c r="D417" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:26">
       <c r="A418" t="s">
         <v>836</v>
       </c>
       <c r="B418" t="s">
         <v>837</v>
       </c>
       <c r="C418" s="1">
-        <v>11</v>
+        <v>11.05</v>
       </c>
       <c r="D418" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:26">
       <c r="A419" t="s">
         <v>838</v>
       </c>
       <c r="B419" t="s">
         <v>839</v>
       </c>
       <c r="C419" s="1">
-        <v>33.06</v>
-[...1 lines deleted...]
-      <c r="D419" s="2"/>
+        <v>11</v>
+      </c>
+      <c r="D419" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="420" spans="1:26">
       <c r="A420" t="s">
         <v>840</v>
       </c>
       <c r="B420" t="s">
         <v>841</v>
       </c>
       <c r="C420" s="1">
-        <v>39.96</v>
+        <v>33.06</v>
       </c>
       <c r="D420" s="2"/>
     </row>
     <row r="421" spans="1:26">
       <c r="A421" t="s">
         <v>842</v>
       </c>
       <c r="B421" t="s">
         <v>843</v>
       </c>
       <c r="C421" s="1">
-        <v>21.45</v>
+        <v>39.96</v>
       </c>
       <c r="D421" s="2"/>
     </row>
     <row r="422" spans="1:26">
       <c r="A422" t="s">
         <v>844</v>
       </c>
       <c r="B422" t="s">
         <v>845</v>
       </c>
       <c r="C422" s="1">
-        <v>26</v>
+        <v>21.45</v>
       </c>
       <c r="D422" s="2"/>
     </row>
     <row r="423" spans="1:26">
       <c r="A423" t="s">
         <v>846</v>
       </c>
       <c r="B423" t="s">
         <v>847</v>
       </c>
       <c r="C423" s="1">
-        <v>24.2</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="D423" s="2"/>
     </row>
     <row r="424" spans="1:26">
       <c r="A424" t="s">
         <v>848</v>
       </c>
       <c r="B424" t="s">
         <v>849</v>
       </c>
-      <c r="C424" s="1"/>
-      <c r="D424" s="2"/>
+      <c r="C424" s="1">
+        <v>24.2</v>
+      </c>
+      <c r="D424" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="425" spans="1:26">
       <c r="A425" t="s">
         <v>850</v>
       </c>
       <c r="B425" t="s">
         <v>851</v>
       </c>
-      <c r="C425" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C425" s="1"/>
+      <c r="D425" s="2"/>
     </row>
     <row r="426" spans="1:26">
       <c r="A426" t="s">
         <v>852</v>
       </c>
       <c r="B426" t="s">
         <v>853</v>
       </c>
       <c r="C426" s="1">
         <v>27.28</v>
       </c>
       <c r="D426" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="427" spans="1:26">
       <c r="A427" t="s">
         <v>854</v>
       </c>
       <c r="B427" t="s">
         <v>855</v>
       </c>
       <c r="C427" s="1">
         <v>27.28</v>
       </c>
       <c r="D427" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="428" spans="1:26">
       <c r="A428" t="s">
         <v>856</v>
       </c>
       <c r="B428" t="s">
         <v>857</v>
       </c>
       <c r="C428" s="1">
         <v>27.28</v>
       </c>
-      <c r="D428" s="2"/>
+      <c r="D428" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="429" spans="1:26">
       <c r="A429" t="s">
         <v>858</v>
       </c>
       <c r="B429" t="s">
         <v>859</v>
       </c>
-      <c r="C429" s="1"/>
+      <c r="C429" s="1">
+        <v>27.28</v>
+      </c>
       <c r="D429" s="2"/>
     </row>
     <row r="430" spans="1:26">
       <c r="A430" t="s">
         <v>860</v>
       </c>
       <c r="B430" t="s">
         <v>861</v>
       </c>
       <c r="C430" s="1"/>
       <c r="D430" s="2"/>
     </row>
     <row r="431" spans="1:26">
       <c r="A431" t="s">
         <v>862</v>
       </c>
       <c r="B431" t="s">
         <v>863</v>
       </c>
       <c r="C431" s="1"/>
       <c r="D431" s="2"/>
     </row>
     <row r="432" spans="1:26">
       <c r="A432" t="s">
         <v>864</v>
       </c>
       <c r="B432" t="s">
         <v>865</v>
       </c>
       <c r="C432" s="1"/>
       <c r="D432" s="2"/>
     </row>
     <row r="433" spans="1:26">
       <c r="A433" t="s">
         <v>866</v>
       </c>
       <c r="B433" t="s">
         <v>867</v>
       </c>
       <c r="C433" s="1"/>
       <c r="D433" s="2"/>
     </row>
     <row r="434" spans="1:26">
       <c r="A434" t="s">
         <v>868</v>
       </c>
       <c r="B434" t="s">
         <v>869</v>
       </c>
-      <c r="C434" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C434" s="1"/>
+      <c r="D434" s="2"/>
     </row>
     <row r="435" spans="1:26">
       <c r="A435" t="s">
         <v>870</v>
       </c>
       <c r="B435" t="s">
         <v>871</v>
       </c>
-      <c r="C435" s="1"/>
-      <c r="D435" s="2"/>
+      <c r="C435" s="1">
+        <v>156.25</v>
+      </c>
+      <c r="D435" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="436" spans="1:26">
       <c r="A436" t="s">
         <v>872</v>
       </c>
       <c r="B436" t="s">
         <v>873</v>
       </c>
       <c r="C436" s="1"/>
       <c r="D436" s="2"/>
     </row>
     <row r="437" spans="1:26">
       <c r="A437" t="s">
         <v>874</v>
       </c>
       <c r="B437" t="s">
         <v>875</v>
       </c>
-      <c r="C437" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C437" s="1"/>
       <c r="D437" s="2"/>
     </row>
     <row r="438" spans="1:26">
       <c r="A438" t="s">
         <v>876</v>
       </c>
       <c r="B438" t="s">
         <v>877</v>
       </c>
-      <c r="C438" s="1"/>
+      <c r="C438" s="1">
+        <v>27.15</v>
+      </c>
       <c r="D438" s="2"/>
     </row>
     <row r="439" spans="1:26">
       <c r="A439" t="s">
         <v>878</v>
       </c>
       <c r="B439" t="s">
         <v>879</v>
       </c>
-      <c r="C439" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C439" s="1"/>
+      <c r="D439" s="2"/>
     </row>
     <row r="440" spans="1:26">
       <c r="A440" t="s">
         <v>880</v>
       </c>
       <c r="B440" t="s">
         <v>881</v>
       </c>
-      <c r="C440" s="1"/>
-      <c r="D440" s="2"/>
+      <c r="C440" s="1">
+        <v>89.38</v>
+      </c>
+      <c r="D440" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="441" spans="1:26">
       <c r="A441" t="s">
         <v>882</v>
       </c>
       <c r="B441" t="s">
         <v>883</v>
       </c>
-      <c r="C441" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C441" s="1"/>
+      <c r="D441" s="2"/>
     </row>
     <row r="442" spans="1:26">
       <c r="A442" t="s">
         <v>884</v>
       </c>
       <c r="B442" t="s">
         <v>885</v>
       </c>
       <c r="C442" s="1">
         <v>89.38</v>
       </c>
       <c r="D442" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:26">
       <c r="A443" t="s">
         <v>886</v>
       </c>
       <c r="B443" t="s">
         <v>887</v>
       </c>
-      <c r="C443" s="1"/>
-      <c r="D443" s="2"/>
+      <c r="C443" s="1">
+        <v>89.38</v>
+      </c>
+      <c r="D443" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="444" spans="1:26">
       <c r="A444" t="s">
         <v>888</v>
       </c>
       <c r="B444" t="s">
         <v>889</v>
       </c>
-      <c r="C444" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C444" s="1"/>
       <c r="D444" s="2"/>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" t="s">
         <v>890</v>
       </c>
       <c r="B445" t="s">
         <v>891</v>
       </c>
       <c r="C445" s="1">
-        <v>101.25</v>
+        <v>87.5</v>
       </c>
       <c r="D445" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" t="s">
         <v>892</v>
       </c>
       <c r="B446" t="s">
         <v>893</v>
       </c>
       <c r="C446" s="1">
         <v>101.25</v>
       </c>
-      <c r="D446" s="2"/>
+      <c r="D446" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="447" spans="1:26">
       <c r="A447" t="s">
         <v>894</v>
       </c>
       <c r="B447" t="s">
         <v>895</v>
       </c>
       <c r="C447" s="1">
         <v>101.25</v>
       </c>
-      <c r="D447" s="2"/>
+      <c r="D447" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="448" spans="1:26">
       <c r="A448" t="s">
         <v>896</v>
       </c>
       <c r="B448" t="s">
         <v>897</v>
       </c>
-      <c r="C448" s="1"/>
+      <c r="C448" s="1">
+        <v>101.25</v>
+      </c>
       <c r="D448" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="449" spans="1:26">
       <c r="A449" t="s">
         <v>898</v>
       </c>
       <c r="B449" t="s">
         <v>899</v>
       </c>
-      <c r="C449" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C449" s="1"/>
+      <c r="D449" s="2"/>
     </row>
     <row r="450" spans="1:26">
       <c r="A450" t="s">
         <v>900</v>
       </c>
       <c r="B450" t="s">
         <v>901</v>
       </c>
       <c r="C450" s="1">
         <v>143</v>
       </c>
-      <c r="D450" s="2"/>
+      <c r="D450" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="451" spans="1:26">
       <c r="A451" t="s">
         <v>902</v>
       </c>
       <c r="B451" t="s">
         <v>903</v>
       </c>
       <c r="C451" s="1">
         <v>143</v>
       </c>
-      <c r="D451" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D451" s="2"/>
     </row>
     <row r="452" spans="1:26">
       <c r="A452" t="s">
         <v>904</v>
       </c>
       <c r="B452" t="s">
         <v>905</v>
       </c>
       <c r="C452" s="1">
-        <v>156.77</v>
-[...1 lines deleted...]
-      <c r="D452" s="2"/>
+        <v>143</v>
+      </c>
+      <c r="D452" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="453" spans="1:26">
       <c r="A453" t="s">
         <v>906</v>
       </c>
       <c r="B453" t="s">
         <v>907</v>
       </c>
       <c r="C453" s="1">
-        <v>54.57</v>
+        <v>156.77</v>
       </c>
       <c r="D453" s="2"/>
     </row>
     <row r="454" spans="1:26">
       <c r="A454" t="s">
         <v>908</v>
       </c>
       <c r="B454" t="s">
         <v>909</v>
       </c>
       <c r="C454" s="1">
         <v>54.57</v>
       </c>
       <c r="D454" s="2"/>
     </row>
     <row r="455" spans="1:26">
       <c r="A455" t="s">
         <v>910</v>
       </c>
       <c r="B455" t="s">
         <v>911</v>
       </c>
       <c r="C455" s="1">
         <v>54.57</v>
       </c>
       <c r="D455" s="2"/>
     </row>
     <row r="456" spans="1:26">
       <c r="A456" t="s">
         <v>912</v>
       </c>
       <c r="B456" t="s">
         <v>913</v>
       </c>
       <c r="C456" s="1">
         <v>54.57</v>
       </c>
       <c r="D456" s="2"/>
     </row>
     <row r="457" spans="1:26">
       <c r="A457" t="s">
         <v>914</v>
       </c>
       <c r="B457" t="s">
         <v>915</v>
       </c>
       <c r="C457" s="1">
         <v>54.57</v>
       </c>
-      <c r="D457" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D457" s="2"/>
     </row>
     <row r="458" spans="1:26">
       <c r="A458" t="s">
         <v>916</v>
       </c>
       <c r="B458" t="s">
         <v>917</v>
       </c>
       <c r="C458" s="1">
         <v>54.57</v>
       </c>
-      <c r="D458" s="2"/>
+      <c r="D458" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="459" spans="1:26">
       <c r="A459" t="s">
         <v>918</v>
       </c>
       <c r="B459" t="s">
         <v>919</v>
       </c>
       <c r="C459" s="1">
         <v>54.57</v>
       </c>
       <c r="D459" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="460" spans="1:26">
       <c r="A460" t="s">
         <v>920</v>
       </c>
       <c r="B460" t="s">
         <v>921</v>
       </c>
       <c r="C460" s="1">
-        <v>55.55</v>
-[...1 lines deleted...]
-      <c r="D460" s="2"/>
+        <v>54.57</v>
+      </c>
+      <c r="D460" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="461" spans="1:26">
       <c r="A461" t="s">
         <v>922</v>
       </c>
       <c r="B461" t="s">
         <v>923</v>
       </c>
       <c r="C461" s="1">
-        <v>54.57</v>
-[...3 lines deleted...]
-      </c>
+        <v>55.55</v>
+      </c>
+      <c r="D461" s="2"/>
     </row>
     <row r="462" spans="1:26">
       <c r="A462" t="s">
         <v>924</v>
       </c>
       <c r="B462" t="s">
         <v>925</v>
       </c>
       <c r="C462" s="1">
-        <v>106.25</v>
-[...1 lines deleted...]
-      <c r="D462" s="2"/>
+        <v>54.57</v>
+      </c>
+      <c r="D462" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="463" spans="1:26">
       <c r="A463" t="s">
         <v>926</v>
       </c>
       <c r="B463" t="s">
         <v>927</v>
       </c>
       <c r="C463" s="1">
-        <v>115.1</v>
-[...1 lines deleted...]
-      <c r="D463" s="2"/>
+        <v>106.25</v>
+      </c>
+      <c r="D463" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="464" spans="1:26">
       <c r="A464" t="s">
         <v>928</v>
       </c>
       <c r="B464" t="s">
         <v>929</v>
       </c>
       <c r="C464" s="1">
-        <v>121.87</v>
-[...1 lines deleted...]
-      <c r="D464" s="2"/>
+        <v>115.1</v>
+      </c>
+      <c r="D464" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="465" spans="1:26">
       <c r="A465" t="s">
         <v>930</v>
       </c>
       <c r="B465" t="s">
         <v>931</v>
       </c>
       <c r="C465" s="1">
-        <v>115.1</v>
-[...1 lines deleted...]
-      <c r="D465" s="2"/>
+        <v>121.87</v>
+      </c>
+      <c r="D465" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="466" spans="1:26">
       <c r="A466" t="s">
         <v>932</v>
       </c>
       <c r="B466" t="s">
         <v>933</v>
       </c>
       <c r="C466" s="1">
-        <v>89.38</v>
+        <v>115.1</v>
       </c>
       <c r="D466" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:26">
       <c r="A467" t="s">
         <v>934</v>
       </c>
       <c r="B467" t="s">
         <v>935</v>
       </c>
       <c r="C467" s="1">
         <v>89.38</v>
       </c>
       <c r="D467" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:26">
       <c r="A468" t="s">
         <v>936</v>
       </c>
       <c r="B468" t="s">
         <v>937</v>
@@ -11631,101 +11659,101 @@
     </row>
     <row r="469" spans="1:26">
       <c r="A469" t="s">
         <v>938</v>
       </c>
       <c r="B469" t="s">
         <v>939</v>
       </c>
       <c r="C469" s="1">
         <v>89.38</v>
       </c>
       <c r="D469" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:26">
       <c r="A470" t="s">
         <v>940</v>
       </c>
       <c r="B470" t="s">
         <v>941</v>
       </c>
       <c r="C470" s="1">
         <v>89.38</v>
       </c>
-      <c r="D470" s="2"/>
+      <c r="D470" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="471" spans="1:26">
       <c r="A471" t="s">
         <v>942</v>
       </c>
       <c r="B471" t="s">
         <v>943</v>
       </c>
       <c r="C471" s="1">
         <v>89.38</v>
       </c>
       <c r="D471" s="2"/>
     </row>
     <row r="472" spans="1:26">
       <c r="A472" t="s">
         <v>944</v>
       </c>
       <c r="B472" t="s">
         <v>945</v>
       </c>
       <c r="C472" s="1">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>89.38</v>
+      </c>
+      <c r="D472" s="2"/>
     </row>
     <row r="473" spans="1:26">
       <c r="A473" t="s">
         <v>946</v>
       </c>
       <c r="B473" t="s">
         <v>947</v>
       </c>
-      <c r="C473" s="1"/>
-      <c r="D473" s="2"/>
+      <c r="C473" s="1">
+        <v>45</v>
+      </c>
+      <c r="D473" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="474" spans="1:26">
       <c r="A474" t="s">
         <v>948</v>
       </c>
       <c r="B474" t="s">
         <v>949</v>
       </c>
-      <c r="C474" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C474" s="1"/>
+      <c r="D474" s="2"/>
     </row>
     <row r="475" spans="1:26">
       <c r="A475" t="s">
         <v>950</v>
       </c>
       <c r="B475" t="s">
         <v>951</v>
       </c>
       <c r="C475" s="1">
         <v>266.95</v>
       </c>
       <c r="D475" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:26">
       <c r="A476" t="s">
         <v>952</v>
       </c>
       <c r="B476" t="s">
         <v>953</v>
       </c>
       <c r="C476" s="1">
         <v>266.95</v>
       </c>
@@ -11749,643 +11777,643 @@
     </row>
     <row r="478" spans="1:26">
       <c r="A478" t="s">
         <v>956</v>
       </c>
       <c r="B478" t="s">
         <v>957</v>
       </c>
       <c r="C478" s="1">
         <v>266.95</v>
       </c>
       <c r="D478" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:26">
       <c r="A479" t="s">
         <v>958</v>
       </c>
       <c r="B479" t="s">
         <v>959</v>
       </c>
       <c r="C479" s="1">
         <v>266.95</v>
       </c>
-      <c r="D479" s="2"/>
+      <c r="D479" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="480" spans="1:26">
       <c r="A480" t="s">
         <v>960</v>
       </c>
       <c r="B480" t="s">
         <v>961</v>
       </c>
       <c r="C480" s="1">
         <v>266.95</v>
       </c>
       <c r="D480" s="2"/>
     </row>
     <row r="481" spans="1:26">
       <c r="A481" t="s">
         <v>962</v>
       </c>
       <c r="B481" t="s">
         <v>963</v>
       </c>
       <c r="C481" s="1">
-        <v>258.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>266.95</v>
+      </c>
+      <c r="D481" s="2"/>
     </row>
     <row r="482" spans="1:26">
       <c r="A482" t="s">
         <v>964</v>
       </c>
       <c r="B482" t="s">
         <v>965</v>
       </c>
       <c r="C482" s="1">
         <v>258.5</v>
       </c>
-      <c r="D482" s="2"/>
+      <c r="D482" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="483" spans="1:26">
       <c r="A483" t="s">
         <v>966</v>
       </c>
       <c r="B483" t="s">
         <v>967</v>
       </c>
       <c r="C483" s="1">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>258.5</v>
+      </c>
+      <c r="D483" s="2"/>
     </row>
     <row r="484" spans="1:26">
       <c r="A484" t="s">
         <v>968</v>
       </c>
       <c r="B484" t="s">
         <v>969</v>
       </c>
       <c r="C484" s="1">
         <v>143</v>
       </c>
       <c r="D484" s="2"/>
     </row>
     <row r="485" spans="1:26">
       <c r="A485" t="s">
         <v>970</v>
       </c>
       <c r="B485" t="s">
         <v>971</v>
       </c>
       <c r="C485" s="1">
         <v>143</v>
       </c>
-      <c r="D485" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D485" s="2"/>
     </row>
     <row r="486" spans="1:26">
       <c r="A486" t="s">
         <v>972</v>
       </c>
       <c r="B486" t="s">
         <v>973</v>
       </c>
       <c r="C486" s="1">
         <v>143</v>
       </c>
       <c r="D486" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:26">
       <c r="A487" t="s">
         <v>974</v>
       </c>
       <c r="B487" t="s">
         <v>975</v>
       </c>
       <c r="C487" s="1">
         <v>143</v>
       </c>
       <c r="D487" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:26">
       <c r="A488" t="s">
         <v>976</v>
       </c>
       <c r="B488" t="s">
         <v>977</v>
       </c>
       <c r="C488" s="1">
         <v>143</v>
       </c>
       <c r="D488" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="489" spans="1:26">
       <c r="A489" t="s">
         <v>978</v>
       </c>
       <c r="B489" t="s">
         <v>979</v>
       </c>
       <c r="C489" s="1">
         <v>143</v>
       </c>
-      <c r="D489" s="2"/>
+      <c r="D489" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="490" spans="1:26">
       <c r="A490" t="s">
         <v>980</v>
       </c>
       <c r="B490" t="s">
         <v>981</v>
       </c>
       <c r="C490" s="1">
         <v>143</v>
       </c>
-      <c r="D490" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D490" s="2"/>
     </row>
     <row r="491" spans="1:26">
       <c r="A491" t="s">
         <v>982</v>
       </c>
       <c r="B491" t="s">
         <v>983</v>
       </c>
       <c r="C491" s="1">
         <v>143</v>
       </c>
-      <c r="D491" s="2"/>
+      <c r="D491" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="492" spans="1:26">
       <c r="A492" t="s">
         <v>984</v>
       </c>
       <c r="B492" t="s">
         <v>985</v>
       </c>
       <c r="C492" s="1">
-        <v>269.5</v>
+        <v>143</v>
       </c>
       <c r="D492" s="2"/>
     </row>
     <row r="493" spans="1:26">
       <c r="A493" t="s">
         <v>986</v>
       </c>
       <c r="B493" t="s">
         <v>987</v>
       </c>
-      <c r="C493" s="1"/>
+      <c r="C493" s="1">
+        <v>269.5</v>
+      </c>
       <c r="D493" s="2"/>
     </row>
     <row r="494" spans="1:26">
       <c r="A494" t="s">
         <v>988</v>
       </c>
       <c r="B494" t="s">
         <v>989</v>
       </c>
-      <c r="C494" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C494" s="1"/>
+      <c r="D494" s="2"/>
     </row>
     <row r="495" spans="1:26">
       <c r="A495" t="s">
         <v>990</v>
       </c>
       <c r="B495" t="s">
         <v>991</v>
       </c>
-      <c r="C495" s="1"/>
-      <c r="D495" s="2"/>
+      <c r="C495" s="1">
+        <v>50</v>
+      </c>
+      <c r="D495" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="496" spans="1:26">
       <c r="A496" t="s">
         <v>992</v>
       </c>
       <c r="B496" t="s">
         <v>993</v>
       </c>
-      <c r="C496" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C496" s="1"/>
       <c r="D496" s="2"/>
     </row>
     <row r="497" spans="1:26">
       <c r="A497" t="s">
         <v>994</v>
       </c>
       <c r="B497" t="s">
         <v>995</v>
       </c>
       <c r="C497" s="1">
-        <v>98.8</v>
+        <v>104.3</v>
       </c>
       <c r="D497" s="2"/>
     </row>
     <row r="498" spans="1:26">
       <c r="A498" t="s">
         <v>996</v>
       </c>
       <c r="B498" t="s">
         <v>997</v>
       </c>
       <c r="C498" s="1">
         <v>98.8</v>
       </c>
       <c r="D498" s="2"/>
     </row>
     <row r="499" spans="1:26">
       <c r="A499" t="s">
         <v>998</v>
       </c>
       <c r="B499" t="s">
         <v>999</v>
       </c>
       <c r="C499" s="1">
         <v>98.8</v>
       </c>
       <c r="D499" s="2"/>
     </row>
     <row r="500" spans="1:26">
       <c r="A500" t="s">
         <v>1000</v>
       </c>
       <c r="B500" t="s">
         <v>1001</v>
       </c>
       <c r="C500" s="1">
-        <v>30.62</v>
-[...3 lines deleted...]
-      </c>
+        <v>98.8</v>
+      </c>
+      <c r="D500" s="2"/>
     </row>
     <row r="501" spans="1:26">
       <c r="A501" t="s">
         <v>1002</v>
       </c>
       <c r="B501" t="s">
         <v>1003</v>
       </c>
       <c r="C501" s="1">
         <v>30.62</v>
       </c>
       <c r="D501" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="502" spans="1:26">
       <c r="A502" t="s">
         <v>1004</v>
       </c>
       <c r="B502" t="s">
         <v>1005</v>
       </c>
       <c r="C502" s="1">
         <v>30.62</v>
       </c>
-      <c r="D502" s="2"/>
+      <c r="D502" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="503" spans="1:26">
       <c r="A503" t="s">
         <v>1006</v>
       </c>
       <c r="B503" t="s">
         <v>1007</v>
       </c>
       <c r="C503" s="1">
         <v>30.62</v>
       </c>
-      <c r="D503" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D503" s="2"/>
     </row>
     <row r="504" spans="1:26">
       <c r="A504" t="s">
         <v>1008</v>
       </c>
       <c r="B504" t="s">
         <v>1009</v>
       </c>
       <c r="C504" s="1">
         <v>30.62</v>
       </c>
       <c r="D504" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="505" spans="1:26">
       <c r="A505" t="s">
         <v>1010</v>
       </c>
       <c r="B505" t="s">
         <v>1011</v>
       </c>
       <c r="C505" s="1">
-        <v>31.87</v>
-[...1 lines deleted...]
-      <c r="D505" s="2"/>
+        <v>30.62</v>
+      </c>
+      <c r="D505" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="506" spans="1:26">
       <c r="A506" t="s">
         <v>1012</v>
       </c>
       <c r="B506" t="s">
         <v>1013</v>
       </c>
       <c r="C506" s="1">
-        <v>30.62</v>
-[...3 lines deleted...]
-      </c>
+        <v>31.87</v>
+      </c>
+      <c r="D506" s="2"/>
     </row>
     <row r="507" spans="1:26">
       <c r="A507" t="s">
         <v>1014</v>
       </c>
       <c r="B507" t="s">
         <v>1015</v>
       </c>
       <c r="C507" s="1">
         <v>30.62</v>
       </c>
       <c r="D507" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="508" spans="1:26">
       <c r="A508" t="s">
         <v>1016</v>
       </c>
       <c r="B508" t="s">
         <v>1017</v>
       </c>
       <c r="C508" s="1">
         <v>30.62</v>
       </c>
       <c r="D508" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="509" spans="1:26">
       <c r="A509" t="s">
         <v>1018</v>
       </c>
       <c r="B509" t="s">
         <v>1019</v>
       </c>
       <c r="C509" s="1">
-        <v>14.71</v>
+        <v>30.62</v>
       </c>
       <c r="D509" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="510" spans="1:26">
       <c r="A510" t="s">
         <v>1020</v>
       </c>
       <c r="B510" t="s">
         <v>1021</v>
       </c>
       <c r="C510" s="1">
-        <v>51.87</v>
+        <v>14.71</v>
       </c>
       <c r="D510" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="511" spans="1:26">
       <c r="A511" t="s">
         <v>1022</v>
       </c>
       <c r="B511" t="s">
         <v>1023</v>
       </c>
       <c r="C511" s="1">
-        <v>45</v>
+        <v>51.87</v>
       </c>
       <c r="D511" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="512" spans="1:26">
       <c r="A512" t="s">
         <v>1024</v>
       </c>
       <c r="B512" t="s">
         <v>1025</v>
       </c>
       <c r="C512" s="1">
         <v>45</v>
       </c>
       <c r="D512" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="513" spans="1:26">
       <c r="A513" t="s">
         <v>1026</v>
       </c>
       <c r="B513" t="s">
         <v>1027</v>
       </c>
-      <c r="C513" s="1"/>
-      <c r="D513" s="2"/>
+      <c r="C513" s="1">
+        <v>45</v>
+      </c>
+      <c r="D513" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="514" spans="1:26">
       <c r="A514" t="s">
         <v>1028</v>
       </c>
       <c r="B514" t="s">
         <v>1029</v>
       </c>
-      <c r="C514" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C514" s="1"/>
+      <c r="D514" s="2"/>
     </row>
     <row r="515" spans="1:26">
       <c r="A515" t="s">
         <v>1030</v>
       </c>
       <c r="B515" t="s">
         <v>1031</v>
       </c>
       <c r="C515" s="1">
-        <v>8.12</v>
+        <v>10</v>
       </c>
       <c r="D515" s="2">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="516" spans="1:26">
       <c r="A516" t="s">
         <v>1032</v>
       </c>
       <c r="B516" t="s">
         <v>1033</v>
       </c>
       <c r="C516" s="1">
         <v>8.12</v>
       </c>
       <c r="D516" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="517" spans="1:26">
       <c r="A517" t="s">
         <v>1034</v>
       </c>
       <c r="B517" t="s">
         <v>1035</v>
       </c>
       <c r="C517" s="1">
         <v>8.12</v>
       </c>
       <c r="D517" s="2">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="518" spans="1:26">
       <c r="A518" t="s">
         <v>1036</v>
       </c>
       <c r="B518" t="s">
         <v>1037</v>
       </c>
       <c r="C518" s="1">
-        <v>10.62</v>
+        <v>8.12</v>
       </c>
       <c r="D518" s="2">
-        <v>11</v>
+        <v>5</v>
       </c>
     </row>
     <row r="519" spans="1:26">
       <c r="A519" t="s">
         <v>1038</v>
       </c>
       <c r="B519" t="s">
         <v>1039</v>
       </c>
       <c r="C519" s="1">
         <v>10.62</v>
       </c>
       <c r="D519" s="2">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="520" spans="1:26">
       <c r="A520" t="s">
         <v>1040</v>
       </c>
       <c r="B520" t="s">
         <v>1041</v>
       </c>
       <c r="C520" s="1">
         <v>10.62</v>
       </c>
       <c r="D520" s="2">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="521" spans="1:26">
       <c r="A521" t="s">
         <v>1042</v>
       </c>
       <c r="B521" t="s">
         <v>1043</v>
       </c>
       <c r="C521" s="1">
         <v>10.62</v>
       </c>
       <c r="D521" s="2">
-        <v>2</v>
+        <v>9</v>
       </c>
     </row>
     <row r="522" spans="1:26">
       <c r="A522" t="s">
         <v>1044</v>
       </c>
       <c r="B522" t="s">
         <v>1045</v>
       </c>
       <c r="C522" s="1">
         <v>10.62</v>
       </c>
       <c r="D522" s="2">
-        <v>4</v>
+        <v>13</v>
       </c>
     </row>
     <row r="523" spans="1:26">
       <c r="A523" t="s">
         <v>1046</v>
       </c>
       <c r="B523" t="s">
         <v>1047</v>
       </c>
       <c r="C523" s="1">
         <v>10.62</v>
       </c>
       <c r="D523" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="524" spans="1:26">
       <c r="A524" t="s">
         <v>1048</v>
       </c>
       <c r="B524" t="s">
         <v>1049</v>
       </c>
       <c r="C524" s="1">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D524" s="2"/>
+        <v>10.62</v>
+      </c>
+      <c r="D524" s="2">
+        <v>10</v>
+      </c>
     </row>
     <row r="525" spans="1:26">
       <c r="A525" t="s">
         <v>1050</v>
       </c>
       <c r="B525" t="s">
         <v>1051</v>
       </c>
       <c r="C525" s="1">
         <v>143</v>
       </c>
       <c r="D525" s="2"/>
     </row>
     <row r="526" spans="1:26">
       <c r="A526" t="s">
         <v>1052</v>
       </c>
       <c r="B526" t="s">
         <v>1053</v>
       </c>
       <c r="C526" s="1">
         <v>143</v>
       </c>
       <c r="D526" s="2"/>
     </row>
@@ -12399,99 +12427,99 @@
       <c r="C527" s="1">
         <v>143</v>
       </c>
       <c r="D527" s="2"/>
     </row>
     <row r="528" spans="1:26">
       <c r="A528" t="s">
         <v>1056</v>
       </c>
       <c r="B528" t="s">
         <v>1057</v>
       </c>
       <c r="C528" s="1">
         <v>143</v>
       </c>
       <c r="D528" s="2"/>
     </row>
     <row r="529" spans="1:26">
       <c r="A529" t="s">
         <v>1058</v>
       </c>
       <c r="B529" t="s">
         <v>1059</v>
       </c>
       <c r="C529" s="1">
-        <v>258.5</v>
+        <v>143</v>
       </c>
       <c r="D529" s="2"/>
     </row>
     <row r="530" spans="1:26">
       <c r="A530" t="s">
         <v>1060</v>
       </c>
       <c r="B530" t="s">
         <v>1061</v>
       </c>
       <c r="C530" s="1">
         <v>258.5</v>
       </c>
       <c r="D530" s="2"/>
     </row>
     <row r="531" spans="1:26">
       <c r="A531" t="s">
         <v>1062</v>
       </c>
       <c r="B531" t="s">
         <v>1063</v>
       </c>
       <c r="C531" s="1">
         <v>258.5</v>
       </c>
       <c r="D531" s="2"/>
     </row>
     <row r="532" spans="1:26">
       <c r="A532" t="s">
         <v>1064</v>
       </c>
       <c r="B532" t="s">
         <v>1065</v>
       </c>
       <c r="C532" s="1">
         <v>258.5</v>
       </c>
       <c r="D532" s="2"/>
     </row>
     <row r="533" spans="1:26">
       <c r="A533" t="s">
         <v>1066</v>
       </c>
       <c r="B533" t="s">
         <v>1067</v>
       </c>
       <c r="C533" s="1">
-        <v>325.68</v>
+        <v>258.5</v>
       </c>
       <c r="D533" s="2"/>
     </row>
     <row r="534" spans="1:26">
       <c r="A534" t="s">
         <v>1068</v>
       </c>
       <c r="B534" t="s">
         <v>1069</v>
       </c>
       <c r="C534" s="1">
         <v>325.68</v>
       </c>
       <c r="D534" s="2"/>
     </row>
     <row r="535" spans="1:26">
       <c r="A535" t="s">
         <v>1070</v>
       </c>
       <c r="B535" t="s">
         <v>1071</v>
       </c>
       <c r="C535" s="1">
         <v>325.68</v>
       </c>
@@ -12566,208 +12594,208 @@
       </c>
       <c r="C541" s="1">
         <v>325.68</v>
       </c>
       <c r="D541" s="2"/>
     </row>
     <row r="542" spans="1:26">
       <c r="A542" t="s">
         <v>1084</v>
       </c>
       <c r="B542" t="s">
         <v>1085</v>
       </c>
       <c r="C542" s="1">
         <v>325.68</v>
       </c>
       <c r="D542" s="2"/>
     </row>
     <row r="543" spans="1:26">
       <c r="A543" t="s">
         <v>1086</v>
       </c>
       <c r="B543" t="s">
         <v>1087</v>
       </c>
-      <c r="C543" s="1"/>
+      <c r="C543" s="1">
+        <v>325.68</v>
+      </c>
       <c r="D543" s="2"/>
     </row>
     <row r="544" spans="1:26">
       <c r="A544" t="s">
         <v>1088</v>
       </c>
       <c r="B544" t="s">
         <v>1089</v>
       </c>
-      <c r="C544" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C544" s="1"/>
+      <c r="D544" s="2"/>
     </row>
     <row r="545" spans="1:26">
       <c r="A545" t="s">
         <v>1090</v>
       </c>
       <c r="B545" t="s">
         <v>1091</v>
       </c>
       <c r="C545" s="1">
         <v>105.88</v>
       </c>
-      <c r="D545" s="2"/>
+      <c r="D545" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="546" spans="1:26">
       <c r="A546" t="s">
         <v>1092</v>
       </c>
       <c r="B546" t="s">
         <v>1093</v>
       </c>
-      <c r="C546" s="1"/>
+      <c r="C546" s="1">
+        <v>105.88</v>
+      </c>
       <c r="D546" s="2"/>
     </row>
     <row r="547" spans="1:26">
       <c r="A547" t="s">
         <v>1094</v>
       </c>
       <c r="B547" t="s">
         <v>1095</v>
       </c>
       <c r="C547" s="1"/>
       <c r="D547" s="2"/>
     </row>
     <row r="548" spans="1:26">
       <c r="A548" t="s">
         <v>1096</v>
       </c>
       <c r="B548" t="s">
         <v>1097</v>
       </c>
-      <c r="C548" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C548" s="1"/>
+      <c r="D548" s="2"/>
     </row>
     <row r="549" spans="1:26">
       <c r="A549" t="s">
         <v>1098</v>
       </c>
       <c r="B549" t="s">
         <v>1099</v>
       </c>
-      <c r="C549" s="1"/>
-      <c r="D549" s="2"/>
+      <c r="C549" s="1">
+        <v>105.88</v>
+      </c>
+      <c r="D549" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="550" spans="1:26">
       <c r="A550" t="s">
         <v>1100</v>
       </c>
       <c r="B550" t="s">
         <v>1101</v>
       </c>
-      <c r="C550" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C550" s="1"/>
+      <c r="D550" s="2"/>
     </row>
     <row r="551" spans="1:26">
       <c r="A551" t="s">
         <v>1102</v>
       </c>
       <c r="B551" t="s">
         <v>1103</v>
       </c>
-      <c r="C551" s="1"/>
-      <c r="D551" s="2"/>
+      <c r="C551" s="1">
+        <v>105.88</v>
+      </c>
+      <c r="D551" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="552" spans="1:26">
       <c r="A552" t="s">
         <v>1104</v>
       </c>
       <c r="B552" t="s">
         <v>1105</v>
       </c>
       <c r="C552" s="1"/>
       <c r="D552" s="2"/>
     </row>
     <row r="553" spans="1:26">
       <c r="A553" t="s">
         <v>1106</v>
       </c>
       <c r="B553" t="s">
         <v>1107</v>
       </c>
       <c r="C553" s="1"/>
       <c r="D553" s="2"/>
     </row>
     <row r="554" spans="1:26">
       <c r="A554" t="s">
         <v>1108</v>
       </c>
       <c r="B554" t="s">
         <v>1109</v>
       </c>
       <c r="C554" s="1"/>
       <c r="D554" s="2"/>
     </row>
     <row r="555" spans="1:26">
       <c r="A555" t="s">
         <v>1110</v>
       </c>
       <c r="B555" t="s">
         <v>1111</v>
       </c>
       <c r="C555" s="1"/>
       <c r="D555" s="2"/>
     </row>
     <row r="556" spans="1:26">
       <c r="A556" t="s">
         <v>1112</v>
       </c>
       <c r="B556" t="s">
         <v>1113</v>
       </c>
-      <c r="C556" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C556" s="1"/>
       <c r="D556" s="2"/>
     </row>
     <row r="557" spans="1:26">
       <c r="A557" t="s">
         <v>1114</v>
       </c>
       <c r="B557" t="s">
         <v>1115</v>
       </c>
       <c r="C557" s="1">
-        <v>108.39</v>
+        <v>66.45</v>
       </c>
       <c r="D557" s="2"/>
     </row>
     <row r="558" spans="1:26">
       <c r="A558" t="s">
         <v>1116</v>
       </c>
       <c r="B558" t="s">
         <v>1117</v>
       </c>
       <c r="C558" s="1">
         <v>108.39</v>
       </c>
       <c r="D558" s="2"/>
     </row>
     <row r="559" spans="1:26">
       <c r="A559" t="s">
         <v>1118</v>
       </c>
       <c r="B559" t="s">
         <v>1119</v>
       </c>
       <c r="C559" s="1">
         <v>108.39</v>
       </c>
@@ -12891,485 +12919,479 @@
       <c r="C569" s="1">
         <v>108.39</v>
       </c>
       <c r="D569" s="2"/>
     </row>
     <row r="570" spans="1:26">
       <c r="A570" t="s">
         <v>1140</v>
       </c>
       <c r="B570" t="s">
         <v>1141</v>
       </c>
       <c r="C570" s="1">
         <v>108.39</v>
       </c>
       <c r="D570" s="2"/>
     </row>
     <row r="571" spans="1:26">
       <c r="A571" t="s">
         <v>1142</v>
       </c>
       <c r="B571" t="s">
         <v>1143</v>
       </c>
       <c r="C571" s="1">
-        <v>73.37</v>
+        <v>108.39</v>
       </c>
       <c r="D571" s="2"/>
     </row>
     <row r="572" spans="1:26">
       <c r="A572" t="s">
         <v>1144</v>
       </c>
       <c r="B572" t="s">
         <v>1145</v>
       </c>
       <c r="C572" s="1">
-        <v>108.39</v>
+        <v>73.37</v>
       </c>
       <c r="D572" s="2"/>
     </row>
     <row r="573" spans="1:26">
       <c r="A573" t="s">
         <v>1146</v>
       </c>
       <c r="B573" t="s">
         <v>1147</v>
       </c>
       <c r="C573" s="1">
         <v>108.39</v>
       </c>
       <c r="D573" s="2"/>
     </row>
     <row r="574" spans="1:26">
       <c r="A574" t="s">
         <v>1148</v>
       </c>
       <c r="B574" t="s">
         <v>1149</v>
       </c>
       <c r="C574" s="1">
         <v>108.39</v>
       </c>
       <c r="D574" s="2"/>
     </row>
     <row r="575" spans="1:26">
       <c r="A575" t="s">
         <v>1150</v>
       </c>
       <c r="B575" t="s">
         <v>1151</v>
       </c>
       <c r="C575" s="1">
         <v>108.39</v>
       </c>
       <c r="D575" s="2"/>
     </row>
     <row r="576" spans="1:26">
       <c r="A576" t="s">
         <v>1152</v>
       </c>
       <c r="B576" t="s">
         <v>1153</v>
       </c>
       <c r="C576" s="1">
-        <v>73.37</v>
+        <v>108.39</v>
       </c>
       <c r="D576" s="2"/>
     </row>
     <row r="577" spans="1:26">
       <c r="A577" t="s">
         <v>1154</v>
       </c>
       <c r="B577" t="s">
         <v>1155</v>
       </c>
       <c r="C577" s="1">
         <v>73.37</v>
       </c>
       <c r="D577" s="2"/>
     </row>
     <row r="578" spans="1:26">
       <c r="A578" t="s">
         <v>1156</v>
       </c>
       <c r="B578" t="s">
         <v>1157</v>
       </c>
-      <c r="C578" s="1"/>
+      <c r="C578" s="1">
+        <v>73.37</v>
+      </c>
       <c r="D578" s="2"/>
     </row>
     <row r="579" spans="1:26">
       <c r="A579" t="s">
         <v>1158</v>
       </c>
       <c r="B579" t="s">
         <v>1159</v>
       </c>
       <c r="C579" s="1"/>
       <c r="D579" s="2"/>
     </row>
     <row r="580" spans="1:26">
       <c r="A580" t="s">
         <v>1160</v>
       </c>
       <c r="B580" t="s">
         <v>1161</v>
       </c>
-      <c r="C580" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C580" s="1"/>
+      <c r="D580" s="2"/>
     </row>
     <row r="581" spans="1:26">
       <c r="A581" t="s">
         <v>1162</v>
       </c>
       <c r="B581" t="s">
         <v>1163</v>
       </c>
       <c r="C581" s="1">
         <v>298.57</v>
       </c>
       <c r="D581" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="582" spans="1:26">
       <c r="A582" t="s">
         <v>1164</v>
       </c>
       <c r="B582" t="s">
         <v>1165</v>
       </c>
       <c r="C582" s="1">
         <v>298.57</v>
       </c>
-      <c r="D582" s="2"/>
+      <c r="D582" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="583" spans="1:26">
       <c r="A583" t="s">
         <v>1166</v>
       </c>
       <c r="B583" t="s">
         <v>1167</v>
       </c>
       <c r="C583" s="1">
         <v>298.57</v>
       </c>
-      <c r="D583" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D583" s="2"/>
     </row>
     <row r="584" spans="1:26">
       <c r="A584" t="s">
         <v>1168</v>
       </c>
       <c r="B584" t="s">
         <v>1169</v>
       </c>
       <c r="C584" s="1">
         <v>298.57</v>
       </c>
       <c r="D584" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="585" spans="1:26">
       <c r="A585" t="s">
         <v>1170</v>
       </c>
       <c r="B585" t="s">
         <v>1171</v>
       </c>
       <c r="C585" s="1">
-        <v>172.15</v>
+        <v>298.57</v>
       </c>
       <c r="D585" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="586" spans="1:26">
       <c r="A586" t="s">
         <v>1172</v>
       </c>
       <c r="B586" t="s">
         <v>1173</v>
       </c>
       <c r="C586" s="1">
-        <v>171.99</v>
-[...3 lines deleted...]
-      </c>
+        <v>172.15</v>
+      </c>
+      <c r="D586" s="2"/>
     </row>
     <row r="587" spans="1:26">
       <c r="A587" t="s">
         <v>1174</v>
       </c>
       <c r="B587" t="s">
         <v>1175</v>
       </c>
       <c r="C587" s="1">
-        <v>172.15</v>
+        <v>171.99</v>
       </c>
       <c r="D587" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="588" spans="1:26">
       <c r="A588" t="s">
         <v>1176</v>
       </c>
       <c r="B588" t="s">
         <v>1177</v>
       </c>
       <c r="C588" s="1">
-        <v>171.99</v>
-[...1 lines deleted...]
-      <c r="D588" s="2"/>
+        <v>172.15</v>
+      </c>
+      <c r="D588" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="589" spans="1:26">
       <c r="A589" t="s">
         <v>1178</v>
       </c>
       <c r="B589" t="s">
         <v>1179</v>
       </c>
       <c r="C589" s="1">
         <v>171.99</v>
       </c>
-      <c r="D589" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D589" s="2"/>
     </row>
     <row r="590" spans="1:26">
       <c r="A590" t="s">
         <v>1180</v>
       </c>
       <c r="B590" t="s">
         <v>1181</v>
       </c>
       <c r="C590" s="1">
         <v>171.99</v>
       </c>
-      <c r="D590" s="2"/>
+      <c r="D590" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="591" spans="1:26">
       <c r="A591" t="s">
         <v>1182</v>
       </c>
       <c r="B591" t="s">
         <v>1183</v>
       </c>
       <c r="C591" s="1">
         <v>171.99</v>
       </c>
-      <c r="D591" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D591" s="2"/>
     </row>
     <row r="592" spans="1:26">
       <c r="A592" t="s">
         <v>1184</v>
       </c>
       <c r="B592" t="s">
         <v>1185</v>
       </c>
       <c r="C592" s="1">
         <v>171.99</v>
       </c>
-      <c r="D592" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D592" s="2"/>
     </row>
     <row r="593" spans="1:26">
       <c r="A593" t="s">
         <v>1186</v>
       </c>
       <c r="B593" t="s">
         <v>1187</v>
       </c>
       <c r="C593" s="1">
         <v>171.99</v>
       </c>
-      <c r="D593" s="2"/>
+      <c r="D593" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="594" spans="1:26">
       <c r="A594" t="s">
         <v>1188</v>
       </c>
       <c r="B594" t="s">
         <v>1189</v>
       </c>
       <c r="C594" s="1">
         <v>171.99</v>
       </c>
-      <c r="D594" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D594" s="2"/>
     </row>
     <row r="595" spans="1:26">
       <c r="A595" t="s">
         <v>1190</v>
       </c>
       <c r="B595" t="s">
         <v>1191</v>
       </c>
       <c r="C595" s="1">
         <v>171.99</v>
       </c>
       <c r="D595" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="596" spans="1:26">
       <c r="A596" t="s">
         <v>1192</v>
       </c>
       <c r="B596" t="s">
         <v>1193</v>
       </c>
       <c r="C596" s="1">
-        <v>292.21</v>
-[...1 lines deleted...]
-      <c r="D596" s="2"/>
+        <v>171.99</v>
+      </c>
+      <c r="D596" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="597" spans="1:26">
       <c r="A597" t="s">
         <v>1194</v>
       </c>
       <c r="B597" t="s">
         <v>1195</v>
       </c>
       <c r="C597" s="1">
-        <v>108.39</v>
+        <v>292.21</v>
       </c>
       <c r="D597" s="2"/>
     </row>
     <row r="598" spans="1:26">
       <c r="A598" t="s">
         <v>1196</v>
       </c>
       <c r="B598" t="s">
         <v>1197</v>
       </c>
       <c r="C598" s="1">
         <v>108.39</v>
       </c>
       <c r="D598" s="2"/>
     </row>
     <row r="599" spans="1:26">
       <c r="A599" t="s">
         <v>1198</v>
       </c>
       <c r="B599" t="s">
         <v>1199</v>
       </c>
       <c r="C599" s="1">
         <v>108.39</v>
       </c>
-      <c r="D599" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D599" s="2"/>
     </row>
     <row r="600" spans="1:26">
       <c r="A600" t="s">
         <v>1200</v>
       </c>
       <c r="B600" t="s">
         <v>1201</v>
       </c>
       <c r="C600" s="1">
         <v>108.39</v>
       </c>
-      <c r="D600" s="2"/>
+      <c r="D600" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="601" spans="1:26">
       <c r="A601" t="s">
         <v>1202</v>
       </c>
       <c r="B601" t="s">
         <v>1203</v>
       </c>
       <c r="C601" s="1">
         <v>108.39</v>
       </c>
       <c r="D601" s="2"/>
     </row>
     <row r="602" spans="1:26">
       <c r="A602" t="s">
         <v>1204</v>
       </c>
       <c r="B602" t="s">
         <v>1205</v>
       </c>
       <c r="C602" s="1">
         <v>108.39</v>
       </c>
       <c r="D602" s="2"/>
     </row>
     <row r="603" spans="1:26">
       <c r="A603" t="s">
         <v>1206</v>
       </c>
       <c r="B603" t="s">
         <v>1207</v>
       </c>
       <c r="C603" s="1">
-        <v>16.08</v>
+        <v>108.39</v>
       </c>
       <c r="D603" s="2"/>
     </row>
     <row r="604" spans="1:26">
       <c r="A604" t="s">
         <v>1208</v>
       </c>
       <c r="B604" t="s">
         <v>1209</v>
       </c>
       <c r="C604" s="1">
         <v>16.08</v>
       </c>
       <c r="D604" s="2"/>
     </row>
     <row r="605" spans="1:26">
       <c r="A605" t="s">
         <v>1210</v>
       </c>
       <c r="B605" t="s">
         <v>1211</v>
       </c>
       <c r="C605" s="1">
-        <v>57.29</v>
-[...3 lines deleted...]
-      </c>
+        <v>16.08</v>
+      </c>
+      <c r="D605" s="2"/>
     </row>
     <row r="606" spans="1:26">
       <c r="A606" t="s">
         <v>1212</v>
       </c>
       <c r="B606" t="s">
         <v>1213</v>
       </c>
       <c r="C606" s="1">
         <v>57.29</v>
       </c>
       <c r="D606" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="607" spans="1:26">
       <c r="A607" t="s">
         <v>1214</v>
       </c>
       <c r="B607" t="s">
         <v>1215</v>
       </c>
       <c r="C607" s="1">
         <v>57.29</v>
       </c>
@@ -13419,407 +13441,409 @@
         <v>1</v>
       </c>
     </row>
     <row r="611" spans="1:26">
       <c r="A611" t="s">
         <v>1222</v>
       </c>
       <c r="B611" t="s">
         <v>1223</v>
       </c>
       <c r="C611" s="1">
         <v>57.29</v>
       </c>
       <c r="D611" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="612" spans="1:26">
       <c r="A612" t="s">
         <v>1224</v>
       </c>
       <c r="B612" t="s">
         <v>1225</v>
       </c>
       <c r="C612" s="1">
-        <v>61.05</v>
+        <v>57.29</v>
       </c>
       <c r="D612" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" t="s">
         <v>1226</v>
       </c>
       <c r="B613" t="s">
         <v>1227</v>
       </c>
       <c r="C613" s="1">
-        <v>57.29</v>
+        <v>61.05</v>
       </c>
       <c r="D613" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" t="s">
         <v>1228</v>
       </c>
       <c r="B614" t="s">
         <v>1229</v>
       </c>
       <c r="C614" s="1">
         <v>57.29</v>
       </c>
-      <c r="D614" s="2"/>
+      <c r="D614" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" t="s">
         <v>1230</v>
       </c>
       <c r="B615" t="s">
         <v>1231</v>
       </c>
       <c r="C615" s="1">
         <v>57.29</v>
       </c>
       <c r="D615" s="2"/>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" t="s">
         <v>1232</v>
       </c>
       <c r="B616" t="s">
         <v>1233</v>
       </c>
       <c r="C616" s="1">
-        <v>54.98</v>
+        <v>57.29</v>
       </c>
       <c r="D616" s="2"/>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" t="s">
         <v>1234</v>
       </c>
       <c r="B617" t="s">
         <v>1235</v>
       </c>
       <c r="C617" s="1">
-        <v>298.57</v>
-[...3 lines deleted...]
-      </c>
+        <v>54.98</v>
+      </c>
+      <c r="D617" s="2"/>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" t="s">
         <v>1236</v>
       </c>
       <c r="B618" t="s">
         <v>1237</v>
       </c>
       <c r="C618" s="1">
         <v>298.57</v>
       </c>
-      <c r="D618" s="2"/>
+      <c r="D618" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" t="s">
         <v>1238</v>
       </c>
       <c r="B619" t="s">
         <v>1239</v>
       </c>
       <c r="C619" s="1">
         <v>298.57</v>
       </c>
-      <c r="D619" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D619" s="2"/>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" t="s">
         <v>1240</v>
       </c>
       <c r="B620" t="s">
         <v>1241</v>
       </c>
       <c r="C620" s="1">
         <v>298.57</v>
       </c>
       <c r="D620" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" t="s">
         <v>1242</v>
       </c>
       <c r="B621" t="s">
         <v>1243</v>
       </c>
       <c r="C621" s="1">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D621" s="2"/>
+        <v>298.57</v>
+      </c>
+      <c r="D621" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" t="s">
         <v>1244</v>
       </c>
       <c r="B622" t="s">
         <v>1245</v>
       </c>
       <c r="C622" s="1">
         <v>130</v>
       </c>
       <c r="D622" s="2"/>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" t="s">
         <v>1246</v>
       </c>
       <c r="B623" t="s">
         <v>1247</v>
       </c>
       <c r="C623" s="1">
         <v>130</v>
       </c>
       <c r="D623" s="2"/>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" t="s">
         <v>1248</v>
       </c>
       <c r="B624" t="s">
         <v>1249</v>
       </c>
       <c r="C624" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="D624" s="2"/>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" t="s">
         <v>1250</v>
       </c>
       <c r="B625" t="s">
         <v>1251</v>
       </c>
       <c r="C625" s="1">
         <v>150</v>
       </c>
       <c r="D625" s="2"/>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" t="s">
         <v>1252</v>
       </c>
       <c r="B626" t="s">
         <v>1253</v>
       </c>
       <c r="C626" s="1">
         <v>150</v>
       </c>
       <c r="D626" s="2"/>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" t="s">
         <v>1254</v>
       </c>
       <c r="B627" t="s">
         <v>1255</v>
       </c>
       <c r="C627" s="1">
         <v>150</v>
       </c>
       <c r="D627" s="2"/>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" t="s">
         <v>1256</v>
       </c>
       <c r="B628" t="s">
         <v>1257</v>
       </c>
       <c r="C628" s="1">
-        <v>71.73</v>
+        <v>150</v>
       </c>
       <c r="D628" s="2"/>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" t="s">
         <v>1258</v>
       </c>
       <c r="B629" t="s">
         <v>1259</v>
       </c>
       <c r="C629" s="1">
         <v>71.73</v>
       </c>
       <c r="D629" s="2"/>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" t="s">
         <v>1260</v>
       </c>
       <c r="B630" t="s">
         <v>1261</v>
       </c>
       <c r="C630" s="1">
         <v>71.73</v>
       </c>
       <c r="D630" s="2"/>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" t="s">
         <v>1262</v>
       </c>
       <c r="B631" t="s">
         <v>1263</v>
       </c>
       <c r="C631" s="1">
         <v>71.73</v>
       </c>
       <c r="D631" s="2"/>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" t="s">
         <v>1264</v>
       </c>
       <c r="B632" t="s">
         <v>1265</v>
       </c>
       <c r="C632" s="1">
-        <v>113.82</v>
+        <v>71.73</v>
       </c>
       <c r="D632" s="2"/>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" t="s">
         <v>1266</v>
       </c>
       <c r="B633" t="s">
         <v>1267</v>
       </c>
       <c r="C633" s="1">
         <v>113.82</v>
       </c>
       <c r="D633" s="2"/>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" t="s">
         <v>1268</v>
       </c>
       <c r="B634" t="s">
         <v>1269</v>
       </c>
       <c r="C634" s="1">
         <v>113.82</v>
       </c>
       <c r="D634" s="2"/>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" t="s">
         <v>1270</v>
       </c>
       <c r="B635" t="s">
         <v>1271</v>
       </c>
       <c r="C635" s="1">
-        <v>120</v>
+        <v>113.82</v>
       </c>
       <c r="D635" s="2"/>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" t="s">
         <v>1272</v>
       </c>
       <c r="B636" t="s">
         <v>1273</v>
       </c>
       <c r="C636" s="1">
-        <v>56.25</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="D636" s="2"/>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" t="s">
         <v>1274</v>
       </c>
       <c r="B637" t="s">
         <v>1275</v>
       </c>
       <c r="C637" s="1">
-        <v>62.5</v>
+        <v>56.25</v>
       </c>
       <c r="D637" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" t="s">
         <v>1276</v>
       </c>
       <c r="B638" t="s">
         <v>1277</v>
       </c>
       <c r="C638" s="1">
         <v>62.5</v>
       </c>
       <c r="D638" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" t="s">
         <v>1278</v>
       </c>
       <c r="B639" t="s">
         <v>1279</v>
       </c>
       <c r="C639" s="1">
         <v>62.5</v>
       </c>
       <c r="D639" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" t="s">
         <v>1280</v>
       </c>
       <c r="B640" t="s">
         <v>1281</v>
       </c>
       <c r="C640" s="1">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="D640" s="2"/>
+        <v>62.5</v>
+      </c>
+      <c r="D640" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" t="s">
         <v>1282</v>
       </c>
       <c r="B641" t="s">
         <v>1283</v>
       </c>
       <c r="C641" s="1">
         <v>235</v>
       </c>
       <c r="D641" s="2"/>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" t="s">
         <v>1284</v>
       </c>
       <c r="B642" t="s">
         <v>1285</v>
       </c>
       <c r="C642" s="1">
         <v>235</v>
       </c>
       <c r="D642" s="2"/>
     </row>
@@ -13917,67 +13941,67 @@
       <c r="C650" s="1">
         <v>235</v>
       </c>
       <c r="D650" s="2"/>
     </row>
     <row r="651" spans="1:26">
       <c r="A651" t="s">
         <v>1302</v>
       </c>
       <c r="B651" t="s">
         <v>1303</v>
       </c>
       <c r="C651" s="1">
         <v>235</v>
       </c>
       <c r="D651" s="2"/>
     </row>
     <row r="652" spans="1:26">
       <c r="A652" t="s">
         <v>1304</v>
       </c>
       <c r="B652" t="s">
         <v>1305</v>
       </c>
       <c r="C652" s="1">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="D652" s="2"/>
     </row>
     <row r="653" spans="1:26">
       <c r="A653" t="s">
         <v>1306</v>
       </c>
       <c r="B653" t="s">
         <v>1307</v>
       </c>
       <c r="C653" s="1">
         <v>130</v>
       </c>
-      <c r="D653" s="2"/>
+      <c r="D653" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="654" spans="1:26">
       <c r="A654" t="s">
         <v>1308</v>
       </c>
       <c r="B654" t="s">
         <v>1309</v>
       </c>
       <c r="C654" s="1">
         <v>130</v>
       </c>
       <c r="D654" s="2"/>
     </row>
     <row r="655" spans="1:26">
       <c r="A655" t="s">
         <v>1310</v>
       </c>
       <c r="B655" t="s">
         <v>1311</v>
       </c>
       <c r="C655" s="1">
         <v>130</v>
       </c>
       <c r="D655" s="2"/>
     </row>
@@ -14027,517 +14051,519 @@
       <c r="C659" s="1">
         <v>130</v>
       </c>
       <c r="D659" s="2"/>
     </row>
     <row r="660" spans="1:26">
       <c r="A660" t="s">
         <v>1320</v>
       </c>
       <c r="B660" t="s">
         <v>1321</v>
       </c>
       <c r="C660" s="1">
         <v>130</v>
       </c>
       <c r="D660" s="2"/>
     </row>
     <row r="661" spans="1:26">
       <c r="A661" t="s">
         <v>1322</v>
       </c>
       <c r="B661" t="s">
         <v>1323</v>
       </c>
       <c r="C661" s="1">
-        <v>17.37</v>
+        <v>130</v>
       </c>
       <c r="D661" s="2"/>
     </row>
     <row r="662" spans="1:26">
       <c r="A662" t="s">
         <v>1324</v>
       </c>
       <c r="B662" t="s">
         <v>1325</v>
       </c>
       <c r="C662" s="1">
         <v>17.37</v>
       </c>
       <c r="D662" s="2"/>
     </row>
     <row r="663" spans="1:26">
       <c r="A663" t="s">
         <v>1326</v>
       </c>
       <c r="B663" t="s">
         <v>1327</v>
       </c>
       <c r="C663" s="1">
         <v>17.37</v>
       </c>
       <c r="D663" s="2"/>
     </row>
     <row r="664" spans="1:26">
       <c r="A664" t="s">
         <v>1328</v>
       </c>
       <c r="B664" t="s">
         <v>1329</v>
       </c>
       <c r="C664" s="1">
         <v>17.37</v>
       </c>
       <c r="D664" s="2"/>
     </row>
     <row r="665" spans="1:26">
       <c r="A665" t="s">
         <v>1330</v>
       </c>
       <c r="B665" t="s">
         <v>1331</v>
       </c>
       <c r="C665" s="1">
-        <v>56.33</v>
+        <v>17.37</v>
       </c>
       <c r="D665" s="2"/>
     </row>
     <row r="666" spans="1:26">
       <c r="A666" t="s">
         <v>1332</v>
       </c>
       <c r="B666" t="s">
         <v>1333</v>
       </c>
       <c r="C666" s="1">
-        <v>47.5</v>
+        <v>56.33</v>
       </c>
       <c r="D666" s="2"/>
     </row>
     <row r="667" spans="1:26">
       <c r="A667" t="s">
         <v>1334</v>
       </c>
       <c r="B667" t="s">
         <v>1335</v>
       </c>
       <c r="C667" s="1">
         <v>47.5</v>
       </c>
       <c r="D667" s="2"/>
     </row>
     <row r="668" spans="1:26">
       <c r="A668" t="s">
         <v>1336</v>
       </c>
       <c r="B668" t="s">
         <v>1337</v>
       </c>
       <c r="C668" s="1">
         <v>47.5</v>
       </c>
       <c r="D668" s="2"/>
     </row>
     <row r="669" spans="1:26">
       <c r="A669" t="s">
         <v>1338</v>
       </c>
       <c r="B669" t="s">
         <v>1339</v>
       </c>
       <c r="C669" s="1">
-        <v>81</v>
+        <v>47.5</v>
       </c>
       <c r="D669" s="2"/>
     </row>
     <row r="670" spans="1:26">
       <c r="A670" t="s">
         <v>1340</v>
       </c>
       <c r="B670" t="s">
         <v>1341</v>
       </c>
       <c r="C670" s="1">
-        <v>57.5</v>
+        <v>81</v>
       </c>
       <c r="D670" s="2"/>
     </row>
     <row r="671" spans="1:26">
       <c r="A671" t="s">
         <v>1342</v>
       </c>
       <c r="B671" t="s">
         <v>1343</v>
       </c>
       <c r="C671" s="1">
         <v>57.5</v>
       </c>
       <c r="D671" s="2"/>
     </row>
     <row r="672" spans="1:26">
       <c r="A672" t="s">
         <v>1344</v>
       </c>
       <c r="B672" t="s">
         <v>1345</v>
       </c>
       <c r="C672" s="1">
         <v>57.5</v>
       </c>
       <c r="D672" s="2"/>
     </row>
     <row r="673" spans="1:26">
       <c r="A673" t="s">
         <v>1346</v>
       </c>
       <c r="B673" t="s">
         <v>1347</v>
       </c>
       <c r="C673" s="1">
-        <v>162.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>57.5</v>
+      </c>
+      <c r="D673" s="2"/>
     </row>
     <row r="674" spans="1:26">
       <c r="A674" t="s">
         <v>1348</v>
       </c>
       <c r="B674" t="s">
         <v>1349</v>
       </c>
       <c r="C674" s="1">
         <v>162.5</v>
       </c>
-      <c r="D674" s="2"/>
+      <c r="D674" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="675" spans="1:26">
       <c r="A675" t="s">
         <v>1350</v>
       </c>
       <c r="B675" t="s">
         <v>1351</v>
       </c>
       <c r="C675" s="1">
         <v>162.5</v>
       </c>
       <c r="D675" s="2"/>
     </row>
     <row r="676" spans="1:26">
       <c r="A676" t="s">
         <v>1352</v>
       </c>
       <c r="B676" t="s">
         <v>1353</v>
       </c>
       <c r="C676" s="1">
         <v>162.5</v>
       </c>
       <c r="D676" s="2"/>
     </row>
     <row r="677" spans="1:26">
       <c r="A677" t="s">
         <v>1354</v>
       </c>
       <c r="B677" t="s">
         <v>1355</v>
       </c>
       <c r="C677" s="1">
-        <v>68.75</v>
+        <v>162.5</v>
       </c>
       <c r="D677" s="2"/>
     </row>
     <row r="678" spans="1:26">
       <c r="A678" t="s">
         <v>1356</v>
       </c>
       <c r="B678" t="s">
         <v>1357</v>
       </c>
       <c r="C678" s="1">
         <v>68.75</v>
       </c>
       <c r="D678" s="2"/>
     </row>
     <row r="679" spans="1:26">
       <c r="A679" t="s">
         <v>1358</v>
       </c>
       <c r="B679" t="s">
         <v>1359</v>
       </c>
       <c r="C679" s="1">
         <v>68.75</v>
       </c>
       <c r="D679" s="2"/>
     </row>
     <row r="680" spans="1:26">
       <c r="A680" t="s">
         <v>1360</v>
       </c>
       <c r="B680" t="s">
         <v>1361</v>
       </c>
       <c r="C680" s="1">
         <v>68.75</v>
       </c>
       <c r="D680" s="2"/>
     </row>
     <row r="681" spans="1:26">
       <c r="A681" t="s">
         <v>1362</v>
       </c>
       <c r="B681" t="s">
         <v>1363</v>
       </c>
       <c r="C681" s="1">
-        <v>80.15</v>
-[...3 lines deleted...]
-      </c>
+        <v>68.75</v>
+      </c>
+      <c r="D681" s="2"/>
     </row>
     <row r="682" spans="1:26">
       <c r="A682" t="s">
         <v>1364</v>
       </c>
       <c r="B682" t="s">
         <v>1365</v>
       </c>
       <c r="C682" s="1">
-        <v>12.48</v>
-[...3 lines deleted...]
-      </c>
+        <v>80.15</v>
+      </c>
+      <c r="D682" s="2"/>
     </row>
     <row r="683" spans="1:26">
       <c r="A683" t="s">
         <v>1366</v>
       </c>
       <c r="B683" t="s">
         <v>1367</v>
       </c>
-      <c r="C683" s="1"/>
-      <c r="D683" s="2"/>
+      <c r="C683" s="1">
+        <v>12.48</v>
+      </c>
+      <c r="D683" s="2">
+        <v>7</v>
+      </c>
     </row>
     <row r="684" spans="1:26">
       <c r="A684" t="s">
         <v>1368</v>
       </c>
       <c r="B684" t="s">
         <v>1369</v>
       </c>
       <c r="C684" s="1"/>
       <c r="D684" s="2"/>
     </row>
     <row r="685" spans="1:26">
       <c r="A685" t="s">
         <v>1370</v>
       </c>
       <c r="B685" t="s">
         <v>1371</v>
       </c>
       <c r="C685" s="1"/>
       <c r="D685" s="2"/>
     </row>
     <row r="686" spans="1:26">
       <c r="A686" t="s">
         <v>1372</v>
       </c>
       <c r="B686" t="s">
         <v>1373</v>
       </c>
       <c r="C686" s="1"/>
       <c r="D686" s="2"/>
     </row>
     <row r="687" spans="1:26">
       <c r="A687" t="s">
         <v>1374</v>
       </c>
       <c r="B687" t="s">
         <v>1375</v>
       </c>
-      <c r="C687" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C687" s="1"/>
       <c r="D687" s="2"/>
     </row>
     <row r="688" spans="1:26">
       <c r="A688" t="s">
         <v>1376</v>
       </c>
       <c r="B688" t="s">
         <v>1377</v>
       </c>
       <c r="C688" s="1">
-        <v>18.73</v>
-[...1 lines deleted...]
-      <c r="D688" s="2"/>
+        <v>24.15</v>
+      </c>
+      <c r="D688" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="689" spans="1:26">
       <c r="A689" t="s">
         <v>1378</v>
       </c>
       <c r="B689" t="s">
         <v>1379</v>
       </c>
       <c r="C689" s="1">
-        <v>35</v>
+        <v>18.73</v>
       </c>
       <c r="D689" s="2">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="690" spans="1:26">
       <c r="A690" t="s">
         <v>1380</v>
       </c>
       <c r="B690" t="s">
         <v>1381</v>
       </c>
       <c r="C690" s="1">
         <v>35</v>
       </c>
       <c r="D690" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="691" spans="1:26">
       <c r="A691" t="s">
         <v>1382</v>
       </c>
       <c r="B691" t="s">
         <v>1383</v>
       </c>
       <c r="C691" s="1">
         <v>35</v>
       </c>
       <c r="D691" s="2">
         <v>8</v>
       </c>
     </row>
     <row r="692" spans="1:26">
       <c r="A692" t="s">
         <v>1384</v>
       </c>
       <c r="B692" t="s">
         <v>1385</v>
       </c>
       <c r="C692" s="1">
-        <v>57.5</v>
+        <v>35</v>
       </c>
       <c r="D692" s="2">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="693" spans="1:26">
       <c r="A693" t="s">
         <v>1386</v>
       </c>
       <c r="B693" t="s">
         <v>1387</v>
       </c>
       <c r="C693" s="1">
-        <v>7.18</v>
-[...1 lines deleted...]
-      <c r="D693" s="2"/>
+        <v>57.5</v>
+      </c>
+      <c r="D693" s="2">
+        <v>8</v>
+      </c>
     </row>
     <row r="694" spans="1:26">
       <c r="A694" t="s">
         <v>1388</v>
       </c>
       <c r="B694" t="s">
         <v>1389</v>
       </c>
       <c r="C694" s="1">
-        <v>17.37</v>
+        <v>7.18</v>
       </c>
       <c r="D694" s="2"/>
     </row>
     <row r="695" spans="1:26">
       <c r="A695" t="s">
         <v>1390</v>
       </c>
       <c r="B695" t="s">
         <v>1391</v>
       </c>
       <c r="C695" s="1">
         <v>17.37</v>
       </c>
       <c r="D695" s="2"/>
     </row>
     <row r="696" spans="1:26">
       <c r="A696" t="s">
         <v>1392</v>
       </c>
       <c r="B696" t="s">
         <v>1393</v>
       </c>
       <c r="C696" s="1">
         <v>17.37</v>
       </c>
       <c r="D696" s="2"/>
     </row>
     <row r="697" spans="1:26">
       <c r="A697" t="s">
         <v>1394</v>
       </c>
       <c r="B697" t="s">
         <v>1395</v>
       </c>
       <c r="C697" s="1">
-        <v>32.15</v>
+        <v>17.37</v>
       </c>
       <c r="D697" s="2"/>
     </row>
     <row r="698" spans="1:26">
       <c r="A698" t="s">
         <v>1396</v>
       </c>
       <c r="B698" t="s">
         <v>1397</v>
       </c>
       <c r="C698" s="1">
         <v>32.15</v>
       </c>
-      <c r="D698" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D698" s="2"/>
     </row>
     <row r="699" spans="1:26">
       <c r="A699" t="s">
         <v>1398</v>
       </c>
       <c r="B699" t="s">
         <v>1399</v>
       </c>
       <c r="C699" s="1">
         <v>32.15</v>
       </c>
-      <c r="D699" s="2"/>
+      <c r="D699" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="700" spans="1:26">
       <c r="A700" t="s">
         <v>1400</v>
       </c>
       <c r="B700" t="s">
         <v>1401</v>
       </c>
       <c r="C700" s="1">
         <v>32.15</v>
       </c>
       <c r="D700" s="2"/>
     </row>
     <row r="701" spans="1:26">
       <c r="A701" t="s">
         <v>1402</v>
       </c>
       <c r="B701" t="s">
         <v>1403</v>
       </c>
       <c r="C701" s="1">
         <v>32.15</v>
       </c>
       <c r="D701" s="2"/>
     </row>
@@ -14575,201 +14601,201 @@
       <c r="C704" s="1">
         <v>32.15</v>
       </c>
       <c r="D704" s="2"/>
     </row>
     <row r="705" spans="1:26">
       <c r="A705" t="s">
         <v>1410</v>
       </c>
       <c r="B705" t="s">
         <v>1411</v>
       </c>
       <c r="C705" s="1">
         <v>32.15</v>
       </c>
       <c r="D705" s="2"/>
     </row>
     <row r="706" spans="1:26">
       <c r="A706" t="s">
         <v>1412</v>
       </c>
       <c r="B706" t="s">
         <v>1413</v>
       </c>
       <c r="C706" s="1">
-        <v>10</v>
+        <v>32.15</v>
       </c>
       <c r="D706" s="2"/>
     </row>
     <row r="707" spans="1:26">
       <c r="A707" t="s">
         <v>1414</v>
       </c>
       <c r="B707" t="s">
         <v>1415</v>
       </c>
       <c r="C707" s="1">
-        <v>23.25</v>
+        <v>10</v>
       </c>
       <c r="D707" s="2"/>
     </row>
     <row r="708" spans="1:26">
       <c r="A708" t="s">
         <v>1416</v>
       </c>
       <c r="B708" t="s">
         <v>1417</v>
       </c>
       <c r="C708" s="1">
-        <v>24.12</v>
+        <v>23.25</v>
       </c>
       <c r="D708" s="2"/>
     </row>
     <row r="709" spans="1:26">
       <c r="A709" t="s">
         <v>1418</v>
       </c>
       <c r="B709" t="s">
         <v>1419</v>
       </c>
       <c r="C709" s="1">
         <v>24.12</v>
       </c>
       <c r="D709" s="2"/>
     </row>
     <row r="710" spans="1:26">
       <c r="A710" t="s">
         <v>1420</v>
       </c>
       <c r="B710" t="s">
         <v>1421</v>
       </c>
       <c r="C710" s="1">
-        <v>23.25</v>
+        <v>24.12</v>
       </c>
       <c r="D710" s="2"/>
     </row>
     <row r="711" spans="1:26">
       <c r="A711" t="s">
         <v>1422</v>
       </c>
       <c r="B711" t="s">
         <v>1423</v>
       </c>
       <c r="C711" s="1">
-        <v>22.26</v>
+        <v>23.25</v>
       </c>
       <c r="D711" s="2"/>
     </row>
     <row r="712" spans="1:26">
       <c r="A712" t="s">
         <v>1424</v>
       </c>
       <c r="B712" t="s">
         <v>1425</v>
       </c>
       <c r="C712" s="1">
-        <v>24.12</v>
+        <v>22.26</v>
       </c>
       <c r="D712" s="2"/>
     </row>
     <row r="713" spans="1:26">
       <c r="A713" t="s">
         <v>1426</v>
       </c>
       <c r="B713" t="s">
         <v>1427</v>
       </c>
       <c r="C713" s="1">
-        <v>22.26</v>
+        <v>24.12</v>
       </c>
       <c r="D713" s="2"/>
     </row>
     <row r="714" spans="1:26">
       <c r="A714" t="s">
         <v>1428</v>
       </c>
       <c r="B714" t="s">
         <v>1429</v>
       </c>
       <c r="C714" s="1">
-        <v>23.93</v>
+        <v>22.26</v>
       </c>
       <c r="D714" s="2"/>
     </row>
     <row r="715" spans="1:26">
       <c r="A715" t="s">
         <v>1430</v>
       </c>
       <c r="B715" t="s">
         <v>1431</v>
       </c>
       <c r="C715" s="1">
-        <v>18.73</v>
+        <v>23.93</v>
       </c>
       <c r="D715" s="2"/>
     </row>
     <row r="716" spans="1:26">
       <c r="A716" t="s">
         <v>1432</v>
       </c>
       <c r="B716" t="s">
         <v>1433</v>
       </c>
       <c r="C716" s="1">
         <v>18.73</v>
       </c>
-      <c r="D716" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D716" s="2"/>
     </row>
     <row r="717" spans="1:26">
       <c r="A717" t="s">
         <v>1434</v>
       </c>
       <c r="B717" t="s">
         <v>1435</v>
       </c>
       <c r="C717" s="1">
         <v>18.73</v>
       </c>
       <c r="D717" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="718" spans="1:26">
       <c r="A718" t="s">
         <v>1436</v>
       </c>
       <c r="B718" t="s">
         <v>1437</v>
       </c>
       <c r="C718" s="1">
-        <v>15.62</v>
-[...1 lines deleted...]
-      <c r="D718" s="2"/>
+        <v>18.73</v>
+      </c>
+      <c r="D718" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="719" spans="1:26">
       <c r="A719" t="s">
         <v>1438</v>
       </c>
       <c r="B719" t="s">
         <v>1439</v>
       </c>
       <c r="C719" s="1">
         <v>15.62</v>
       </c>
       <c r="D719" s="2"/>
     </row>
     <row r="720" spans="1:26">
       <c r="A720" t="s">
         <v>1440</v>
       </c>
       <c r="B720" t="s">
         <v>1441</v>
       </c>
       <c r="C720" s="1">
         <v>15.62</v>
       </c>
       <c r="D720" s="2"/>
     </row>
@@ -14795,1100 +14821,1096 @@
       <c r="C722" s="1">
         <v>15.62</v>
       </c>
       <c r="D722" s="2"/>
     </row>
     <row r="723" spans="1:26">
       <c r="A723" t="s">
         <v>1446</v>
       </c>
       <c r="B723" t="s">
         <v>1447</v>
       </c>
       <c r="C723" s="1">
         <v>15.62</v>
       </c>
       <c r="D723" s="2"/>
     </row>
     <row r="724" spans="1:26">
       <c r="A724" t="s">
         <v>1448</v>
       </c>
       <c r="B724" t="s">
         <v>1449</v>
       </c>
       <c r="C724" s="1">
-        <v>14.92</v>
-[...3 lines deleted...]
-      </c>
+        <v>15.62</v>
+      </c>
+      <c r="D724" s="2"/>
     </row>
     <row r="725" spans="1:26">
       <c r="A725" t="s">
         <v>1450</v>
       </c>
       <c r="B725" t="s">
         <v>1451</v>
       </c>
       <c r="C725" s="1">
-        <v>15.62</v>
-[...1 lines deleted...]
-      <c r="D725" s="2"/>
+        <v>14.92</v>
+      </c>
+      <c r="D725" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="726" spans="1:26">
       <c r="A726" t="s">
         <v>1452</v>
       </c>
       <c r="B726" t="s">
         <v>1453</v>
       </c>
       <c r="C726" s="1">
-        <v>20.81</v>
-[...3 lines deleted...]
-      </c>
+        <v>15.62</v>
+      </c>
+      <c r="D726" s="2"/>
     </row>
     <row r="727" spans="1:26">
       <c r="A727" t="s">
         <v>1454</v>
       </c>
       <c r="B727" t="s">
         <v>1455</v>
       </c>
       <c r="C727" s="1">
         <v>20.81</v>
       </c>
       <c r="D727" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="728" spans="1:26">
       <c r="A728" t="s">
         <v>1456</v>
       </c>
       <c r="B728" t="s">
         <v>1457</v>
       </c>
       <c r="C728" s="1">
         <v>20.81</v>
       </c>
       <c r="D728" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="729" spans="1:26">
       <c r="A729" t="s">
         <v>1458</v>
       </c>
       <c r="B729" t="s">
         <v>1459</v>
       </c>
       <c r="C729" s="1">
-        <v>15.61</v>
-[...1 lines deleted...]
-      <c r="D729" s="2"/>
+        <v>20.81</v>
+      </c>
+      <c r="D729" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="730" spans="1:26">
       <c r="A730" t="s">
         <v>1460</v>
       </c>
       <c r="B730" t="s">
         <v>1461</v>
       </c>
       <c r="C730" s="1">
-        <v>13.52</v>
-[...3 lines deleted...]
-      </c>
+        <v>15.61</v>
+      </c>
+      <c r="D730" s="2"/>
     </row>
     <row r="731" spans="1:26">
       <c r="A731" t="s">
         <v>1462</v>
       </c>
       <c r="B731" t="s">
         <v>1463</v>
       </c>
       <c r="C731" s="1">
         <v>13.52</v>
       </c>
       <c r="D731" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="732" spans="1:26">
       <c r="A732" t="s">
         <v>1464</v>
       </c>
       <c r="B732" t="s">
         <v>1465</v>
       </c>
       <c r="C732" s="1">
         <v>13.52</v>
       </c>
       <c r="D732" s="2">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="733" spans="1:26">
       <c r="A733" t="s">
         <v>1466</v>
       </c>
       <c r="B733" t="s">
         <v>1467</v>
       </c>
       <c r="C733" s="1">
-        <v>56.18</v>
-[...1 lines deleted...]
-      <c r="D733" s="2"/>
+        <v>13.52</v>
+      </c>
+      <c r="D733" s="2">
+        <v>10</v>
+      </c>
     </row>
     <row r="734" spans="1:26">
       <c r="A734" t="s">
         <v>1468</v>
       </c>
       <c r="B734" t="s">
         <v>1469</v>
       </c>
       <c r="C734" s="1">
-        <v>19.77</v>
+        <v>56.18</v>
       </c>
       <c r="D734" s="2"/>
     </row>
     <row r="735" spans="1:26">
       <c r="A735" t="s">
         <v>1470</v>
       </c>
       <c r="B735" t="s">
         <v>1471</v>
       </c>
       <c r="C735" s="1">
         <v>19.77</v>
       </c>
       <c r="D735" s="2"/>
     </row>
     <row r="736" spans="1:26">
       <c r="A736" t="s">
         <v>1472</v>
       </c>
       <c r="B736" t="s">
         <v>1473</v>
       </c>
       <c r="C736" s="1">
         <v>19.77</v>
       </c>
       <c r="D736" s="2"/>
     </row>
     <row r="737" spans="1:26">
       <c r="A737" t="s">
         <v>1474</v>
       </c>
       <c r="B737" t="s">
         <v>1475</v>
       </c>
       <c r="C737" s="1">
         <v>19.77</v>
       </c>
       <c r="D737" s="2"/>
     </row>
     <row r="738" spans="1:26">
       <c r="A738" t="s">
         <v>1476</v>
       </c>
       <c r="B738" t="s">
         <v>1477</v>
       </c>
       <c r="C738" s="1">
-        <v>33.31</v>
+        <v>19.77</v>
       </c>
       <c r="D738" s="2"/>
     </row>
     <row r="739" spans="1:26">
       <c r="A739" t="s">
         <v>1478</v>
       </c>
       <c r="B739" t="s">
         <v>1479</v>
       </c>
       <c r="C739" s="1">
-        <v>21.86</v>
+        <v>33.31</v>
       </c>
       <c r="D739" s="2"/>
     </row>
     <row r="740" spans="1:26">
       <c r="A740" t="s">
         <v>1480</v>
       </c>
       <c r="B740" t="s">
         <v>1481</v>
       </c>
       <c r="C740" s="1">
         <v>21.86</v>
       </c>
       <c r="D740" s="2"/>
     </row>
     <row r="741" spans="1:26">
       <c r="A741" t="s">
         <v>1482</v>
       </c>
       <c r="B741" t="s">
         <v>1483</v>
       </c>
       <c r="C741" s="1">
         <v>21.86</v>
       </c>
       <c r="D741" s="2"/>
     </row>
     <row r="742" spans="1:26">
       <c r="A742" t="s">
         <v>1484</v>
       </c>
       <c r="B742" t="s">
         <v>1485</v>
       </c>
       <c r="C742" s="1">
-        <v>15</v>
+        <v>21.86</v>
       </c>
       <c r="D742" s="2"/>
     </row>
     <row r="743" spans="1:26">
       <c r="A743" t="s">
         <v>1486</v>
       </c>
       <c r="B743" t="s">
         <v>1487</v>
       </c>
       <c r="C743" s="1">
         <v>15</v>
       </c>
       <c r="D743" s="2"/>
     </row>
     <row r="744" spans="1:26">
       <c r="A744" t="s">
         <v>1488</v>
       </c>
       <c r="B744" t="s">
         <v>1489</v>
       </c>
       <c r="C744" s="1">
         <v>15</v>
       </c>
-      <c r="D744" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D744" s="2"/>
     </row>
     <row r="745" spans="1:26">
       <c r="A745" t="s">
         <v>1490</v>
       </c>
       <c r="B745" t="s">
         <v>1491</v>
       </c>
       <c r="C745" s="1">
         <v>15</v>
       </c>
       <c r="D745" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="746" spans="1:26">
       <c r="A746" t="s">
         <v>1492</v>
       </c>
       <c r="B746" t="s">
         <v>1493</v>
       </c>
       <c r="C746" s="1">
         <v>15</v>
       </c>
       <c r="D746" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="747" spans="1:26">
       <c r="A747" t="s">
         <v>1494</v>
       </c>
       <c r="B747" t="s">
         <v>1495</v>
       </c>
       <c r="C747" s="1">
         <v>15</v>
       </c>
-      <c r="D747" s="2"/>
+      <c r="D747" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="748" spans="1:26">
       <c r="A748" t="s">
         <v>1496</v>
       </c>
       <c r="B748" t="s">
         <v>1497</v>
       </c>
       <c r="C748" s="1">
-        <v>81.25</v>
+        <v>15</v>
       </c>
       <c r="D748" s="2"/>
     </row>
     <row r="749" spans="1:26">
       <c r="A749" t="s">
         <v>1498</v>
       </c>
       <c r="B749" t="s">
         <v>1499</v>
       </c>
       <c r="C749" s="1">
-        <v>11.47</v>
+        <v>81.25</v>
       </c>
       <c r="D749" s="2"/>
     </row>
     <row r="750" spans="1:26">
       <c r="A750" t="s">
         <v>1500</v>
       </c>
       <c r="B750" t="s">
         <v>1501</v>
       </c>
       <c r="C750" s="1">
-        <v>14.92</v>
+        <v>11.47</v>
       </c>
       <c r="D750" s="2"/>
     </row>
     <row r="751" spans="1:26">
       <c r="A751" t="s">
         <v>1502</v>
       </c>
       <c r="B751" t="s">
         <v>1503</v>
       </c>
       <c r="C751" s="1">
         <v>14.92</v>
       </c>
       <c r="D751" s="2"/>
     </row>
     <row r="752" spans="1:26">
       <c r="A752" t="s">
         <v>1504</v>
       </c>
       <c r="B752" t="s">
         <v>1505</v>
       </c>
       <c r="C752" s="1">
         <v>14.92</v>
       </c>
-      <c r="D752" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D752" s="2"/>
     </row>
     <row r="753" spans="1:26">
       <c r="A753" t="s">
         <v>1506</v>
       </c>
       <c r="B753" t="s">
         <v>1507</v>
       </c>
       <c r="C753" s="1">
         <v>14.92</v>
       </c>
       <c r="D753" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="754" spans="1:26">
       <c r="A754" t="s">
         <v>1508</v>
       </c>
       <c r="B754" t="s">
         <v>1509</v>
       </c>
       <c r="C754" s="1">
         <v>14.92</v>
       </c>
       <c r="D754" s="2">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="755" spans="1:26">
       <c r="A755" t="s">
         <v>1510</v>
       </c>
       <c r="B755" t="s">
         <v>1511</v>
       </c>
       <c r="C755" s="1">
         <v>14.92</v>
       </c>
-      <c r="D755" s="2"/>
+      <c r="D755" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="756" spans="1:26">
       <c r="A756" t="s">
         <v>1512</v>
       </c>
       <c r="B756" t="s">
         <v>1513</v>
       </c>
       <c r="C756" s="1">
         <v>14.92</v>
       </c>
       <c r="D756" s="2"/>
     </row>
     <row r="757" spans="1:26">
       <c r="A757" t="s">
         <v>1514</v>
       </c>
       <c r="B757" t="s">
         <v>1515</v>
       </c>
       <c r="C757" s="1">
-        <v>9.85</v>
+        <v>14.92</v>
       </c>
       <c r="D757" s="2"/>
     </row>
     <row r="758" spans="1:26">
       <c r="A758" t="s">
         <v>1516</v>
       </c>
       <c r="B758" t="s">
         <v>1517</v>
       </c>
       <c r="C758" s="1">
-        <v>8.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>9.85</v>
+      </c>
+      <c r="D758" s="2"/>
     </row>
     <row r="759" spans="1:26">
       <c r="A759" t="s">
         <v>1518</v>
       </c>
       <c r="B759" t="s">
         <v>1519</v>
       </c>
       <c r="C759" s="1">
         <v>8.9</v>
       </c>
-      <c r="D759" s="2"/>
+      <c r="D759" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="760" spans="1:26">
       <c r="A760" t="s">
         <v>1520</v>
       </c>
       <c r="B760" t="s">
         <v>1521</v>
       </c>
       <c r="C760" s="1">
         <v>8.9</v>
       </c>
-      <c r="D760" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D760" s="2"/>
     </row>
     <row r="761" spans="1:26">
       <c r="A761" t="s">
         <v>1522</v>
       </c>
       <c r="B761" t="s">
         <v>1523</v>
       </c>
       <c r="C761" s="1">
-        <v>15.62</v>
-[...1 lines deleted...]
-      <c r="D761" s="2"/>
+        <v>8.9</v>
+      </c>
+      <c r="D761" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="762" spans="1:26">
       <c r="A762" t="s">
         <v>1524</v>
       </c>
       <c r="B762" t="s">
         <v>1525</v>
       </c>
       <c r="C762" s="1">
-        <v>19.51</v>
-[...3 lines deleted...]
-      </c>
+        <v>15.62</v>
+      </c>
+      <c r="D762" s="2"/>
     </row>
     <row r="763" spans="1:26">
       <c r="A763" t="s">
         <v>1526</v>
       </c>
       <c r="B763" t="s">
         <v>1527</v>
       </c>
       <c r="C763" s="1">
         <v>19.51</v>
       </c>
       <c r="D763" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="764" spans="1:26">
       <c r="A764" t="s">
         <v>1528</v>
       </c>
       <c r="B764" t="s">
         <v>1529</v>
       </c>
       <c r="C764" s="1">
         <v>19.51</v>
       </c>
-      <c r="D764" s="2"/>
+      <c r="D764" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="765" spans="1:26">
       <c r="A765" t="s">
         <v>1530</v>
       </c>
       <c r="B765" t="s">
         <v>1531</v>
       </c>
       <c r="C765" s="1">
-        <v>104.6</v>
-[...3 lines deleted...]
-      </c>
+        <v>19.51</v>
+      </c>
+      <c r="D765" s="2"/>
     </row>
     <row r="766" spans="1:26">
       <c r="A766" t="s">
         <v>1532</v>
       </c>
       <c r="B766" t="s">
         <v>1533</v>
       </c>
       <c r="C766" s="1">
-        <v>202.95</v>
+        <v>104.6</v>
       </c>
       <c r="D766" s="2">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="767" spans="1:26">
       <c r="A767" t="s">
         <v>1534</v>
       </c>
       <c r="B767" t="s">
         <v>1535</v>
       </c>
       <c r="C767" s="1">
         <v>202.95</v>
       </c>
       <c r="D767" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="768" spans="1:26">
       <c r="A768" t="s">
         <v>1536</v>
       </c>
       <c r="B768" t="s">
         <v>1537</v>
       </c>
       <c r="C768" s="1">
         <v>202.95</v>
       </c>
-      <c r="D768" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D768" s="2"/>
     </row>
     <row r="769" spans="1:26">
       <c r="A769" t="s">
         <v>1538</v>
       </c>
       <c r="B769" t="s">
         <v>1539</v>
       </c>
       <c r="C769" s="1">
-        <v>18.38</v>
+        <v>202.95</v>
       </c>
       <c r="D769" s="2">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="770" spans="1:26">
       <c r="A770" t="s">
         <v>1540</v>
       </c>
       <c r="B770" t="s">
         <v>1541</v>
       </c>
       <c r="C770" s="1">
-        <v>16.13</v>
+        <v>18.38</v>
       </c>
       <c r="D770" s="2">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="771" spans="1:26">
       <c r="A771" t="s">
         <v>1542</v>
       </c>
       <c r="B771" t="s">
         <v>1543</v>
       </c>
       <c r="C771" s="1">
         <v>16.13</v>
       </c>
       <c r="D771" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="772" spans="1:26">
       <c r="A772" t="s">
         <v>1544</v>
       </c>
       <c r="B772" t="s">
         <v>1545</v>
       </c>
       <c r="C772" s="1">
         <v>16.13</v>
       </c>
       <c r="D772" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="773" spans="1:26">
       <c r="A773" t="s">
         <v>1546</v>
       </c>
       <c r="B773" t="s">
         <v>1547</v>
       </c>
       <c r="C773" s="1">
-        <v>15.61</v>
+        <v>16.13</v>
       </c>
       <c r="D773" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="774" spans="1:26">
       <c r="A774" t="s">
         <v>1548</v>
       </c>
       <c r="B774" t="s">
         <v>1549</v>
       </c>
       <c r="C774" s="1">
         <v>15.61</v>
       </c>
       <c r="D774" s="2">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="775" spans="1:26">
       <c r="A775" t="s">
         <v>1550</v>
       </c>
       <c r="B775" t="s">
         <v>1551</v>
       </c>
       <c r="C775" s="1">
         <v>15.61</v>
       </c>
       <c r="D775" s="2">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="776" spans="1:26">
       <c r="A776" t="s">
         <v>1552</v>
       </c>
       <c r="B776" t="s">
         <v>1553</v>
       </c>
       <c r="C776" s="1">
-        <v>62.45</v>
-[...1 lines deleted...]
-      <c r="D776" s="2"/>
+        <v>15.61</v>
+      </c>
+      <c r="D776" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="777" spans="1:26">
       <c r="A777" t="s">
         <v>1554</v>
       </c>
       <c r="B777" t="s">
         <v>1555</v>
       </c>
       <c r="C777" s="1">
-        <v>18.12</v>
-[...3 lines deleted...]
-      </c>
+        <v>62.45</v>
+      </c>
+      <c r="D777" s="2"/>
     </row>
     <row r="778" spans="1:26">
       <c r="A778" t="s">
         <v>1556</v>
       </c>
       <c r="B778" t="s">
         <v>1557</v>
       </c>
       <c r="C778" s="1">
-        <v>124.98</v>
-[...1 lines deleted...]
-      <c r="D778" s="2"/>
+        <v>18.12</v>
+      </c>
+      <c r="D778" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="779" spans="1:26">
       <c r="A779" t="s">
         <v>1558</v>
       </c>
       <c r="B779" t="s">
         <v>1559</v>
       </c>
-      <c r="C779" s="1"/>
+      <c r="C779" s="1">
+        <v>124.98</v>
+      </c>
       <c r="D779" s="2"/>
     </row>
     <row r="780" spans="1:26">
       <c r="A780" t="s">
         <v>1560</v>
       </c>
       <c r="B780" t="s">
         <v>1561</v>
       </c>
-      <c r="C780" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C780" s="1"/>
       <c r="D780" s="2"/>
     </row>
     <row r="781" spans="1:26">
       <c r="A781" t="s">
         <v>1562</v>
       </c>
       <c r="B781" t="s">
         <v>1563</v>
       </c>
       <c r="C781" s="1">
         <v>22.96</v>
       </c>
       <c r="D781" s="2"/>
     </row>
     <row r="782" spans="1:26">
       <c r="A782" t="s">
         <v>1564</v>
       </c>
       <c r="B782" t="s">
         <v>1565</v>
       </c>
-      <c r="C782" s="1"/>
+      <c r="C782" s="1">
+        <v>22.96</v>
+      </c>
       <c r="D782" s="2"/>
     </row>
     <row r="783" spans="1:26">
       <c r="A783" t="s">
         <v>1566</v>
       </c>
       <c r="B783" t="s">
         <v>1567</v>
       </c>
-      <c r="C783" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C783" s="1"/>
       <c r="D783" s="2"/>
     </row>
     <row r="784" spans="1:26">
       <c r="A784" t="s">
         <v>1568</v>
       </c>
       <c r="B784" t="s">
         <v>1569</v>
       </c>
-      <c r="C784" s="1"/>
+      <c r="C784" s="1">
+        <v>22.96</v>
+      </c>
       <c r="D784" s="2"/>
     </row>
     <row r="785" spans="1:26">
       <c r="A785" t="s">
         <v>1570</v>
       </c>
       <c r="B785" t="s">
         <v>1571</v>
       </c>
-      <c r="C785" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C785" s="1"/>
       <c r="D785" s="2"/>
     </row>
     <row r="786" spans="1:26">
       <c r="A786" t="s">
         <v>1572</v>
       </c>
       <c r="B786" t="s">
         <v>1573</v>
       </c>
-      <c r="C786" s="1"/>
+      <c r="C786" s="1">
+        <v>22.96</v>
+      </c>
       <c r="D786" s="2"/>
     </row>
     <row r="787" spans="1:26">
       <c r="A787" t="s">
         <v>1574</v>
       </c>
       <c r="B787" t="s">
         <v>1575</v>
       </c>
-      <c r="C787" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C787" s="1"/>
       <c r="D787" s="2"/>
     </row>
     <row r="788" spans="1:26">
       <c r="A788" t="s">
         <v>1576</v>
       </c>
       <c r="B788" t="s">
         <v>1577</v>
       </c>
       <c r="C788" s="1">
         <v>19.51</v>
       </c>
-      <c r="D788" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D788" s="2"/>
     </row>
     <row r="789" spans="1:26">
       <c r="A789" t="s">
         <v>1578</v>
       </c>
       <c r="B789" t="s">
         <v>1579</v>
       </c>
       <c r="C789" s="1">
         <v>19.51</v>
       </c>
       <c r="D789" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="790" spans="1:26">
       <c r="A790" t="s">
         <v>1580</v>
       </c>
       <c r="B790" t="s">
         <v>1581</v>
       </c>
       <c r="C790" s="1">
         <v>19.51</v>
       </c>
       <c r="D790" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="791" spans="1:26">
       <c r="A791" t="s">
         <v>1582</v>
       </c>
       <c r="B791" t="s">
         <v>1583</v>
       </c>
       <c r="C791" s="1">
         <v>19.51</v>
       </c>
-      <c r="D791" s="2"/>
+      <c r="D791" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="792" spans="1:26">
       <c r="A792" t="s">
         <v>1584</v>
       </c>
       <c r="B792" t="s">
         <v>1585</v>
       </c>
       <c r="C792" s="1">
         <v>19.51</v>
       </c>
       <c r="D792" s="2"/>
     </row>
     <row r="793" spans="1:26">
       <c r="A793" t="s">
         <v>1586</v>
       </c>
       <c r="B793" t="s">
         <v>1587</v>
       </c>
       <c r="C793" s="1">
-        <v>8.25</v>
-[...3 lines deleted...]
-      </c>
+        <v>19.51</v>
+      </c>
+      <c r="D793" s="2"/>
     </row>
     <row r="794" spans="1:26">
       <c r="A794" t="s">
         <v>1588</v>
       </c>
       <c r="B794" t="s">
         <v>1589</v>
       </c>
       <c r="C794" s="1">
         <v>8.25</v>
       </c>
       <c r="D794" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="795" spans="1:26">
       <c r="A795" t="s">
         <v>1590</v>
       </c>
       <c r="B795" t="s">
         <v>1591</v>
       </c>
       <c r="C795" s="1">
         <v>8.25</v>
       </c>
       <c r="D795" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="796" spans="1:26">
       <c r="A796" t="s">
         <v>1592</v>
       </c>
       <c r="B796" t="s">
         <v>1593</v>
       </c>
       <c r="C796" s="1">
-        <v>22.5</v>
+        <v>8.25</v>
       </c>
       <c r="D796" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="797" spans="1:26">
       <c r="A797" t="s">
         <v>1594</v>
       </c>
       <c r="B797" t="s">
         <v>1595</v>
       </c>
       <c r="C797" s="1">
-        <v>20.61</v>
-[...1 lines deleted...]
-      <c r="D797" s="2"/>
+        <v>22.5</v>
+      </c>
+      <c r="D797" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="798" spans="1:26">
       <c r="A798" t="s">
         <v>1596</v>
       </c>
       <c r="B798" t="s">
         <v>1597</v>
       </c>
       <c r="C798" s="1">
         <v>20.61</v>
       </c>
-      <c r="D798" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D798" s="2"/>
     </row>
     <row r="799" spans="1:26">
       <c r="A799" t="s">
         <v>1598</v>
       </c>
       <c r="B799" t="s">
         <v>1599</v>
       </c>
       <c r="C799" s="1">
         <v>20.61</v>
       </c>
       <c r="D799" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="800" spans="1:26">
       <c r="A800" t="s">
         <v>1600</v>
       </c>
       <c r="B800" t="s">
         <v>1601</v>
       </c>
       <c r="C800" s="1">
-        <v>26.02</v>
-[...1 lines deleted...]
-      <c r="D800" s="2"/>
+        <v>20.61</v>
+      </c>
+      <c r="D800" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="801" spans="1:26">
       <c r="A801" t="s">
         <v>1602</v>
       </c>
       <c r="B801" t="s">
         <v>1603</v>
       </c>
       <c r="C801" s="1">
-        <v>11.25</v>
+        <v>26.02</v>
       </c>
       <c r="D801" s="2"/>
     </row>
     <row r="802" spans="1:26">
       <c r="A802" t="s">
         <v>1604</v>
       </c>
       <c r="B802" t="s">
         <v>1605</v>
       </c>
       <c r="C802" s="1">
-        <v>15.58</v>
-[...3 lines deleted...]
-      </c>
+        <v>11.25</v>
+      </c>
+      <c r="D802" s="2"/>
     </row>
     <row r="803" spans="1:26">
       <c r="A803" t="s">
         <v>1606</v>
       </c>
       <c r="B803" t="s">
         <v>1607</v>
       </c>
       <c r="C803" s="1">
-        <v>15.43</v>
+        <v>15.58</v>
       </c>
       <c r="D803" s="2">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="804" spans="1:26">
       <c r="A804" t="s">
         <v>1608</v>
       </c>
       <c r="B804" t="s">
         <v>1609</v>
       </c>
       <c r="C804" s="1">
-        <v>20.81</v>
+        <v>15.43</v>
       </c>
       <c r="D804" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="805" spans="1:26">
       <c r="A805" t="s">
         <v>1610</v>
       </c>
       <c r="B805" t="s">
         <v>1611</v>
       </c>
       <c r="C805" s="1">
-        <v>14.05</v>
+        <v>20.81</v>
       </c>
       <c r="D805" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="806" spans="1:26">
       <c r="A806" t="s">
         <v>1612</v>
       </c>
       <c r="B806" t="s">
         <v>1613</v>
       </c>
       <c r="C806" s="1">
         <v>14.05</v>
       </c>
       <c r="D806" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="807" spans="1:26">
       <c r="A807" t="s">
         <v>1614</v>
       </c>
       <c r="B807" t="s">
         <v>1615</v>
       </c>
       <c r="C807" s="1">
         <v>14.05</v>
@@ -15897,107 +15919,111 @@
         <v>2</v>
       </c>
     </row>
     <row r="808" spans="1:26">
       <c r="A808" t="s">
         <v>1616</v>
       </c>
       <c r="B808" t="s">
         <v>1617</v>
       </c>
       <c r="C808" s="1">
         <v>14.05</v>
       </c>
       <c r="D808" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="809" spans="1:26">
       <c r="A809" t="s">
         <v>1618</v>
       </c>
       <c r="B809" t="s">
         <v>1619</v>
       </c>
       <c r="C809" s="1">
-        <v>8.37</v>
+        <v>14.05</v>
       </c>
       <c r="D809" s="2">
-        <v>25</v>
+        <v>2</v>
       </c>
     </row>
     <row r="810" spans="1:26">
       <c r="A810" t="s">
         <v>1620</v>
       </c>
       <c r="B810" t="s">
         <v>1621</v>
       </c>
       <c r="C810" s="1">
-        <v>8.12</v>
+        <v>8.37</v>
       </c>
       <c r="D810" s="2">
-        <v>33</v>
+        <v>98</v>
       </c>
     </row>
     <row r="811" spans="1:26">
       <c r="A811" t="s">
         <v>1622</v>
       </c>
       <c r="B811" t="s">
         <v>1623</v>
       </c>
       <c r="C811" s="1">
         <v>8.12</v>
       </c>
       <c r="D811" s="2">
-        <v>29</v>
+        <v>93</v>
       </c>
     </row>
     <row r="812" spans="1:26">
       <c r="A812" t="s">
         <v>1624</v>
       </c>
       <c r="B812" t="s">
         <v>1625</v>
       </c>
       <c r="C812" s="1">
         <v>8.12</v>
       </c>
       <c r="D812" s="2">
-        <v>24</v>
+        <v>87</v>
       </c>
     </row>
     <row r="813" spans="1:26">
       <c r="A813" t="s">
         <v>1626</v>
       </c>
       <c r="B813" t="s">
         <v>1627</v>
       </c>
-      <c r="C813" s="1"/>
-      <c r="D813" s="2"/>
+      <c r="C813" s="1">
+        <v>8.12</v>
+      </c>
+      <c r="D813" s="2">
+        <v>73</v>
+      </c>
     </row>
     <row r="814" spans="1:26">
       <c r="A814" t="s">
         <v>1628</v>
       </c>
       <c r="B814" t="s">
         <v>1629</v>
       </c>
       <c r="C814" s="1"/>
       <c r="D814" s="2"/>
     </row>
     <row r="815" spans="1:26">
       <c r="A815" t="s">
         <v>1630</v>
       </c>
       <c r="B815" t="s">
         <v>1631</v>
       </c>
       <c r="C815" s="1"/>
       <c r="D815" s="2"/>
     </row>
     <row r="816" spans="1:26">
       <c r="A816" t="s">
         <v>1632</v>
       </c>
@@ -16043,63 +16069,63 @@
       </c>
       <c r="B820" t="s">
         <v>1641</v>
       </c>
       <c r="C820" s="1"/>
       <c r="D820" s="2"/>
     </row>
     <row r="821" spans="1:26">
       <c r="A821" t="s">
         <v>1642</v>
       </c>
       <c r="B821" t="s">
         <v>1643</v>
       </c>
       <c r="C821" s="1"/>
       <c r="D821" s="2"/>
     </row>
     <row r="822" spans="1:26">
       <c r="A822" t="s">
         <v>1644</v>
       </c>
       <c r="B822" t="s">
         <v>1645</v>
       </c>
       <c r="C822" s="1"/>
-      <c r="D822" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D822" s="2"/>
     </row>
     <row r="823" spans="1:26">
       <c r="A823" t="s">
         <v>1646</v>
       </c>
       <c r="B823" t="s">
         <v>1647</v>
       </c>
       <c r="C823" s="1"/>
-      <c r="D823" s="2"/>
+      <c r="D823" s="2">
+        <v>48</v>
+      </c>
     </row>
     <row r="824" spans="1:26">
       <c r="A824" t="s">
         <v>1648</v>
       </c>
       <c r="B824" t="s">
         <v>1649</v>
       </c>
       <c r="C824" s="1"/>
       <c r="D824" s="2"/>
     </row>
     <row r="825" spans="1:26">
       <c r="A825" t="s">
         <v>1650</v>
       </c>
       <c r="B825" t="s">
         <v>1651</v>
       </c>
       <c r="C825" s="1"/>
       <c r="D825" s="2"/>
     </row>
     <row r="826" spans="1:26">
       <c r="A826" t="s">
         <v>1652</v>
       </c>
@@ -16114,1211 +16140,1219 @@
         <v>1654</v>
       </c>
       <c r="B827" t="s">
         <v>1655</v>
       </c>
       <c r="C827" s="1"/>
       <c r="D827" s="2"/>
     </row>
     <row r="828" spans="1:26">
       <c r="A828" t="s">
         <v>1656</v>
       </c>
       <c r="B828" t="s">
         <v>1657</v>
       </c>
       <c r="C828" s="1"/>
       <c r="D828" s="2"/>
     </row>
     <row r="829" spans="1:26">
       <c r="A829" t="s">
         <v>1658</v>
       </c>
       <c r="B829" t="s">
         <v>1659</v>
       </c>
-      <c r="C829" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C829" s="1"/>
+      <c r="D829" s="2"/>
     </row>
     <row r="830" spans="1:26">
       <c r="A830" t="s">
         <v>1660</v>
       </c>
       <c r="B830" t="s">
         <v>1661</v>
       </c>
       <c r="C830" s="1">
-        <v>7.62</v>
-[...1 lines deleted...]
-      <c r="D830" s="2"/>
+        <v>9</v>
+      </c>
+      <c r="D830" s="2">
+        <v>35</v>
+      </c>
     </row>
     <row r="831" spans="1:26">
       <c r="A831" t="s">
         <v>1662</v>
       </c>
       <c r="B831" t="s">
         <v>1663</v>
       </c>
-      <c r="C831" s="1"/>
+      <c r="C831" s="1">
+        <v>7.62</v>
+      </c>
       <c r="D831" s="2"/>
     </row>
     <row r="832" spans="1:26">
       <c r="A832" t="s">
         <v>1664</v>
       </c>
       <c r="B832" t="s">
         <v>1665</v>
       </c>
       <c r="C832" s="1"/>
       <c r="D832" s="2"/>
     </row>
     <row r="833" spans="1:26">
       <c r="A833" t="s">
         <v>1666</v>
       </c>
       <c r="B833" t="s">
         <v>1667</v>
       </c>
-      <c r="C833" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C833" s="1"/>
+      <c r="D833" s="2"/>
     </row>
     <row r="834" spans="1:26">
       <c r="A834" t="s">
         <v>1668</v>
       </c>
       <c r="B834" t="s">
         <v>1669</v>
       </c>
-      <c r="C834" s="1"/>
-      <c r="D834" s="2"/>
+      <c r="C834" s="1">
+        <v>13.47</v>
+      </c>
+      <c r="D834" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="835" spans="1:26">
       <c r="A835" t="s">
         <v>1670</v>
       </c>
       <c r="B835" t="s">
         <v>1671</v>
       </c>
-      <c r="C835" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C835" s="1"/>
       <c r="D835" s="2"/>
     </row>
     <row r="836" spans="1:26">
       <c r="A836" t="s">
         <v>1672</v>
       </c>
       <c r="B836" t="s">
         <v>1673</v>
       </c>
       <c r="C836" s="1">
-        <v>7.2</v>
+        <v>26</v>
       </c>
       <c r="D836" s="2"/>
     </row>
     <row r="837" spans="1:26">
       <c r="A837" t="s">
         <v>1674</v>
       </c>
       <c r="B837" t="s">
         <v>1675</v>
       </c>
       <c r="C837" s="1">
-        <v>6.13</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.2</v>
+      </c>
+      <c r="D837" s="2"/>
     </row>
     <row r="838" spans="1:26">
       <c r="A838" t="s">
         <v>1676</v>
       </c>
       <c r="B838" t="s">
         <v>1677</v>
       </c>
       <c r="C838" s="1">
-        <v>95.5</v>
+        <v>6.13</v>
       </c>
       <c r="D838" s="2">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="839" spans="1:26">
       <c r="A839" t="s">
         <v>1678</v>
       </c>
       <c r="B839" t="s">
         <v>1679</v>
       </c>
       <c r="C839" s="1">
-        <v>64.51</v>
+        <v>95.5</v>
       </c>
       <c r="D839" s="2">
-        <v>90</v>
+        <v>23</v>
       </c>
     </row>
     <row r="840" spans="1:26">
       <c r="A840" t="s">
         <v>1680</v>
       </c>
       <c r="B840" t="s">
         <v>1681</v>
       </c>
       <c r="C840" s="1">
-        <v>95.95</v>
+        <v>64.51</v>
       </c>
       <c r="D840" s="2">
-        <v>84</v>
+        <v>34</v>
       </c>
     </row>
     <row r="841" spans="1:26">
       <c r="A841" t="s">
         <v>1682</v>
       </c>
       <c r="B841" t="s">
         <v>1683</v>
       </c>
       <c r="C841" s="1">
         <v>95.95</v>
       </c>
       <c r="D841" s="2">
-        <v>104</v>
+        <v>35</v>
       </c>
     </row>
     <row r="842" spans="1:26">
       <c r="A842" t="s">
         <v>1684</v>
       </c>
       <c r="B842" t="s">
         <v>1685</v>
       </c>
       <c r="C842" s="1">
         <v>95.95</v>
       </c>
       <c r="D842" s="2">
-        <v>93</v>
+        <v>18</v>
       </c>
     </row>
     <row r="843" spans="1:26">
       <c r="A843" t="s">
         <v>1686</v>
       </c>
       <c r="B843" t="s">
         <v>1687</v>
       </c>
       <c r="C843" s="1">
-        <v>65.8</v>
+        <v>95.95</v>
       </c>
       <c r="D843" s="2">
-        <v>72</v>
+        <v>11</v>
       </c>
     </row>
     <row r="844" spans="1:26">
       <c r="A844" t="s">
         <v>1688</v>
       </c>
       <c r="B844" t="s">
         <v>1689</v>
       </c>
       <c r="C844" s="1">
-        <v>96.79</v>
+        <v>65.8</v>
       </c>
       <c r="D844" s="2">
-        <v>46</v>
+        <v>25</v>
       </c>
     </row>
     <row r="845" spans="1:26">
       <c r="A845" t="s">
         <v>1690</v>
       </c>
       <c r="B845" t="s">
         <v>1691</v>
       </c>
       <c r="C845" s="1">
-        <v>66.43</v>
-[...1 lines deleted...]
-      <c r="D845" s="2"/>
+        <v>96.79</v>
+      </c>
+      <c r="D845" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="846" spans="1:26">
       <c r="A846" t="s">
         <v>1692</v>
       </c>
       <c r="B846" t="s">
         <v>1693</v>
       </c>
       <c r="C846" s="1">
-        <v>96.79</v>
-[...3 lines deleted...]
-      </c>
+        <v>66.43</v>
+      </c>
+      <c r="D846" s="2"/>
     </row>
     <row r="847" spans="1:26">
       <c r="A847" t="s">
         <v>1694</v>
       </c>
       <c r="B847" t="s">
         <v>1695</v>
       </c>
       <c r="C847" s="1">
-        <v>66.43</v>
+        <v>96.79</v>
       </c>
       <c r="D847" s="2">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="848" spans="1:26">
       <c r="A848" t="s">
         <v>1696</v>
       </c>
       <c r="B848" t="s">
         <v>1697</v>
       </c>
       <c r="C848" s="1">
-        <v>96.79</v>
-[...3 lines deleted...]
-      </c>
+        <v>66.43</v>
+      </c>
+      <c r="D848" s="2"/>
     </row>
     <row r="849" spans="1:26">
       <c r="A849" t="s">
         <v>1698</v>
       </c>
       <c r="B849" t="s">
         <v>1699</v>
       </c>
       <c r="C849" s="1">
-        <v>66.43</v>
+        <v>96.79</v>
       </c>
       <c r="D849" s="2">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row r="850" spans="1:26">
       <c r="A850" t="s">
         <v>1700</v>
       </c>
       <c r="B850" t="s">
         <v>1701</v>
       </c>
       <c r="C850" s="1">
-        <v>77.43</v>
-[...3 lines deleted...]
-      </c>
+        <v>66.43</v>
+      </c>
+      <c r="D850" s="2"/>
     </row>
     <row r="851" spans="1:26">
       <c r="A851" t="s">
         <v>1702</v>
       </c>
       <c r="B851" t="s">
         <v>1703</v>
       </c>
       <c r="C851" s="1">
-        <v>120.03</v>
+        <v>77.43</v>
       </c>
       <c r="D851" s="2">
-        <v>3</v>
+        <v>16</v>
       </c>
     </row>
     <row r="852" spans="1:26">
       <c r="A852" t="s">
         <v>1704</v>
       </c>
       <c r="B852" t="s">
         <v>1705</v>
       </c>
       <c r="C852" s="1">
-        <v>143.48</v>
+        <v>120.03</v>
       </c>
       <c r="D852" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="853" spans="1:26">
       <c r="A853" t="s">
         <v>1706</v>
       </c>
       <c r="B853" t="s">
         <v>1707</v>
       </c>
       <c r="C853" s="1">
         <v>143.48</v>
       </c>
-      <c r="D853" s="2"/>
+      <c r="D853" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="854" spans="1:26">
       <c r="A854" t="s">
         <v>1708</v>
       </c>
       <c r="B854" t="s">
         <v>1709</v>
       </c>
       <c r="C854" s="1">
         <v>143.48</v>
       </c>
       <c r="D854" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="855" spans="1:26">
       <c r="A855" t="s">
         <v>1710</v>
       </c>
       <c r="B855" t="s">
         <v>1711</v>
       </c>
       <c r="C855" s="1">
-        <v>170.25</v>
+        <v>143.48</v>
       </c>
       <c r="D855" s="2">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="856" spans="1:26">
       <c r="A856" t="s">
         <v>1712</v>
       </c>
       <c r="B856" t="s">
         <v>1713</v>
       </c>
       <c r="C856" s="1">
-        <v>217.45</v>
+        <v>170.25</v>
       </c>
       <c r="D856" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="857" spans="1:26">
       <c r="A857" t="s">
         <v>1714</v>
       </c>
       <c r="B857" t="s">
         <v>1715</v>
       </c>
       <c r="C857" s="1">
         <v>217.45</v>
       </c>
       <c r="D857" s="2">
-        <v>3</v>
+        <v>9</v>
       </c>
     </row>
     <row r="858" spans="1:26">
       <c r="A858" t="s">
         <v>1716</v>
       </c>
       <c r="B858" t="s">
         <v>1717</v>
       </c>
       <c r="C858" s="1">
         <v>217.45</v>
       </c>
       <c r="D858" s="2">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="859" spans="1:26">
       <c r="A859" t="s">
         <v>1718</v>
       </c>
       <c r="B859" t="s">
         <v>1719</v>
       </c>
       <c r="C859" s="1">
-        <v>68.11</v>
+        <v>217.45</v>
       </c>
       <c r="D859" s="2">
         <v>9</v>
       </c>
     </row>
     <row r="860" spans="1:26">
       <c r="A860" t="s">
         <v>1720</v>
       </c>
       <c r="B860" t="s">
         <v>1721</v>
       </c>
       <c r="C860" s="1">
-        <v>95.02</v>
+        <v>68.11</v>
       </c>
       <c r="D860" s="2">
-        <v>2</v>
+        <v>9</v>
       </c>
     </row>
     <row r="861" spans="1:26">
       <c r="A861" t="s">
         <v>1722</v>
       </c>
       <c r="B861" t="s">
         <v>1723</v>
       </c>
       <c r="C861" s="1">
         <v>95.02</v>
       </c>
       <c r="D861" s="2">
-        <v>18</v>
+        <v>2</v>
       </c>
     </row>
     <row r="862" spans="1:26">
       <c r="A862" t="s">
         <v>1724</v>
       </c>
       <c r="B862" t="s">
         <v>1725</v>
       </c>
       <c r="C862" s="1">
         <v>95.02</v>
       </c>
       <c r="D862" s="2">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="863" spans="1:26">
       <c r="A863" t="s">
         <v>1726</v>
       </c>
       <c r="B863" t="s">
         <v>1727</v>
       </c>
       <c r="C863" s="1">
-        <v>106.03</v>
+        <v>95.02</v>
       </c>
       <c r="D863" s="2">
-        <v>34</v>
+        <v>5</v>
       </c>
     </row>
     <row r="864" spans="1:26">
       <c r="A864" t="s">
         <v>1728</v>
       </c>
       <c r="B864" t="s">
         <v>1729</v>
       </c>
       <c r="C864" s="1">
-        <v>120.8</v>
+        <v>106.03</v>
       </c>
       <c r="D864" s="2">
-        <v>26</v>
+        <v>4</v>
       </c>
     </row>
     <row r="865" spans="1:26">
       <c r="A865" t="s">
         <v>1730</v>
       </c>
       <c r="B865" t="s">
         <v>1731</v>
       </c>
       <c r="C865" s="1">
         <v>120.8</v>
       </c>
       <c r="D865" s="2">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="866" spans="1:26">
       <c r="A866" t="s">
         <v>1732</v>
       </c>
       <c r="B866" t="s">
         <v>1733</v>
       </c>
       <c r="C866" s="1">
         <v>120.8</v>
       </c>
       <c r="D866" s="2">
-        <v>31</v>
+        <v>20</v>
       </c>
     </row>
     <row r="867" spans="1:26">
       <c r="A867" t="s">
         <v>1734</v>
       </c>
       <c r="B867" t="s">
         <v>1735</v>
       </c>
       <c r="C867" s="1">
-        <v>158.68</v>
+        <v>120.8</v>
       </c>
       <c r="D867" s="2">
-        <v>1</v>
+        <v>16</v>
       </c>
     </row>
     <row r="868" spans="1:26">
       <c r="A868" t="s">
         <v>1736</v>
       </c>
       <c r="B868" t="s">
         <v>1737</v>
       </c>
       <c r="C868" s="1">
-        <v>199.54</v>
+        <v>158.68</v>
       </c>
       <c r="D868" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="869" spans="1:26">
       <c r="A869" t="s">
         <v>1738</v>
       </c>
       <c r="B869" t="s">
         <v>1739</v>
       </c>
       <c r="C869" s="1">
         <v>199.54</v>
       </c>
-      <c r="D869" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D869" s="2"/>
     </row>
     <row r="870" spans="1:26">
       <c r="A870" t="s">
         <v>1740</v>
       </c>
       <c r="B870" t="s">
         <v>1741</v>
       </c>
       <c r="C870" s="1">
         <v>199.54</v>
       </c>
-      <c r="D870" s="2"/>
+      <c r="D870" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="871" spans="1:26">
       <c r="A871" t="s">
         <v>1742</v>
       </c>
       <c r="B871" t="s">
         <v>1743</v>
       </c>
       <c r="C871" s="1">
-        <v>155.83</v>
+        <v>199.54</v>
       </c>
       <c r="D871" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="872" spans="1:26">
       <c r="A872" t="s">
         <v>1744</v>
       </c>
       <c r="B872" t="s">
         <v>1745</v>
       </c>
       <c r="C872" s="1">
-        <v>168.98</v>
-[...1 lines deleted...]
-      <c r="D872" s="2"/>
+        <v>155.83</v>
+      </c>
+      <c r="D872" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="873" spans="1:26">
       <c r="A873" t="s">
         <v>1746</v>
       </c>
       <c r="B873" t="s">
         <v>1747</v>
       </c>
       <c r="C873" s="1">
         <v>168.98</v>
       </c>
-      <c r="D873" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D873" s="2"/>
     </row>
     <row r="874" spans="1:26">
       <c r="A874" t="s">
         <v>1748</v>
       </c>
       <c r="B874" t="s">
         <v>1749</v>
       </c>
       <c r="C874" s="1">
         <v>168.98</v>
       </c>
       <c r="D874" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="875" spans="1:26">
       <c r="A875" t="s">
         <v>1750</v>
       </c>
       <c r="B875" t="s">
         <v>1751</v>
       </c>
       <c r="C875" s="1">
-        <v>99.13</v>
+        <v>168.98</v>
       </c>
       <c r="D875" s="2">
-        <v>45</v>
+        <v>1</v>
       </c>
     </row>
     <row r="876" spans="1:26">
       <c r="A876" t="s">
         <v>1752</v>
       </c>
       <c r="B876" t="s">
         <v>1753</v>
       </c>
       <c r="C876" s="1">
-        <v>79.28</v>
-[...3 lines deleted...]
-      </c>
+        <v>99.13</v>
+      </c>
+      <c r="D876" s="2"/>
     </row>
     <row r="877" spans="1:26">
       <c r="A877" t="s">
         <v>1754</v>
       </c>
       <c r="B877" t="s">
         <v>1755</v>
       </c>
       <c r="C877" s="1">
-        <v>72.46</v>
+        <v>79.28</v>
       </c>
       <c r="D877" s="2">
-        <v>23</v>
+        <v>47</v>
       </c>
     </row>
     <row r="878" spans="1:26">
       <c r="A878" t="s">
         <v>1756</v>
       </c>
       <c r="B878" t="s">
         <v>1757</v>
       </c>
       <c r="C878" s="1">
         <v>72.46</v>
       </c>
       <c r="D878" s="2">
-        <v>39</v>
+        <v>30</v>
       </c>
     </row>
     <row r="879" spans="1:26">
       <c r="A879" t="s">
         <v>1758</v>
       </c>
       <c r="B879" t="s">
         <v>1759</v>
       </c>
       <c r="C879" s="1">
         <v>72.46</v>
       </c>
       <c r="D879" s="2">
-        <v>21</v>
+        <v>28</v>
       </c>
     </row>
     <row r="880" spans="1:26">
       <c r="A880" t="s">
         <v>1760</v>
       </c>
       <c r="B880" t="s">
         <v>1761</v>
       </c>
       <c r="C880" s="1">
-        <v>66.08</v>
+        <v>72.46</v>
       </c>
       <c r="D880" s="2">
-        <v>7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="881" spans="1:26">
       <c r="A881" t="s">
         <v>1762</v>
       </c>
       <c r="B881" t="s">
         <v>1763</v>
       </c>
       <c r="C881" s="1">
-        <v>113.07</v>
+        <v>66.08</v>
       </c>
       <c r="D881" s="2">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="882" spans="1:26">
       <c r="A882" t="s">
         <v>1764</v>
       </c>
       <c r="B882" t="s">
         <v>1765</v>
       </c>
       <c r="C882" s="1">
         <v>113.07</v>
       </c>
       <c r="D882" s="2">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="883" spans="1:26">
       <c r="A883" t="s">
         <v>1766</v>
       </c>
       <c r="B883" t="s">
         <v>1767</v>
       </c>
       <c r="C883" s="1">
         <v>113.07</v>
       </c>
       <c r="D883" s="2">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="884" spans="1:26">
       <c r="A884" t="s">
         <v>1768</v>
       </c>
       <c r="B884" t="s">
         <v>1769</v>
       </c>
       <c r="C884" s="1">
-        <v>23.28</v>
+        <v>113.07</v>
       </c>
       <c r="D884" s="2">
-        <v>4</v>
+        <v>13</v>
       </c>
     </row>
     <row r="885" spans="1:26">
       <c r="A885" t="s">
         <v>1770</v>
       </c>
       <c r="B885" t="s">
         <v>1771</v>
       </c>
       <c r="C885" s="1">
-        <v>7.75</v>
+        <v>23.28</v>
       </c>
       <c r="D885" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="886" spans="1:26">
       <c r="A886" t="s">
         <v>1772</v>
       </c>
       <c r="B886" t="s">
         <v>1773</v>
       </c>
       <c r="C886" s="1">
-        <v>10.74</v>
+        <v>7.75</v>
       </c>
       <c r="D886" s="2">
-        <v>18</v>
+        <v>4</v>
       </c>
     </row>
     <row r="887" spans="1:26">
       <c r="A887" t="s">
         <v>1774</v>
       </c>
       <c r="B887" t="s">
         <v>1775</v>
       </c>
       <c r="C887" s="1">
-        <v>61.87</v>
-[...1 lines deleted...]
-      <c r="D887" s="2"/>
+        <v>10.74</v>
+      </c>
+      <c r="D887" s="2">
+        <v>17</v>
+      </c>
     </row>
     <row r="888" spans="1:26">
       <c r="A888" t="s">
         <v>1776</v>
       </c>
       <c r="B888" t="s">
         <v>1777</v>
       </c>
       <c r="C888" s="1">
-        <v>72.8</v>
-[...1 lines deleted...]
-      <c r="D888" s="2"/>
+        <v>61.87</v>
+      </c>
+      <c r="D888" s="2">
+        <v>12</v>
+      </c>
     </row>
     <row r="889" spans="1:26">
       <c r="A889" t="s">
         <v>1778</v>
       </c>
       <c r="B889" t="s">
         <v>1779</v>
       </c>
       <c r="C889" s="1">
-        <v>224.05</v>
+        <v>72.8</v>
       </c>
       <c r="D889" s="2"/>
     </row>
     <row r="890" spans="1:26">
       <c r="A890" t="s">
         <v>1780</v>
       </c>
       <c r="B890" t="s">
         <v>1781</v>
       </c>
       <c r="C890" s="1">
-        <v>290.97</v>
+        <v>224.05</v>
       </c>
       <c r="D890" s="2"/>
     </row>
     <row r="891" spans="1:26">
       <c r="A891" t="s">
         <v>1782</v>
       </c>
       <c r="B891" t="s">
         <v>1783</v>
       </c>
       <c r="C891" s="1">
         <v>290.97</v>
       </c>
       <c r="D891" s="2"/>
     </row>
     <row r="892" spans="1:26">
       <c r="A892" t="s">
         <v>1784</v>
       </c>
       <c r="B892" t="s">
         <v>1785</v>
       </c>
       <c r="C892" s="1">
         <v>290.97</v>
       </c>
       <c r="D892" s="2"/>
     </row>
     <row r="893" spans="1:26">
       <c r="A893" t="s">
         <v>1786</v>
       </c>
       <c r="B893" t="s">
         <v>1787</v>
       </c>
       <c r="C893" s="1">
-        <v>130.8</v>
-[...3 lines deleted...]
-      </c>
+        <v>290.97</v>
+      </c>
+      <c r="D893" s="2"/>
     </row>
     <row r="894" spans="1:26">
       <c r="A894" t="s">
         <v>1788</v>
       </c>
       <c r="B894" t="s">
         <v>1789</v>
       </c>
       <c r="C894" s="1">
-        <v>358.5</v>
-[...1 lines deleted...]
-      <c r="D894" s="2"/>
+        <v>130.8</v>
+      </c>
+      <c r="D894" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="895" spans="1:26">
       <c r="A895" t="s">
         <v>1790</v>
       </c>
       <c r="B895" t="s">
         <v>1791</v>
       </c>
       <c r="C895" s="1">
-        <v>545.04</v>
+        <v>358.5</v>
       </c>
       <c r="D895" s="2"/>
     </row>
     <row r="896" spans="1:26">
       <c r="A896" t="s">
         <v>1792</v>
       </c>
       <c r="B896" t="s">
         <v>1793</v>
       </c>
       <c r="C896" s="1">
-        <v>212.53</v>
+        <v>545.04</v>
       </c>
       <c r="D896" s="2"/>
     </row>
     <row r="897" spans="1:26">
       <c r="A897" t="s">
         <v>1794</v>
       </c>
       <c r="B897" t="s">
         <v>1795</v>
       </c>
       <c r="C897" s="1">
-        <v>297.58</v>
-[...3 lines deleted...]
-      </c>
+        <v>212.53</v>
+      </c>
+      <c r="D897" s="2"/>
     </row>
     <row r="898" spans="1:26">
       <c r="A898" t="s">
         <v>1796</v>
       </c>
       <c r="B898" t="s">
         <v>1797</v>
       </c>
       <c r="C898" s="1">
-        <v>64.09</v>
-[...3 lines deleted...]
-      </c>
+        <v>297.58</v>
+      </c>
+      <c r="D898" s="2"/>
     </row>
     <row r="899" spans="1:26">
       <c r="A899" t="s">
         <v>1798</v>
       </c>
       <c r="B899" t="s">
         <v>1799</v>
       </c>
       <c r="C899" s="1">
-        <v>161.52</v>
-[...1 lines deleted...]
-      <c r="D899" s="2"/>
+        <v>64.09</v>
+      </c>
+      <c r="D899" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="900" spans="1:26">
       <c r="A900" t="s">
         <v>1800</v>
       </c>
       <c r="B900" t="s">
         <v>1801</v>
       </c>
       <c r="C900" s="1">
-        <v>288.69</v>
-[...1 lines deleted...]
-      <c r="D900" s="2"/>
+        <v>161.52</v>
+      </c>
+      <c r="D900" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="901" spans="1:26">
       <c r="A901" t="s">
         <v>1802</v>
       </c>
       <c r="B901" t="s">
         <v>1803</v>
       </c>
       <c r="C901" s="1">
-        <v>267.49</v>
-[...3 lines deleted...]
-      </c>
+        <v>288.69</v>
+      </c>
+      <c r="D901" s="2"/>
     </row>
     <row r="902" spans="1:26">
       <c r="A902" t="s">
         <v>1804</v>
       </c>
       <c r="B902" t="s">
         <v>1805</v>
       </c>
       <c r="C902" s="1">
-        <v>30.88</v>
+        <v>267.49</v>
       </c>
       <c r="D902" s="2">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="903" spans="1:26">
       <c r="A903" t="s">
         <v>1806</v>
       </c>
       <c r="B903" t="s">
         <v>1807</v>
       </c>
       <c r="C903" s="1">
-        <v>584.4</v>
-[...1 lines deleted...]
-      <c r="D903" s="2"/>
+        <v>30.88</v>
+      </c>
+      <c r="D903" s="2">
+        <v>9</v>
+      </c>
     </row>
     <row r="904" spans="1:26">
       <c r="A904" t="s">
         <v>1808</v>
       </c>
       <c r="B904" t="s">
         <v>1809</v>
       </c>
       <c r="C904" s="1">
-        <v>545.25</v>
-[...3 lines deleted...]
-      </c>
+        <v>584.4</v>
+      </c>
+      <c r="D904" s="2"/>
     </row>
     <row r="905" spans="1:26">
       <c r="A905" t="s">
         <v>1810</v>
       </c>
       <c r="B905" t="s">
         <v>1811</v>
       </c>
       <c r="C905" s="1">
-        <v>296.14</v>
+        <v>545.25</v>
       </c>
       <c r="D905" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="906" spans="1:26">
       <c r="A906" t="s">
         <v>1812</v>
       </c>
       <c r="B906" t="s">
         <v>1813</v>
       </c>
       <c r="C906" s="1">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="D906" s="2"/>
+        <v>296.14</v>
+      </c>
+      <c r="D906" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="907" spans="1:26">
       <c r="A907" t="s">
         <v>1814</v>
       </c>
       <c r="B907" t="s">
         <v>1815</v>
       </c>
       <c r="C907" s="1">
-        <v>137.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="D907" s="2"/>
     </row>
     <row r="908" spans="1:26">
       <c r="A908" t="s">
         <v>1816</v>
       </c>
       <c r="B908" t="s">
         <v>1817</v>
       </c>
       <c r="C908" s="1">
-        <v>583.58</v>
-[...1 lines deleted...]
-      <c r="D908" s="2"/>
+        <v>137.1</v>
+      </c>
+      <c r="D908" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="909" spans="1:26">
       <c r="A909" t="s">
         <v>1818</v>
       </c>
       <c r="B909" t="s">
         <v>1819</v>
       </c>
       <c r="C909" s="1">
-        <v>128.4</v>
+        <v>583.58</v>
       </c>
       <c r="D909" s="2"/>
     </row>
     <row r="910" spans="1:26">
       <c r="A910" t="s">
         <v>1820</v>
       </c>
       <c r="B910" t="s">
         <v>1821</v>
       </c>
       <c r="C910" s="1">
-        <v>131.71</v>
-[...3 lines deleted...]
-      </c>
+        <v>128.4</v>
+      </c>
+      <c r="D910" s="2"/>
     </row>
     <row r="911" spans="1:26">
       <c r="A911" t="s">
         <v>1822</v>
       </c>
       <c r="B911" t="s">
         <v>1823</v>
       </c>
       <c r="C911" s="1">
-        <v>61.94</v>
+        <v>131.71</v>
       </c>
       <c r="D911" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="912" spans="1:26">
       <c r="A912" t="s">
         <v>1824</v>
       </c>
       <c r="B912" t="s">
         <v>1825</v>
       </c>
       <c r="C912" s="1">
-        <v>135.87</v>
-[...1 lines deleted...]
-      <c r="D912" s="2"/>
+        <v>61.94</v>
+      </c>
+      <c r="D912" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="913" spans="1:26">
       <c r="A913" t="s">
         <v>1826</v>
       </c>
       <c r="B913" t="s">
         <v>1827</v>
       </c>
       <c r="C913" s="1">
         <v>135.87</v>
       </c>
       <c r="D913" s="2"/>
     </row>
     <row r="914" spans="1:26">
       <c r="A914" t="s">
         <v>1828</v>
       </c>
       <c r="B914" t="s">
         <v>1829</v>
       </c>
       <c r="C914" s="1">
-        <v>212.01</v>
-[...3 lines deleted...]
-      </c>
+        <v>135.87</v>
+      </c>
+      <c r="D914" s="2"/>
     </row>
     <row r="915" spans="1:26">
       <c r="A915" t="s">
         <v>1830</v>
       </c>
       <c r="B915" t="s">
         <v>1831</v>
       </c>
       <c r="C915" s="1">
-        <v>228.9</v>
+        <v>212.01</v>
       </c>
       <c r="D915" s="2"/>
     </row>
     <row r="916" spans="1:26">
       <c r="A916" t="s">
         <v>1832</v>
       </c>
       <c r="B916" t="s">
         <v>1833</v>
       </c>
       <c r="C916" s="1">
+        <v>228.9</v>
+      </c>
+      <c r="D916" s="2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="917" spans="1:26">
+      <c r="A917" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B917" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C917" s="1">
         <v>616.66</v>
       </c>
-      <c r="D916" s="2">
-        <v>2</v>
+      <c r="D917" s="2">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>