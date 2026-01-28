--- v2 (2025-12-19)
+++ v3 (2026-01-28)
@@ -1631,51 +1631,51 @@
   <si>
     <t>Tooner Kyocera TK-18 - FS-1020D/1118 (7200 lehte)</t>
   </si>
   <si>
     <t>TK30H</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-30H - FS-7000/9000</t>
   </si>
   <si>
     <t>TK3100</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-3100 (12 500 lehte) - FS-2100D/DN / M3040dn</t>
   </si>
   <si>
     <t>TK3110</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-3110 (15 500 lehte) - FS-4100DN</t>
   </si>
   <si>
     <t>TK3130</t>
   </si>
   <si>
-    <t>Tooner Kyocera TK-3130 (25 000 lehte) - FS-4200DN/ FS-4300DN</t>
+    <t>Tooner Kyocera TK-3130 (25 000 lehte) - FS-4200DN/ FS-4300DN/M3550idn</t>
   </si>
   <si>
     <t>TK3150</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-3150 (14 500 lehte) - ECOSYS M3040idn, ECOSYS M3540idn</t>
   </si>
   <si>
     <t>TK3160</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-3160 (12 500 lehte) - ECOSYS P3045n/P3050dn/P3055dn/P3060dn/P3145dn</t>
   </si>
   <si>
     <t>TK3170</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-3170 (15 500 lehte) - ECOSYS P3050dn_ECOSYS P3055dn_ECOSYS P3060dn</t>
   </si>
   <si>
     <t>TK3190</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-3190 (25 000 lehte) - ECOSYS P3055dn, P3060dn, P3155dn, M3655idn</t>
   </si>
@@ -1889,51 +1889,51 @@
   <si>
     <t>TINT CANON PG-540XL must (5222B001) blister 21ml</t>
   </si>
   <si>
     <t>PC74RF</t>
   </si>
   <si>
     <t>TERMOSIIRDE LINT FAXT104 (4 rulli karbis)</t>
   </si>
   <si>
     <t>N9K05AE</t>
   </si>
   <si>
     <t>Tint HP NO 304 color (N9K05AE)</t>
   </si>
   <si>
     <t>N9K06AE</t>
   </si>
   <si>
     <t>Tint HP NO 304 Must (N9K06AE)</t>
   </si>
   <si>
     <t>MLT-D111S</t>
   </si>
   <si>
-    <t>TOONER SAMSUNG SL-M2022/M2022W/M2026W/ M2070/M2070W (1 000 lehte)</t>
+    <t>TOONER SAMSUNG  MLT-D111L</t>
   </si>
   <si>
     <t>MS2</t>
   </si>
   <si>
     <t>KLAMBRID DF-71 (5000 x 3)</t>
   </si>
   <si>
     <t>MS3</t>
   </si>
   <si>
     <t>KLAMBRID DF-75 (5000 x 3)</t>
   </si>
   <si>
     <t>MLT-D101S</t>
   </si>
   <si>
     <t>TOONER SAMSUNG ML-2160/ ML-2165/SCX-3405/SF-760/3400 (1 500 lk)</t>
   </si>
   <si>
     <t>MLT-D1042S</t>
   </si>
   <si>
     <t>TOONER SAMSUNG ML-1660/1665/1670/1675/1865/scx3200/3205 (1 500 lk)</t>
   </si>
@@ -5972,121 +5972,121 @@
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>77.43</v>
       </c>
       <c r="D4" s="2">
         <v>69</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>31.5</v>
       </c>
       <c r="D5" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>106.56</v>
       </c>
       <c r="D6" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>102.19</v>
       </c>
       <c r="D7" s="2">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>102.19</v>
       </c>
       <c r="D8" s="2">
-        <v>26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>64.51</v>
       </c>
       <c r="D9" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>102.19</v>
       </c>
       <c r="D10" s="2">
-        <v>26</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="2"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
@@ -6322,205 +6322,205 @@
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="2"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="2"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="1">
         <v>117.16</v>
       </c>
       <c r="D37" s="2">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" s="1">
         <v>138.57</v>
       </c>
       <c r="D38" s="2">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="1">
         <v>72.99</v>
       </c>
       <c r="D39" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="1">
         <v>108.75</v>
       </c>
       <c r="D40" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>82</v>
       </c>
       <c r="B41" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="1">
         <v>108.75</v>
       </c>
       <c r="D41" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="1">
         <v>108.75</v>
       </c>
       <c r="D42" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>86</v>
       </c>
       <c r="B43" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="1">
         <v>66.92</v>
       </c>
       <c r="D43" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
         <v>88</v>
       </c>
       <c r="B44" t="s">
         <v>89</v>
       </c>
       <c r="C44" s="1">
         <v>150.48</v>
       </c>
       <c r="D44" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
         <v>90</v>
       </c>
       <c r="B45" t="s">
         <v>91</v>
       </c>
       <c r="C45" s="1">
         <v>144.84</v>
       </c>
       <c r="D45" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
         <v>92</v>
       </c>
       <c r="B46" t="s">
         <v>93</v>
       </c>
       <c r="C46" s="1">
         <v>150.48</v>
       </c>
       <c r="D46" s="2">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
         <v>94</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
       <c r="C47" s="1">
         <v>130</v>
       </c>
       <c r="D47" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
         <v>96</v>
       </c>
       <c r="B48" t="s">
         <v>97</v>
       </c>
       <c r="C48" s="1">
         <v>102.87</v>
       </c>
       <c r="D48" s="2">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
         <v>98</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="1">
         <v>144.84</v>
       </c>
       <c r="D49" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
         <v>100</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50" s="1">
         <v>144.84</v>
@@ -6532,177 +6532,177 @@
     <row r="51" spans="1:26">
       <c r="A51" t="s">
         <v>102</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="1">
         <v>144.84</v>
       </c>
       <c r="D51" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
         <v>104</v>
       </c>
       <c r="B52" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="1">
         <v>66.92</v>
       </c>
       <c r="D52" s="2">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
         <v>106</v>
       </c>
       <c r="B53" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="1">
         <v>105.03</v>
       </c>
       <c r="D53" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
         <v>108</v>
       </c>
       <c r="B54" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="1">
         <v>119.56</v>
       </c>
       <c r="D54" s="2">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" t="s">
         <v>110</v>
       </c>
       <c r="B55" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="1">
         <v>119.56</v>
       </c>
       <c r="D55" s="2">
-        <v>88</v>
+        <v>86</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" t="s">
         <v>112</v>
       </c>
       <c r="B56" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="1">
         <v>119.56</v>
       </c>
       <c r="D56" s="2">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
         <v>114</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="1">
         <v>197.67</v>
       </c>
       <c r="D57" s="2">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
         <v>116</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="1">
         <v>170.25</v>
       </c>
       <c r="D58" s="2">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s">
         <v>118</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="1">
         <v>197.67</v>
       </c>
       <c r="D59" s="2">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60" s="1">
         <v>197.67</v>
       </c>
       <c r="D60" s="2">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>122</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61" s="1">
         <v>135.25</v>
       </c>
       <c r="D61" s="2">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
         <v>124</v>
       </c>
       <c r="B62" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="1">
         <v>99.34</v>
       </c>
       <c r="D62" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s">
         <v>126</v>
       </c>
       <c r="B63" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="1">
         <v>335.8</v>
@@ -6734,51 +6734,51 @@
       <c r="D65" s="2"/>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" t="s">
         <v>132</v>
       </c>
       <c r="B66" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="1">
         <v>586.5</v>
       </c>
       <c r="D66" s="2"/>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" t="s">
         <v>134</v>
       </c>
       <c r="B67" t="s">
         <v>135</v>
       </c>
       <c r="C67" s="1">
         <v>179.47</v>
       </c>
       <c r="D67" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
         <v>136</v>
       </c>
       <c r="B68" t="s">
         <v>137</v>
       </c>
       <c r="C68" s="1">
         <v>53.9</v>
       </c>
       <c r="D68" s="2"/>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
         <v>138</v>
       </c>
       <c r="B69" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="1">
         <v>218.9</v>
       </c>
       <c r="D69" s="2"/>
@@ -6808,117 +6808,117 @@
       <c r="D71" s="2"/>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" t="s">
         <v>144</v>
       </c>
       <c r="B72" t="s">
         <v>145</v>
       </c>
       <c r="C72" s="1">
         <v>218.9</v>
       </c>
       <c r="D72" s="2"/>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" t="s">
         <v>146</v>
       </c>
       <c r="B73" t="s">
         <v>147</v>
       </c>
       <c r="C73" s="1">
         <v>86.25</v>
       </c>
       <c r="D73" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" t="s">
         <v>148</v>
       </c>
       <c r="B74" t="s">
         <v>149</v>
       </c>
       <c r="C74" s="1">
         <v>111.25</v>
       </c>
       <c r="D74" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" t="s">
         <v>150</v>
       </c>
       <c r="B75" t="s">
         <v>151</v>
       </c>
       <c r="C75" s="1">
         <v>111.25</v>
       </c>
       <c r="D75" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" t="s">
         <v>152</v>
       </c>
       <c r="B76" t="s">
         <v>153</v>
       </c>
       <c r="C76" s="1">
         <v>111.25</v>
       </c>
       <c r="D76" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" t="s">
         <v>154</v>
       </c>
       <c r="B77" t="s">
         <v>155</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="2"/>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" t="s">
         <v>156</v>
       </c>
       <c r="B78" t="s">
         <v>157</v>
       </c>
       <c r="C78" s="1">
         <v>58.75</v>
       </c>
       <c r="D78" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" t="s">
         <v>158</v>
       </c>
       <c r="B79" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="1">
         <v>47.5</v>
       </c>
       <c r="D79" s="2">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>160</v>
       </c>
       <c r="B80" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="1">
         <v>47.5</v>
@@ -7440,119 +7440,119 @@
     <row r="119" spans="1:26">
       <c r="A119" t="s">
         <v>238</v>
       </c>
       <c r="B119" t="s">
         <v>239</v>
       </c>
       <c r="C119" s="1">
         <v>29.81</v>
       </c>
       <c r="D119" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" t="s">
         <v>240</v>
       </c>
       <c r="B120" t="s">
         <v>241</v>
       </c>
       <c r="C120" s="1">
         <v>18.27</v>
       </c>
       <c r="D120" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" t="s">
         <v>242</v>
       </c>
       <c r="B121" t="s">
         <v>243</v>
       </c>
       <c r="C121" s="1">
         <v>18.27</v>
       </c>
       <c r="D121" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" t="s">
         <v>244</v>
       </c>
       <c r="B122" t="s">
         <v>245</v>
       </c>
       <c r="C122" s="1">
         <v>18.27</v>
       </c>
       <c r="D122" s="2"/>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" t="s">
         <v>246</v>
       </c>
       <c r="B123" t="s">
         <v>247</v>
       </c>
       <c r="C123" s="1">
         <v>18.27</v>
       </c>
       <c r="D123" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" t="s">
         <v>248</v>
       </c>
       <c r="B124" t="s">
         <v>249</v>
       </c>
       <c r="C124" s="1">
         <v>18.27</v>
       </c>
       <c r="D124" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" t="s">
         <v>250</v>
       </c>
       <c r="B125" t="s">
         <v>251</v>
       </c>
       <c r="C125" s="1">
         <v>18.27</v>
       </c>
       <c r="D125" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" t="s">
         <v>252</v>
       </c>
       <c r="B126" t="s">
         <v>253</v>
       </c>
       <c r="C126" s="1">
         <v>20.62</v>
       </c>
       <c r="D126" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" t="s">
         <v>254</v>
       </c>
       <c r="B127" t="s">
         <v>255</v>
       </c>
       <c r="C127" s="1">
         <v>102.93</v>
@@ -7756,93 +7756,91 @@
     <row r="142" spans="1:26">
       <c r="A142" t="s">
         <v>284</v>
       </c>
       <c r="B142" t="s">
         <v>285</v>
       </c>
       <c r="C142" s="1">
         <v>12.99</v>
       </c>
       <c r="D142" s="2">
         <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" t="s">
         <v>286</v>
       </c>
       <c r="B143" t="s">
         <v>287</v>
       </c>
       <c r="C143" s="1">
         <v>50</v>
       </c>
       <c r="D143" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="144" spans="1:26">
       <c r="A144" t="s">
         <v>288</v>
       </c>
       <c r="B144" t="s">
         <v>289</v>
       </c>
       <c r="C144" s="1">
         <v>37.5</v>
       </c>
       <c r="D144" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:26">
       <c r="A145" t="s">
         <v>290</v>
       </c>
       <c r="B145" t="s">
         <v>291</v>
       </c>
       <c r="C145" s="1">
         <v>37.5</v>
       </c>
-      <c r="D145" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D145" s="2"/>
     </row>
     <row r="146" spans="1:26">
       <c r="A146" t="s">
         <v>292</v>
       </c>
       <c r="B146" t="s">
         <v>293</v>
       </c>
       <c r="C146" s="1">
         <v>37.5</v>
       </c>
       <c r="D146" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:26">
       <c r="A147" t="s">
         <v>294</v>
       </c>
       <c r="B147" t="s">
         <v>295</v>
       </c>
       <c r="C147" s="1"/>
       <c r="D147" s="2"/>
     </row>
     <row r="148" spans="1:26">
       <c r="A148" t="s">
         <v>296</v>
       </c>
       <c r="B148" t="s">
         <v>297</v>
       </c>
       <c r="C148" s="1"/>
       <c r="D148" s="2"/>
     </row>
     <row r="149" spans="1:26">
       <c r="A149" t="s">
         <v>298</v>
@@ -8250,51 +8248,51 @@
       <c r="D188" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="189" spans="1:26">
       <c r="A189" t="s">
         <v>378</v>
       </c>
       <c r="B189" t="s">
         <v>379</v>
       </c>
       <c r="C189" s="1"/>
       <c r="D189" s="2"/>
     </row>
     <row r="190" spans="1:26">
       <c r="A190" t="s">
         <v>380</v>
       </c>
       <c r="B190" t="s">
         <v>381</v>
       </c>
       <c r="C190" s="1">
         <v>16.09</v>
       </c>
       <c r="D190" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="191" spans="1:26">
       <c r="A191" t="s">
         <v>382</v>
       </c>
       <c r="B191" t="s">
         <v>383</v>
       </c>
       <c r="C191" s="1">
         <v>13.08</v>
       </c>
       <c r="D191" s="2"/>
     </row>
     <row r="192" spans="1:26">
       <c r="A192" t="s">
         <v>384</v>
       </c>
       <c r="B192" t="s">
         <v>385</v>
       </c>
       <c r="C192" s="1"/>
       <c r="D192" s="2"/>
     </row>
     <row r="193" spans="1:26">
@@ -8540,93 +8538,93 @@
       <c r="D215" s="2"/>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" t="s">
         <v>432</v>
       </c>
       <c r="B216" t="s">
         <v>433</v>
       </c>
       <c r="C216" s="1">
         <v>257.19</v>
       </c>
       <c r="D216" s="2"/>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" t="s">
         <v>434</v>
       </c>
       <c r="B217" t="s">
         <v>435</v>
       </c>
       <c r="C217" s="1">
         <v>72.93</v>
       </c>
       <c r="D217" s="2">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" t="s">
         <v>436</v>
       </c>
       <c r="B218" t="s">
         <v>437</v>
       </c>
       <c r="C218" s="1">
         <v>79.81</v>
       </c>
       <c r="D218" s="2">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" t="s">
         <v>438</v>
       </c>
       <c r="B219" t="s">
         <v>439</v>
       </c>
       <c r="C219" s="1">
         <v>72.93</v>
       </c>
       <c r="D219" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="220" spans="1:26">
       <c r="A220" t="s">
         <v>440</v>
       </c>
       <c r="B220" t="s">
         <v>441</v>
       </c>
       <c r="C220" s="1">
         <v>72.93</v>
       </c>
       <c r="D220" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="221" spans="1:26">
       <c r="A221" t="s">
         <v>442</v>
       </c>
       <c r="B221" t="s">
         <v>443</v>
       </c>
       <c r="C221" s="1">
         <v>84.94</v>
       </c>
       <c r="D221" s="2"/>
     </row>
     <row r="222" spans="1:26">
       <c r="A222" t="s">
         <v>444</v>
       </c>
       <c r="B222" t="s">
         <v>445</v>
       </c>
       <c r="C222" s="1">
         <v>62.29</v>
       </c>
       <c r="D222" s="2">
@@ -8648,51 +8646,51 @@
     <row r="224" spans="1:26">
       <c r="A224" t="s">
         <v>448</v>
       </c>
       <c r="B224" t="s">
         <v>449</v>
       </c>
       <c r="C224" s="1">
         <v>45.45</v>
       </c>
       <c r="D224" s="2">
         <v>20</v>
       </c>
     </row>
     <row r="225" spans="1:26">
       <c r="A225" t="s">
         <v>450</v>
       </c>
       <c r="B225" t="s">
         <v>451</v>
       </c>
       <c r="C225" s="1">
         <v>45.45</v>
       </c>
       <c r="D225" s="2">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="226" spans="1:26">
       <c r="A226" t="s">
         <v>452</v>
       </c>
       <c r="B226" t="s">
         <v>453</v>
       </c>
       <c r="C226" s="1">
         <v>45.45</v>
       </c>
       <c r="D226" s="2">
         <v>20</v>
       </c>
     </row>
     <row r="227" spans="1:26">
       <c r="A227" t="s">
         <v>454</v>
       </c>
       <c r="B227" t="s">
         <v>455</v>
       </c>
       <c r="C227" s="1">
         <v>45.45</v>
@@ -8883,196 +8881,192 @@
     </row>
     <row r="242" spans="1:26">
       <c r="A242" t="s">
         <v>484</v>
       </c>
       <c r="B242" t="s">
         <v>485</v>
       </c>
       <c r="C242" s="1">
         <v>98.11</v>
       </c>
       <c r="D242" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="243" spans="1:26">
       <c r="A243" t="s">
         <v>486</v>
       </c>
       <c r="B243" t="s">
         <v>487</v>
       </c>
       <c r="C243" s="1">
         <v>129.64</v>
       </c>
-      <c r="D243" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D243" s="2"/>
     </row>
     <row r="244" spans="1:26">
       <c r="A244" t="s">
         <v>488</v>
       </c>
       <c r="B244" t="s">
         <v>489</v>
       </c>
       <c r="C244" s="1">
         <v>113.79</v>
       </c>
-      <c r="D244" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D244" s="2"/>
     </row>
     <row r="245" spans="1:26">
       <c r="A245" t="s">
         <v>490</v>
       </c>
       <c r="B245" t="s">
         <v>491</v>
       </c>
       <c r="C245" s="1">
         <v>129.64</v>
       </c>
       <c r="D245" s="2"/>
     </row>
     <row r="246" spans="1:26">
       <c r="A246" t="s">
         <v>492</v>
       </c>
       <c r="B246" t="s">
         <v>493</v>
       </c>
       <c r="C246" s="1">
         <v>105.6</v>
       </c>
       <c r="D246" s="2"/>
     </row>
     <row r="247" spans="1:26">
       <c r="A247" t="s">
         <v>494</v>
       </c>
       <c r="B247" t="s">
         <v>495</v>
       </c>
       <c r="C247" s="1">
         <v>218.43</v>
       </c>
       <c r="D247" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="248" spans="1:26">
       <c r="A248" t="s">
         <v>496</v>
       </c>
       <c r="B248" t="s">
         <v>497</v>
       </c>
       <c r="C248" s="1">
         <v>173.68</v>
       </c>
       <c r="D248" s="2">
         <v>12</v>
       </c>
     </row>
     <row r="249" spans="1:26">
       <c r="A249" t="s">
         <v>498</v>
       </c>
       <c r="B249" t="s">
         <v>499</v>
       </c>
       <c r="C249" s="1">
         <v>218.43</v>
       </c>
       <c r="D249" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="250" spans="1:26">
       <c r="A250" t="s">
         <v>500</v>
       </c>
       <c r="B250" t="s">
         <v>501</v>
       </c>
       <c r="C250" s="1">
         <v>218.43</v>
       </c>
       <c r="D250" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="251" spans="1:26">
       <c r="A251" t="s">
         <v>502</v>
       </c>
       <c r="B251" t="s">
         <v>503</v>
       </c>
       <c r="C251" s="1">
         <v>169.9</v>
       </c>
       <c r="D251" s="2"/>
     </row>
     <row r="252" spans="1:26">
       <c r="A252" t="s">
         <v>504</v>
       </c>
       <c r="B252" t="s">
         <v>505</v>
       </c>
       <c r="C252" s="1">
         <v>156.55</v>
       </c>
       <c r="D252" s="2"/>
     </row>
     <row r="253" spans="1:26">
       <c r="A253" t="s">
         <v>506</v>
       </c>
       <c r="B253" t="s">
         <v>507</v>
       </c>
       <c r="C253" s="1">
         <v>169.9</v>
       </c>
       <c r="D253" s="2"/>
     </row>
     <row r="254" spans="1:26">
       <c r="A254" t="s">
         <v>508</v>
       </c>
       <c r="B254" t="s">
         <v>509</v>
       </c>
       <c r="C254" s="1">
         <v>111.97</v>
       </c>
       <c r="D254" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:26">
       <c r="A255" t="s">
         <v>510</v>
       </c>
       <c r="B255" t="s">
         <v>511</v>
       </c>
       <c r="C255" s="1">
         <v>112.76</v>
       </c>
       <c r="D255" s="2"/>
     </row>
     <row r="256" spans="1:26">
       <c r="A256" t="s">
         <v>512</v>
       </c>
       <c r="B256" t="s">
         <v>513</v>
       </c>
       <c r="C256" s="1">
         <v>134.28</v>
       </c>
       <c r="D256" s="2"/>
@@ -9104,51 +9098,51 @@
       <c r="D258" s="2"/>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" t="s">
         <v>518</v>
       </c>
       <c r="B259" t="s">
         <v>519</v>
       </c>
       <c r="C259" s="1">
         <v>125.6</v>
       </c>
       <c r="D259" s="2"/>
     </row>
     <row r="260" spans="1:26">
       <c r="A260" t="s">
         <v>520</v>
       </c>
       <c r="B260" t="s">
         <v>521</v>
       </c>
       <c r="C260" s="1">
         <v>99.75</v>
       </c>
       <c r="D260" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" t="s">
         <v>522</v>
       </c>
       <c r="B261" t="s">
         <v>523</v>
       </c>
       <c r="C261" s="1">
         <v>99.94</v>
       </c>
       <c r="D261" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" t="s">
         <v>524</v>
       </c>
       <c r="B262" t="s">
         <v>525</v>
       </c>
       <c r="C262" s="1">
         <v>147.97</v>
@@ -9212,135 +9206,135 @@
     <row r="267" spans="1:26">
       <c r="A267" t="s">
         <v>534</v>
       </c>
       <c r="B267" t="s">
         <v>535</v>
       </c>
       <c r="C267" s="1">
         <v>102.88</v>
       </c>
       <c r="D267" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="268" spans="1:26">
       <c r="A268" t="s">
         <v>536</v>
       </c>
       <c r="B268" t="s">
         <v>537</v>
       </c>
       <c r="C268" s="1">
         <v>122.97</v>
       </c>
       <c r="D268" s="2">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="269" spans="1:26">
       <c r="A269" t="s">
         <v>538</v>
       </c>
       <c r="B269" t="s">
         <v>539</v>
       </c>
       <c r="C269" s="1">
         <v>135.25</v>
       </c>
       <c r="D269" s="2">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:26">
       <c r="A270" t="s">
         <v>540</v>
       </c>
       <c r="B270" t="s">
         <v>541</v>
       </c>
       <c r="C270" s="1">
         <v>99.34</v>
       </c>
       <c r="D270" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:26">
       <c r="A271" t="s">
         <v>542</v>
       </c>
       <c r="B271" t="s">
         <v>543</v>
       </c>
       <c r="C271" s="1">
         <v>102.87</v>
       </c>
       <c r="D271" s="2">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="272" spans="1:26">
       <c r="A272" t="s">
         <v>544</v>
       </c>
       <c r="B272" t="s">
         <v>545</v>
       </c>
       <c r="C272" s="1">
         <v>106.57</v>
       </c>
       <c r="D272" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="273" spans="1:26">
       <c r="A273" t="s">
         <v>546</v>
       </c>
       <c r="B273" t="s">
         <v>547</v>
       </c>
       <c r="C273" s="1">
         <v>135.25</v>
       </c>
       <c r="D273" s="2">
         <v>28</v>
       </c>
     </row>
     <row r="274" spans="1:26">
       <c r="A274" t="s">
         <v>548</v>
       </c>
       <c r="B274" t="s">
         <v>549</v>
       </c>
       <c r="C274" s="1">
         <v>179.47</v>
       </c>
       <c r="D274" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:26">
       <c r="A275" t="s">
         <v>550</v>
       </c>
       <c r="B275" t="s">
         <v>551</v>
       </c>
       <c r="C275" s="1">
         <v>102.51</v>
       </c>
       <c r="D275" s="2"/>
     </row>
     <row r="276" spans="1:26">
       <c r="A276" t="s">
         <v>552</v>
       </c>
       <c r="B276" t="s">
         <v>553</v>
       </c>
       <c r="C276" s="1">
         <v>52.71</v>
       </c>
       <c r="D276" s="2">
@@ -9364,105 +9358,105 @@
     <row r="278" spans="1:26">
       <c r="A278" t="s">
         <v>556</v>
       </c>
       <c r="B278" t="s">
         <v>557</v>
       </c>
       <c r="C278" s="1">
         <v>74.25</v>
       </c>
       <c r="D278" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:26">
       <c r="A279" t="s">
         <v>558</v>
       </c>
       <c r="B279" t="s">
         <v>559</v>
       </c>
       <c r="C279" s="1">
         <v>64.03</v>
       </c>
       <c r="D279" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:26">
       <c r="A280" t="s">
         <v>560</v>
       </c>
       <c r="B280" t="s">
         <v>561</v>
       </c>
       <c r="C280" s="1">
         <v>84.09</v>
       </c>
       <c r="D280" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:26">
       <c r="A281" t="s">
         <v>562</v>
       </c>
       <c r="B281" t="s">
         <v>563</v>
       </c>
       <c r="C281" s="1">
         <v>101.36</v>
       </c>
       <c r="D281" s="2"/>
     </row>
     <row r="282" spans="1:26">
       <c r="A282" t="s">
         <v>564</v>
       </c>
       <c r="B282" t="s">
         <v>565</v>
       </c>
       <c r="C282" s="1">
         <v>106.83</v>
       </c>
       <c r="D282" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:26">
       <c r="A283" t="s">
         <v>566</v>
       </c>
       <c r="B283" t="s">
         <v>567</v>
       </c>
       <c r="C283" s="1">
         <v>90.68</v>
       </c>
       <c r="D283" s="2">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:26">
       <c r="A284" t="s">
         <v>568</v>
       </c>
       <c r="B284" t="s">
         <v>569</v>
       </c>
       <c r="C284" s="1">
         <v>98.43</v>
       </c>
       <c r="D284" s="2"/>
     </row>
     <row r="285" spans="1:26">
       <c r="A285" t="s">
         <v>570</v>
       </c>
       <c r="B285" t="s">
         <v>571</v>
       </c>
       <c r="C285" s="1">
         <v>216.97</v>
       </c>
       <c r="D285" s="2"/>
@@ -9492,79 +9486,79 @@
       <c r="D287" s="2"/>
     </row>
     <row r="288" spans="1:26">
       <c r="A288" t="s">
         <v>576</v>
       </c>
       <c r="B288" t="s">
         <v>577</v>
       </c>
       <c r="C288" s="1">
         <v>216.97</v>
       </c>
       <c r="D288" s="2"/>
     </row>
     <row r="289" spans="1:26">
       <c r="A289" t="s">
         <v>578</v>
       </c>
       <c r="B289" t="s">
         <v>579</v>
       </c>
       <c r="C289" s="1">
         <v>70.06</v>
       </c>
       <c r="D289" s="2">
-        <v>4</v>
+        <v>23</v>
       </c>
     </row>
     <row r="290" spans="1:26">
       <c r="A290" t="s">
         <v>580</v>
       </c>
       <c r="B290" t="s">
         <v>581</v>
       </c>
       <c r="C290" s="1">
         <v>39</v>
       </c>
       <c r="D290" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="291" spans="1:26">
       <c r="A291" t="s">
         <v>582</v>
       </c>
       <c r="B291" t="s">
         <v>583</v>
       </c>
       <c r="C291" s="1">
         <v>35.71</v>
       </c>
       <c r="D291" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="292" spans="1:26">
       <c r="A292" t="s">
         <v>584</v>
       </c>
       <c r="B292" t="s">
         <v>585</v>
       </c>
       <c r="C292" s="1">
         <v>80.7</v>
       </c>
       <c r="D292" s="2"/>
     </row>
     <row r="293" spans="1:26">
       <c r="A293" t="s">
         <v>586</v>
       </c>
       <c r="B293" t="s">
         <v>587</v>
       </c>
       <c r="C293" s="1">
         <v>40.87</v>
       </c>
       <c r="D293" s="2">
@@ -10147,51 +10141,53 @@
       </c>
       <c r="D342" s="2"/>
     </row>
     <row r="343" spans="1:26">
       <c r="A343" t="s">
         <v>686</v>
       </c>
       <c r="B343" t="s">
         <v>687</v>
       </c>
       <c r="C343" s="1">
         <v>5.11</v>
       </c>
       <c r="D343" s="2"/>
     </row>
     <row r="344" spans="1:26">
       <c r="A344" t="s">
         <v>688</v>
       </c>
       <c r="B344" t="s">
         <v>689</v>
       </c>
       <c r="C344" s="1">
         <v>5.11</v>
       </c>
-      <c r="D344" s="2"/>
+      <c r="D344" s="2">
+        <v>20</v>
+      </c>
     </row>
     <row r="345" spans="1:26">
       <c r="A345" t="s">
         <v>690</v>
       </c>
       <c r="B345" t="s">
         <v>691</v>
       </c>
       <c r="C345" s="1"/>
       <c r="D345" s="2"/>
     </row>
     <row r="346" spans="1:26">
       <c r="A346" t="s">
         <v>692</v>
       </c>
       <c r="B346" t="s">
         <v>693</v>
       </c>
       <c r="C346" s="1">
         <v>3.83</v>
       </c>
       <c r="D346" s="2">
         <v>1</v>
       </c>
     </row>
@@ -10216,76 +10212,78 @@
         <v>2.7</v>
       </c>
       <c r="D348" s="2"/>
     </row>
     <row r="349" spans="1:26">
       <c r="A349" t="s">
         <v>698</v>
       </c>
       <c r="B349" t="s">
         <v>699</v>
       </c>
       <c r="C349" s="1"/>
       <c r="D349" s="2"/>
     </row>
     <row r="350" spans="1:26">
       <c r="A350" t="s">
         <v>700</v>
       </c>
       <c r="B350" t="s">
         <v>701</v>
       </c>
       <c r="C350" s="1">
         <v>14.87</v>
       </c>
       <c r="D350" s="2">
-        <v>4</v>
+        <v>17</v>
       </c>
     </row>
     <row r="351" spans="1:26">
       <c r="A351" t="s">
         <v>702</v>
       </c>
       <c r="B351" t="s">
         <v>703</v>
       </c>
       <c r="C351" s="1">
         <v>18.75</v>
       </c>
       <c r="D351" s="2"/>
     </row>
     <row r="352" spans="1:26">
       <c r="A352" t="s">
         <v>704</v>
       </c>
       <c r="B352" t="s">
         <v>705</v>
       </c>
       <c r="C352" s="1">
         <v>18.25</v>
       </c>
-      <c r="D352" s="2"/>
+      <c r="D352" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="353" spans="1:26">
       <c r="A353" t="s">
         <v>706</v>
       </c>
       <c r="B353" t="s">
         <v>707</v>
       </c>
       <c r="C353" s="1">
         <v>28.75</v>
       </c>
       <c r="D353" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:26">
       <c r="A354" t="s">
         <v>708</v>
       </c>
       <c r="B354" t="s">
         <v>709</v>
       </c>
       <c r="C354" s="1">
         <v>31.9</v>
       </c>
@@ -10769,53 +10767,51 @@
         <v>791</v>
       </c>
       <c r="C395" s="1"/>
       <c r="D395" s="2"/>
     </row>
     <row r="396" spans="1:26">
       <c r="A396" t="s">
         <v>792</v>
       </c>
       <c r="B396" t="s">
         <v>793</v>
       </c>
       <c r="C396" s="1"/>
       <c r="D396" s="2"/>
     </row>
     <row r="397" spans="1:26">
       <c r="A397" t="s">
         <v>794</v>
       </c>
       <c r="B397" t="s">
         <v>795</v>
       </c>
       <c r="C397" s="1">
         <v>72.6</v>
       </c>
-      <c r="D397" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D397" s="2"/>
     </row>
     <row r="398" spans="1:26">
       <c r="A398" t="s">
         <v>796</v>
       </c>
       <c r="B398" t="s">
         <v>797</v>
       </c>
       <c r="C398" s="1"/>
       <c r="D398" s="2"/>
     </row>
     <row r="399" spans="1:26">
       <c r="A399" t="s">
         <v>798</v>
       </c>
       <c r="B399" t="s">
         <v>799</v>
       </c>
       <c r="C399" s="1"/>
       <c r="D399" s="2"/>
     </row>
     <row r="400" spans="1:26">
       <c r="A400" t="s">
         <v>800</v>
       </c>
@@ -11106,79 +11102,79 @@
       <c r="D424" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:26">
       <c r="A425" t="s">
         <v>850</v>
       </c>
       <c r="B425" t="s">
         <v>851</v>
       </c>
       <c r="C425" s="1"/>
       <c r="D425" s="2"/>
     </row>
     <row r="426" spans="1:26">
       <c r="A426" t="s">
         <v>852</v>
       </c>
       <c r="B426" t="s">
         <v>853</v>
       </c>
       <c r="C426" s="1">
         <v>27.28</v>
       </c>
       <c r="D426" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="427" spans="1:26">
       <c r="A427" t="s">
         <v>854</v>
       </c>
       <c r="B427" t="s">
         <v>855</v>
       </c>
       <c r="C427" s="1">
         <v>27.28</v>
       </c>
       <c r="D427" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="428" spans="1:26">
       <c r="A428" t="s">
         <v>856</v>
       </c>
       <c r="B428" t="s">
         <v>857</v>
       </c>
       <c r="C428" s="1">
         <v>27.28</v>
       </c>
       <c r="D428" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="429" spans="1:26">
       <c r="A429" t="s">
         <v>858</v>
       </c>
       <c r="B429" t="s">
         <v>859</v>
       </c>
       <c r="C429" s="1">
         <v>27.28</v>
       </c>
       <c r="D429" s="2"/>
     </row>
     <row r="430" spans="1:26">
       <c r="A430" t="s">
         <v>860</v>
       </c>
       <c r="B430" t="s">
         <v>861</v>
       </c>
       <c r="C430" s="1"/>
       <c r="D430" s="2"/>
     </row>
     <row r="431" spans="1:26">
@@ -11342,79 +11338,79 @@
     <row r="445" spans="1:26">
       <c r="A445" t="s">
         <v>890</v>
       </c>
       <c r="B445" t="s">
         <v>891</v>
       </c>
       <c r="C445" s="1">
         <v>87.5</v>
       </c>
       <c r="D445" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" t="s">
         <v>892</v>
       </c>
       <c r="B446" t="s">
         <v>893</v>
       </c>
       <c r="C446" s="1">
         <v>101.25</v>
       </c>
       <c r="D446" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="447" spans="1:26">
       <c r="A447" t="s">
         <v>894</v>
       </c>
       <c r="B447" t="s">
         <v>895</v>
       </c>
       <c r="C447" s="1">
         <v>101.25</v>
       </c>
       <c r="D447" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="448" spans="1:26">
       <c r="A448" t="s">
         <v>896</v>
       </c>
       <c r="B448" t="s">
         <v>897</v>
       </c>
       <c r="C448" s="1">
         <v>101.25</v>
       </c>
       <c r="D448" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="449" spans="1:26">
       <c r="A449" t="s">
         <v>898</v>
       </c>
       <c r="B449" t="s">
         <v>899</v>
       </c>
       <c r="C449" s="1"/>
       <c r="D449" s="2"/>
     </row>
     <row r="450" spans="1:26">
       <c r="A450" t="s">
         <v>900</v>
       </c>
       <c r="B450" t="s">
         <v>901</v>
       </c>
       <c r="C450" s="1">
         <v>143</v>
       </c>
       <c r="D450" s="2">
         <v>1</v>
       </c>
@@ -11493,121 +11489,115 @@
       </c>
       <c r="D456" s="2"/>
     </row>
     <row r="457" spans="1:26">
       <c r="A457" t="s">
         <v>914</v>
       </c>
       <c r="B457" t="s">
         <v>915</v>
       </c>
       <c r="C457" s="1">
         <v>54.57</v>
       </c>
       <c r="D457" s="2"/>
     </row>
     <row r="458" spans="1:26">
       <c r="A458" t="s">
         <v>916</v>
       </c>
       <c r="B458" t="s">
         <v>917</v>
       </c>
       <c r="C458" s="1">
         <v>54.57</v>
       </c>
-      <c r="D458" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D458" s="2"/>
     </row>
     <row r="459" spans="1:26">
       <c r="A459" t="s">
         <v>918</v>
       </c>
       <c r="B459" t="s">
         <v>919</v>
       </c>
       <c r="C459" s="1">
         <v>54.57</v>
       </c>
       <c r="D459" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="460" spans="1:26">
       <c r="A460" t="s">
         <v>920</v>
       </c>
       <c r="B460" t="s">
         <v>921</v>
       </c>
       <c r="C460" s="1">
         <v>54.57</v>
       </c>
-      <c r="D460" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D460" s="2"/>
     </row>
     <row r="461" spans="1:26">
       <c r="A461" t="s">
         <v>922</v>
       </c>
       <c r="B461" t="s">
         <v>923</v>
       </c>
       <c r="C461" s="1">
         <v>55.55</v>
       </c>
       <c r="D461" s="2"/>
     </row>
     <row r="462" spans="1:26">
       <c r="A462" t="s">
         <v>924</v>
       </c>
       <c r="B462" t="s">
         <v>925</v>
       </c>
       <c r="C462" s="1">
         <v>54.57</v>
       </c>
       <c r="D462" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:26">
       <c r="A463" t="s">
         <v>926</v>
       </c>
       <c r="B463" t="s">
         <v>927</v>
       </c>
       <c r="C463" s="1">
         <v>106.25</v>
       </c>
-      <c r="D463" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D463" s="2"/>
     </row>
     <row r="464" spans="1:26">
       <c r="A464" t="s">
         <v>928</v>
       </c>
       <c r="B464" t="s">
         <v>929</v>
       </c>
       <c r="C464" s="1">
         <v>115.1</v>
       </c>
       <c r="D464" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:26">
       <c r="A465" t="s">
         <v>930</v>
       </c>
       <c r="B465" t="s">
         <v>931</v>
       </c>
       <c r="C465" s="1">
         <v>121.87</v>
       </c>
@@ -11698,51 +11688,51 @@
       <c r="D471" s="2"/>
     </row>
     <row r="472" spans="1:26">
       <c r="A472" t="s">
         <v>944</v>
       </c>
       <c r="B472" t="s">
         <v>945</v>
       </c>
       <c r="C472" s="1">
         <v>89.38</v>
       </c>
       <c r="D472" s="2"/>
     </row>
     <row r="473" spans="1:26">
       <c r="A473" t="s">
         <v>946</v>
       </c>
       <c r="B473" t="s">
         <v>947</v>
       </c>
       <c r="C473" s="1">
         <v>45</v>
       </c>
       <c r="D473" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="474" spans="1:26">
       <c r="A474" t="s">
         <v>948</v>
       </c>
       <c r="B474" t="s">
         <v>949</v>
       </c>
       <c r="C474" s="1"/>
       <c r="D474" s="2"/>
     </row>
     <row r="475" spans="1:26">
       <c r="A475" t="s">
         <v>950</v>
       </c>
       <c r="B475" t="s">
         <v>951</v>
       </c>
       <c r="C475" s="1">
         <v>266.95</v>
       </c>
       <c r="D475" s="2">
         <v>1</v>
       </c>
@@ -11865,121 +11855,113 @@
       </c>
       <c r="D484" s="2"/>
     </row>
     <row r="485" spans="1:26">
       <c r="A485" t="s">
         <v>970</v>
       </c>
       <c r="B485" t="s">
         <v>971</v>
       </c>
       <c r="C485" s="1">
         <v>143</v>
       </c>
       <c r="D485" s="2"/>
     </row>
     <row r="486" spans="1:26">
       <c r="A486" t="s">
         <v>972</v>
       </c>
       <c r="B486" t="s">
         <v>973</v>
       </c>
       <c r="C486" s="1">
         <v>143</v>
       </c>
-      <c r="D486" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D486" s="2"/>
     </row>
     <row r="487" spans="1:26">
       <c r="A487" t="s">
         <v>974</v>
       </c>
       <c r="B487" t="s">
         <v>975</v>
       </c>
       <c r="C487" s="1">
         <v>143</v>
       </c>
-      <c r="D487" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D487" s="2"/>
     </row>
     <row r="488" spans="1:26">
       <c r="A488" t="s">
         <v>976</v>
       </c>
       <c r="B488" t="s">
         <v>977</v>
       </c>
       <c r="C488" s="1">
         <v>143</v>
       </c>
       <c r="D488" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="489" spans="1:26">
       <c r="A489" t="s">
         <v>978</v>
       </c>
       <c r="B489" t="s">
         <v>979</v>
       </c>
       <c r="C489" s="1">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="D489" s="2"/>
     </row>
     <row r="490" spans="1:26">
       <c r="A490" t="s">
         <v>980</v>
       </c>
       <c r="B490" t="s">
         <v>981</v>
       </c>
       <c r="C490" s="1">
         <v>143</v>
       </c>
       <c r="D490" s="2"/>
     </row>
     <row r="491" spans="1:26">
       <c r="A491" t="s">
         <v>982</v>
       </c>
       <c r="B491" t="s">
         <v>983</v>
       </c>
       <c r="C491" s="1">
         <v>143</v>
       </c>
-      <c r="D491" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D491" s="2"/>
     </row>
     <row r="492" spans="1:26">
       <c r="A492" t="s">
         <v>984</v>
       </c>
       <c r="B492" t="s">
         <v>985</v>
       </c>
       <c r="C492" s="1">
         <v>143</v>
       </c>
       <c r="D492" s="2"/>
     </row>
     <row r="493" spans="1:26">
       <c r="A493" t="s">
         <v>986</v>
       </c>
       <c r="B493" t="s">
         <v>987</v>
       </c>
       <c r="C493" s="1">
         <v>269.5</v>
       </c>
       <c r="D493" s="2"/>
     </row>
@@ -12189,230 +12171,224 @@
     </row>
     <row r="510" spans="1:26">
       <c r="A510" t="s">
         <v>1020</v>
       </c>
       <c r="B510" t="s">
         <v>1021</v>
       </c>
       <c r="C510" s="1">
         <v>14.71</v>
       </c>
       <c r="D510" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="511" spans="1:26">
       <c r="A511" t="s">
         <v>1022</v>
       </c>
       <c r="B511" t="s">
         <v>1023</v>
       </c>
       <c r="C511" s="1">
         <v>51.87</v>
       </c>
-      <c r="D511" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D511" s="2"/>
     </row>
     <row r="512" spans="1:26">
       <c r="A512" t="s">
         <v>1024</v>
       </c>
       <c r="B512" t="s">
         <v>1025</v>
       </c>
       <c r="C512" s="1">
         <v>45</v>
       </c>
-      <c r="D512" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D512" s="2"/>
     </row>
     <row r="513" spans="1:26">
       <c r="A513" t="s">
         <v>1026</v>
       </c>
       <c r="B513" t="s">
         <v>1027</v>
       </c>
       <c r="C513" s="1">
         <v>45</v>
       </c>
-      <c r="D513" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D513" s="2"/>
     </row>
     <row r="514" spans="1:26">
       <c r="A514" t="s">
         <v>1028</v>
       </c>
       <c r="B514" t="s">
         <v>1029</v>
       </c>
       <c r="C514" s="1"/>
       <c r="D514" s="2"/>
     </row>
     <row r="515" spans="1:26">
       <c r="A515" t="s">
         <v>1030</v>
       </c>
       <c r="B515" t="s">
         <v>1031</v>
       </c>
       <c r="C515" s="1">
         <v>10</v>
       </c>
       <c r="D515" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="516" spans="1:26">
       <c r="A516" t="s">
         <v>1032</v>
       </c>
       <c r="B516" t="s">
         <v>1033</v>
       </c>
       <c r="C516" s="1">
         <v>8.12</v>
       </c>
       <c r="D516" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="517" spans="1:26">
       <c r="A517" t="s">
         <v>1034</v>
       </c>
       <c r="B517" t="s">
         <v>1035</v>
       </c>
       <c r="C517" s="1">
         <v>8.12</v>
       </c>
       <c r="D517" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="518" spans="1:26">
       <c r="A518" t="s">
         <v>1036</v>
       </c>
       <c r="B518" t="s">
         <v>1037</v>
       </c>
       <c r="C518" s="1">
         <v>8.12</v>
       </c>
       <c r="D518" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="519" spans="1:26">
       <c r="A519" t="s">
         <v>1038</v>
       </c>
       <c r="B519" t="s">
         <v>1039</v>
       </c>
       <c r="C519" s="1">
         <v>10.62</v>
       </c>
       <c r="D519" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="520" spans="1:26">
       <c r="A520" t="s">
         <v>1040</v>
       </c>
       <c r="B520" t="s">
         <v>1041</v>
       </c>
       <c r="C520" s="1">
         <v>10.62</v>
       </c>
       <c r="D520" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="521" spans="1:26">
       <c r="A521" t="s">
         <v>1042</v>
       </c>
       <c r="B521" t="s">
         <v>1043</v>
       </c>
       <c r="C521" s="1">
         <v>10.62</v>
       </c>
       <c r="D521" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="522" spans="1:26">
       <c r="A522" t="s">
         <v>1044</v>
       </c>
       <c r="B522" t="s">
         <v>1045</v>
       </c>
       <c r="C522" s="1">
         <v>10.62</v>
       </c>
       <c r="D522" s="2">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="523" spans="1:26">
       <c r="A523" t="s">
         <v>1046</v>
       </c>
       <c r="B523" t="s">
         <v>1047</v>
       </c>
       <c r="C523" s="1">
         <v>10.62</v>
       </c>
       <c r="D523" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="524" spans="1:26">
       <c r="A524" t="s">
         <v>1048</v>
       </c>
       <c r="B524" t="s">
         <v>1049</v>
       </c>
       <c r="C524" s="1">
         <v>10.62</v>
       </c>
       <c r="D524" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="525" spans="1:26">
       <c r="A525" t="s">
         <v>1050</v>
       </c>
       <c r="B525" t="s">
         <v>1051</v>
       </c>
       <c r="C525" s="1">
         <v>143</v>
       </c>
       <c r="D525" s="2"/>
     </row>
     <row r="526" spans="1:26">
       <c r="A526" t="s">
         <v>1052</v>
       </c>
       <c r="B526" t="s">
         <v>1053</v>
       </c>
       <c r="C526" s="1">
         <v>143</v>
       </c>
       <c r="D526" s="2"/>
@@ -13131,53 +13107,51 @@
     </row>
     <row r="587" spans="1:26">
       <c r="A587" t="s">
         <v>1174</v>
       </c>
       <c r="B587" t="s">
         <v>1175</v>
       </c>
       <c r="C587" s="1">
         <v>171.99</v>
       </c>
       <c r="D587" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="588" spans="1:26">
       <c r="A588" t="s">
         <v>1176</v>
       </c>
       <c r="B588" t="s">
         <v>1177</v>
       </c>
       <c r="C588" s="1">
         <v>172.15</v>
       </c>
-      <c r="D588" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D588" s="2"/>
     </row>
     <row r="589" spans="1:26">
       <c r="A589" t="s">
         <v>1178</v>
       </c>
       <c r="B589" t="s">
         <v>1179</v>
       </c>
       <c r="C589" s="1">
         <v>171.99</v>
       </c>
       <c r="D589" s="2"/>
     </row>
     <row r="590" spans="1:26">
       <c r="A590" t="s">
         <v>1180</v>
       </c>
       <c r="B590" t="s">
         <v>1181</v>
       </c>
       <c r="C590" s="1">
         <v>171.99</v>
       </c>
       <c r="D590" s="2">
         <v>1</v>
@@ -13359,53 +13333,51 @@
       </c>
       <c r="D604" s="2"/>
     </row>
     <row r="605" spans="1:26">
       <c r="A605" t="s">
         <v>1210</v>
       </c>
       <c r="B605" t="s">
         <v>1211</v>
       </c>
       <c r="C605" s="1">
         <v>16.08</v>
       </c>
       <c r="D605" s="2"/>
     </row>
     <row r="606" spans="1:26">
       <c r="A606" t="s">
         <v>1212</v>
       </c>
       <c r="B606" t="s">
         <v>1213</v>
       </c>
       <c r="C606" s="1">
         <v>57.29</v>
       </c>
-      <c r="D606" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D606" s="2"/>
     </row>
     <row r="607" spans="1:26">
       <c r="A607" t="s">
         <v>1214</v>
       </c>
       <c r="B607" t="s">
         <v>1215</v>
       </c>
       <c r="C607" s="1">
         <v>57.29</v>
       </c>
       <c r="D607" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="608" spans="1:26">
       <c r="A608" t="s">
         <v>1216</v>
       </c>
       <c r="B608" t="s">
         <v>1217</v>
       </c>
       <c r="C608" s="1">
         <v>57.29</v>
       </c>
@@ -14374,51 +14346,51 @@
       </c>
       <c r="C686" s="1"/>
       <c r="D686" s="2"/>
     </row>
     <row r="687" spans="1:26">
       <c r="A687" t="s">
         <v>1374</v>
       </c>
       <c r="B687" t="s">
         <v>1375</v>
       </c>
       <c r="C687" s="1"/>
       <c r="D687" s="2"/>
     </row>
     <row r="688" spans="1:26">
       <c r="A688" t="s">
         <v>1376</v>
       </c>
       <c r="B688" t="s">
         <v>1377</v>
       </c>
       <c r="C688" s="1">
         <v>24.15</v>
       </c>
       <c r="D688" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="689" spans="1:26">
       <c r="A689" t="s">
         <v>1378</v>
       </c>
       <c r="B689" t="s">
         <v>1379</v>
       </c>
       <c r="C689" s="1">
         <v>18.73</v>
       </c>
       <c r="D689" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="690" spans="1:26">
       <c r="A690" t="s">
         <v>1380</v>
       </c>
       <c r="B690" t="s">
         <v>1381</v>
       </c>
       <c r="C690" s="1">
         <v>35</v>
@@ -14444,51 +14416,51 @@
     <row r="692" spans="1:26">
       <c r="A692" t="s">
         <v>1384</v>
       </c>
       <c r="B692" t="s">
         <v>1385</v>
       </c>
       <c r="C692" s="1">
         <v>35</v>
       </c>
       <c r="D692" s="2">
         <v>6</v>
       </c>
     </row>
     <row r="693" spans="1:26">
       <c r="A693" t="s">
         <v>1386</v>
       </c>
       <c r="B693" t="s">
         <v>1387</v>
       </c>
       <c r="C693" s="1">
         <v>57.5</v>
       </c>
       <c r="D693" s="2">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="694" spans="1:26">
       <c r="A694" t="s">
         <v>1388</v>
       </c>
       <c r="B694" t="s">
         <v>1389</v>
       </c>
       <c r="C694" s="1">
         <v>7.18</v>
       </c>
       <c r="D694" s="2"/>
     </row>
     <row r="695" spans="1:26">
       <c r="A695" t="s">
         <v>1390</v>
       </c>
       <c r="B695" t="s">
         <v>1391</v>
       </c>
       <c r="C695" s="1">
         <v>17.37</v>
       </c>
       <c r="D695" s="2"/>
@@ -15376,133 +15348,135 @@
     <row r="766" spans="1:26">
       <c r="A766" t="s">
         <v>1532</v>
       </c>
       <c r="B766" t="s">
         <v>1533</v>
       </c>
       <c r="C766" s="1">
         <v>104.6</v>
       </c>
       <c r="D766" s="2">
         <v>7</v>
       </c>
     </row>
     <row r="767" spans="1:26">
       <c r="A767" t="s">
         <v>1534</v>
       </c>
       <c r="B767" t="s">
         <v>1535</v>
       </c>
       <c r="C767" s="1">
         <v>202.95</v>
       </c>
       <c r="D767" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="768" spans="1:26">
       <c r="A768" t="s">
         <v>1536</v>
       </c>
       <c r="B768" t="s">
         <v>1537</v>
       </c>
       <c r="C768" s="1">
         <v>202.95</v>
       </c>
-      <c r="D768" s="2"/>
+      <c r="D768" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="769" spans="1:26">
       <c r="A769" t="s">
         <v>1538</v>
       </c>
       <c r="B769" t="s">
         <v>1539</v>
       </c>
       <c r="C769" s="1">
         <v>202.95</v>
       </c>
       <c r="D769" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="770" spans="1:26">
       <c r="A770" t="s">
         <v>1540</v>
       </c>
       <c r="B770" t="s">
         <v>1541</v>
       </c>
       <c r="C770" s="1">
         <v>18.38</v>
       </c>
       <c r="D770" s="2">
-        <v>11</v>
+        <v>7</v>
       </c>
     </row>
     <row r="771" spans="1:26">
       <c r="A771" t="s">
         <v>1542</v>
       </c>
       <c r="B771" t="s">
         <v>1543</v>
       </c>
       <c r="C771" s="1">
         <v>16.13</v>
       </c>
       <c r="D771" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="772" spans="1:26">
       <c r="A772" t="s">
         <v>1544</v>
       </c>
       <c r="B772" t="s">
         <v>1545</v>
       </c>
       <c r="C772" s="1">
         <v>16.13</v>
       </c>
       <c r="D772" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="773" spans="1:26">
       <c r="A773" t="s">
         <v>1546</v>
       </c>
       <c r="B773" t="s">
         <v>1547</v>
       </c>
       <c r="C773" s="1">
         <v>16.13</v>
       </c>
       <c r="D773" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="774" spans="1:26">
       <c r="A774" t="s">
         <v>1548</v>
       </c>
       <c r="B774" t="s">
         <v>1549</v>
       </c>
       <c r="C774" s="1">
         <v>15.61</v>
       </c>
       <c r="D774" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="775" spans="1:26">
       <c r="A775" t="s">
         <v>1550</v>
       </c>
       <c r="B775" t="s">
         <v>1551</v>
       </c>
       <c r="C775" s="1">
         <v>15.61</v>
@@ -15838,191 +15812,191 @@
       <c r="D801" s="2"/>
     </row>
     <row r="802" spans="1:26">
       <c r="A802" t="s">
         <v>1604</v>
       </c>
       <c r="B802" t="s">
         <v>1605</v>
       </c>
       <c r="C802" s="1">
         <v>11.25</v>
       </c>
       <c r="D802" s="2"/>
     </row>
     <row r="803" spans="1:26">
       <c r="A803" t="s">
         <v>1606</v>
       </c>
       <c r="B803" t="s">
         <v>1607</v>
       </c>
       <c r="C803" s="1">
         <v>15.58</v>
       </c>
       <c r="D803" s="2">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="804" spans="1:26">
       <c r="A804" t="s">
         <v>1608</v>
       </c>
       <c r="B804" t="s">
         <v>1609</v>
       </c>
       <c r="C804" s="1">
         <v>15.43</v>
       </c>
       <c r="D804" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="805" spans="1:26">
       <c r="A805" t="s">
         <v>1610</v>
       </c>
       <c r="B805" t="s">
         <v>1611</v>
       </c>
       <c r="C805" s="1">
         <v>20.81</v>
       </c>
       <c r="D805" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="806" spans="1:26">
       <c r="A806" t="s">
         <v>1612</v>
       </c>
       <c r="B806" t="s">
         <v>1613</v>
       </c>
       <c r="C806" s="1">
         <v>14.05</v>
       </c>
       <c r="D806" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="807" spans="1:26">
       <c r="A807" t="s">
         <v>1614</v>
       </c>
       <c r="B807" t="s">
         <v>1615</v>
       </c>
       <c r="C807" s="1">
         <v>14.05</v>
       </c>
       <c r="D807" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="808" spans="1:26">
       <c r="A808" t="s">
         <v>1616</v>
       </c>
       <c r="B808" t="s">
         <v>1617</v>
       </c>
       <c r="C808" s="1">
         <v>14.05</v>
       </c>
       <c r="D808" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="809" spans="1:26">
       <c r="A809" t="s">
         <v>1618</v>
       </c>
       <c r="B809" t="s">
         <v>1619</v>
       </c>
       <c r="C809" s="1">
         <v>14.05</v>
       </c>
       <c r="D809" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="810" spans="1:26">
       <c r="A810" t="s">
         <v>1620</v>
       </c>
       <c r="B810" t="s">
         <v>1621</v>
       </c>
       <c r="C810" s="1">
         <v>8.37</v>
       </c>
       <c r="D810" s="2">
-        <v>98</v>
+        <v>82</v>
       </c>
     </row>
     <row r="811" spans="1:26">
       <c r="A811" t="s">
         <v>1622</v>
       </c>
       <c r="B811" t="s">
         <v>1623</v>
       </c>
       <c r="C811" s="1">
         <v>8.12</v>
       </c>
       <c r="D811" s="2">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="812" spans="1:26">
       <c r="A812" t="s">
         <v>1624</v>
       </c>
       <c r="B812" t="s">
         <v>1625</v>
       </c>
       <c r="C812" s="1">
         <v>8.12</v>
       </c>
       <c r="D812" s="2">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="813" spans="1:26">
       <c r="A813" t="s">
         <v>1626</v>
       </c>
       <c r="B813" t="s">
         <v>1627</v>
       </c>
       <c r="C813" s="1">
         <v>8.12</v>
       </c>
       <c r="D813" s="2">
-        <v>73</v>
+        <v>69</v>
       </c>
     </row>
     <row r="814" spans="1:26">
       <c r="A814" t="s">
         <v>1628</v>
       </c>
       <c r="B814" t="s">
         <v>1629</v>
       </c>
       <c r="C814" s="1"/>
       <c r="D814" s="2"/>
     </row>
     <row r="815" spans="1:26">
       <c r="A815" t="s">
         <v>1630</v>
       </c>
       <c r="B815" t="s">
         <v>1631</v>
       </c>
       <c r="C815" s="1"/>
       <c r="D815" s="2"/>
     </row>
     <row r="816" spans="1:26">
       <c r="A816" t="s">
         <v>1632</v>
@@ -16154,51 +16128,51 @@
       </c>
       <c r="C828" s="1"/>
       <c r="D828" s="2"/>
     </row>
     <row r="829" spans="1:26">
       <c r="A829" t="s">
         <v>1658</v>
       </c>
       <c r="B829" t="s">
         <v>1659</v>
       </c>
       <c r="C829" s="1"/>
       <c r="D829" s="2"/>
     </row>
     <row r="830" spans="1:26">
       <c r="A830" t="s">
         <v>1660</v>
       </c>
       <c r="B830" t="s">
         <v>1661</v>
       </c>
       <c r="C830" s="1">
         <v>9</v>
       </c>
       <c r="D830" s="2">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="831" spans="1:26">
       <c r="A831" t="s">
         <v>1662</v>
       </c>
       <c r="B831" t="s">
         <v>1663</v>
       </c>
       <c r="C831" s="1">
         <v>7.62</v>
       </c>
       <c r="D831" s="2"/>
     </row>
     <row r="832" spans="1:26">
       <c r="A832" t="s">
         <v>1664</v>
       </c>
       <c r="B832" t="s">
         <v>1665</v>
       </c>
       <c r="C832" s="1"/>
       <c r="D832" s="2"/>
     </row>
     <row r="833" spans="1:26">
@@ -16221,51 +16195,51 @@
       <c r="C834" s="1">
         <v>13.47</v>
       </c>
       <c r="D834" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="835" spans="1:26">
       <c r="A835" t="s">
         <v>1670</v>
       </c>
       <c r="B835" t="s">
         <v>1671</v>
       </c>
       <c r="C835" s="1"/>
       <c r="D835" s="2"/>
     </row>
     <row r="836" spans="1:26">
       <c r="A836" t="s">
         <v>1672</v>
       </c>
       <c r="B836" t="s">
         <v>1673</v>
       </c>
       <c r="C836" s="1">
-        <v>26</v>
+        <v>28.56</v>
       </c>
       <c r="D836" s="2"/>
     </row>
     <row r="837" spans="1:26">
       <c r="A837" t="s">
         <v>1674</v>
       </c>
       <c r="B837" t="s">
         <v>1675</v>
       </c>
       <c r="C837" s="1">
         <v>7.2</v>
       </c>
       <c r="D837" s="2"/>
     </row>
     <row r="838" spans="1:26">
       <c r="A838" t="s">
         <v>1676</v>
       </c>
       <c r="B838" t="s">
         <v>1677</v>
       </c>
       <c r="C838" s="1">
         <v>6.13</v>
       </c>
@@ -16276,712 +16250,698 @@
     <row r="839" spans="1:26">
       <c r="A839" t="s">
         <v>1678</v>
       </c>
       <c r="B839" t="s">
         <v>1679</v>
       </c>
       <c r="C839" s="1">
         <v>95.5</v>
       </c>
       <c r="D839" s="2">
         <v>23</v>
       </c>
     </row>
     <row r="840" spans="1:26">
       <c r="A840" t="s">
         <v>1680</v>
       </c>
       <c r="B840" t="s">
         <v>1681</v>
       </c>
       <c r="C840" s="1">
         <v>64.51</v>
       </c>
       <c r="D840" s="2">
-        <v>34</v>
+        <v>10</v>
       </c>
     </row>
     <row r="841" spans="1:26">
       <c r="A841" t="s">
         <v>1682</v>
       </c>
       <c r="B841" t="s">
         <v>1683</v>
       </c>
       <c r="C841" s="1">
         <v>95.95</v>
       </c>
       <c r="D841" s="2">
-        <v>35</v>
+        <v>21</v>
       </c>
     </row>
     <row r="842" spans="1:26">
       <c r="A842" t="s">
         <v>1684</v>
       </c>
       <c r="B842" t="s">
         <v>1685</v>
       </c>
       <c r="C842" s="1">
         <v>95.95</v>
       </c>
       <c r="D842" s="2">
-        <v>18</v>
+        <v>2</v>
       </c>
     </row>
     <row r="843" spans="1:26">
       <c r="A843" t="s">
         <v>1686</v>
       </c>
       <c r="B843" t="s">
         <v>1687</v>
       </c>
       <c r="C843" s="1">
         <v>95.95</v>
       </c>
-      <c r="D843" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D843" s="2"/>
     </row>
     <row r="844" spans="1:26">
       <c r="A844" t="s">
         <v>1688</v>
       </c>
       <c r="B844" t="s">
         <v>1689</v>
       </c>
       <c r="C844" s="1">
         <v>65.8</v>
       </c>
       <c r="D844" s="2">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="845" spans="1:26">
       <c r="A845" t="s">
         <v>1690</v>
       </c>
       <c r="B845" t="s">
         <v>1691</v>
       </c>
       <c r="C845" s="1">
         <v>96.79</v>
       </c>
       <c r="D845" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="846" spans="1:26">
       <c r="A846" t="s">
         <v>1692</v>
       </c>
       <c r="B846" t="s">
         <v>1693</v>
       </c>
       <c r="C846" s="1">
         <v>66.43</v>
       </c>
       <c r="D846" s="2"/>
     </row>
     <row r="847" spans="1:26">
       <c r="A847" t="s">
         <v>1694</v>
       </c>
       <c r="B847" t="s">
         <v>1695</v>
       </c>
       <c r="C847" s="1">
         <v>96.79</v>
       </c>
       <c r="D847" s="2">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="848" spans="1:26">
       <c r="A848" t="s">
         <v>1696</v>
       </c>
       <c r="B848" t="s">
         <v>1697</v>
       </c>
       <c r="C848" s="1">
         <v>66.43</v>
       </c>
       <c r="D848" s="2"/>
     </row>
     <row r="849" spans="1:26">
       <c r="A849" t="s">
         <v>1698</v>
       </c>
       <c r="B849" t="s">
         <v>1699</v>
       </c>
       <c r="C849" s="1">
         <v>96.79</v>
       </c>
       <c r="D849" s="2">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="850" spans="1:26">
       <c r="A850" t="s">
         <v>1700</v>
       </c>
       <c r="B850" t="s">
         <v>1701</v>
       </c>
       <c r="C850" s="1">
         <v>66.43</v>
       </c>
       <c r="D850" s="2"/>
     </row>
     <row r="851" spans="1:26">
       <c r="A851" t="s">
         <v>1702</v>
       </c>
       <c r="B851" t="s">
         <v>1703</v>
       </c>
       <c r="C851" s="1">
         <v>77.43</v>
       </c>
       <c r="D851" s="2">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="852" spans="1:26">
       <c r="A852" t="s">
         <v>1704</v>
       </c>
       <c r="B852" t="s">
         <v>1705</v>
       </c>
       <c r="C852" s="1">
         <v>120.03</v>
       </c>
       <c r="D852" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="853" spans="1:26">
       <c r="A853" t="s">
         <v>1706</v>
       </c>
       <c r="B853" t="s">
         <v>1707</v>
       </c>
       <c r="C853" s="1">
         <v>143.48</v>
       </c>
       <c r="D853" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="854" spans="1:26">
       <c r="A854" t="s">
         <v>1708</v>
       </c>
       <c r="B854" t="s">
         <v>1709</v>
       </c>
       <c r="C854" s="1">
         <v>143.48</v>
       </c>
       <c r="D854" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="855" spans="1:26">
       <c r="A855" t="s">
         <v>1710</v>
       </c>
       <c r="B855" t="s">
         <v>1711</v>
       </c>
       <c r="C855" s="1">
         <v>143.48</v>
       </c>
       <c r="D855" s="2">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="856" spans="1:26">
       <c r="A856" t="s">
         <v>1712</v>
       </c>
       <c r="B856" t="s">
         <v>1713</v>
       </c>
       <c r="C856" s="1">
         <v>170.25</v>
       </c>
       <c r="D856" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="857" spans="1:26">
       <c r="A857" t="s">
         <v>1714</v>
       </c>
       <c r="B857" t="s">
         <v>1715</v>
       </c>
       <c r="C857" s="1">
         <v>217.45</v>
       </c>
       <c r="D857" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="858" spans="1:26">
       <c r="A858" t="s">
         <v>1716</v>
       </c>
       <c r="B858" t="s">
         <v>1717</v>
       </c>
       <c r="C858" s="1">
         <v>217.45</v>
       </c>
       <c r="D858" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="859" spans="1:26">
       <c r="A859" t="s">
         <v>1718</v>
       </c>
       <c r="B859" t="s">
         <v>1719</v>
       </c>
       <c r="C859" s="1">
         <v>217.45</v>
       </c>
       <c r="D859" s="2">
         <v>9</v>
       </c>
     </row>
     <row r="860" spans="1:26">
       <c r="A860" t="s">
         <v>1720</v>
       </c>
       <c r="B860" t="s">
         <v>1721</v>
       </c>
       <c r="C860" s="1">
         <v>68.11</v>
       </c>
       <c r="D860" s="2">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="861" spans="1:26">
       <c r="A861" t="s">
         <v>1722</v>
       </c>
       <c r="B861" t="s">
         <v>1723</v>
       </c>
       <c r="C861" s="1">
         <v>95.02</v>
       </c>
-      <c r="D861" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D861" s="2"/>
     </row>
     <row r="862" spans="1:26">
       <c r="A862" t="s">
         <v>1724</v>
       </c>
       <c r="B862" t="s">
         <v>1725</v>
       </c>
       <c r="C862" s="1">
         <v>95.02</v>
       </c>
       <c r="D862" s="2">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="863" spans="1:26">
       <c r="A863" t="s">
         <v>1726</v>
       </c>
       <c r="B863" t="s">
         <v>1727</v>
       </c>
       <c r="C863" s="1">
         <v>95.02</v>
       </c>
       <c r="D863" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="864" spans="1:26">
       <c r="A864" t="s">
         <v>1728</v>
       </c>
       <c r="B864" t="s">
         <v>1729</v>
       </c>
       <c r="C864" s="1">
         <v>106.03</v>
       </c>
       <c r="D864" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="865" spans="1:26">
       <c r="A865" t="s">
         <v>1730</v>
       </c>
       <c r="B865" t="s">
         <v>1731</v>
       </c>
       <c r="C865" s="1">
         <v>120.8</v>
       </c>
       <c r="D865" s="2">
         <v>26</v>
       </c>
     </row>
     <row r="866" spans="1:26">
       <c r="A866" t="s">
         <v>1732</v>
       </c>
       <c r="B866" t="s">
         <v>1733</v>
       </c>
       <c r="C866" s="1">
         <v>120.8</v>
       </c>
       <c r="D866" s="2">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="867" spans="1:26">
       <c r="A867" t="s">
         <v>1734</v>
       </c>
       <c r="B867" t="s">
         <v>1735</v>
       </c>
       <c r="C867" s="1">
         <v>120.8</v>
       </c>
       <c r="D867" s="2">
         <v>16</v>
       </c>
     </row>
     <row r="868" spans="1:26">
       <c r="A868" t="s">
         <v>1736</v>
       </c>
       <c r="B868" t="s">
         <v>1737</v>
       </c>
       <c r="C868" s="1">
         <v>158.68</v>
       </c>
-      <c r="D868" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D868" s="2"/>
     </row>
     <row r="869" spans="1:26">
       <c r="A869" t="s">
         <v>1738</v>
       </c>
       <c r="B869" t="s">
         <v>1739</v>
       </c>
       <c r="C869" s="1">
         <v>199.54</v>
       </c>
       <c r="D869" s="2"/>
     </row>
     <row r="870" spans="1:26">
       <c r="A870" t="s">
         <v>1740</v>
       </c>
       <c r="B870" t="s">
         <v>1741</v>
       </c>
       <c r="C870" s="1">
         <v>199.54</v>
       </c>
       <c r="D870" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="871" spans="1:26">
       <c r="A871" t="s">
         <v>1742</v>
       </c>
       <c r="B871" t="s">
         <v>1743</v>
       </c>
       <c r="C871" s="1">
         <v>199.54</v>
       </c>
       <c r="D871" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="872" spans="1:26">
       <c r="A872" t="s">
         <v>1744</v>
       </c>
       <c r="B872" t="s">
         <v>1745</v>
       </c>
       <c r="C872" s="1">
         <v>155.83</v>
       </c>
       <c r="D872" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="873" spans="1:26">
       <c r="A873" t="s">
         <v>1746</v>
       </c>
       <c r="B873" t="s">
         <v>1747</v>
       </c>
       <c r="C873" s="1">
         <v>168.98</v>
       </c>
-      <c r="D873" s="2"/>
+      <c r="D873" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="874" spans="1:26">
       <c r="A874" t="s">
         <v>1748</v>
       </c>
       <c r="B874" t="s">
         <v>1749</v>
       </c>
       <c r="C874" s="1">
         <v>168.98</v>
       </c>
       <c r="D874" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="875" spans="1:26">
       <c r="A875" t="s">
         <v>1750</v>
       </c>
       <c r="B875" t="s">
         <v>1751</v>
       </c>
       <c r="C875" s="1">
         <v>168.98</v>
       </c>
       <c r="D875" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="876" spans="1:26">
       <c r="A876" t="s">
         <v>1752</v>
       </c>
       <c r="B876" t="s">
         <v>1753</v>
       </c>
       <c r="C876" s="1">
         <v>99.13</v>
       </c>
       <c r="D876" s="2"/>
     </row>
     <row r="877" spans="1:26">
       <c r="A877" t="s">
         <v>1754</v>
       </c>
       <c r="B877" t="s">
         <v>1755</v>
       </c>
       <c r="C877" s="1">
         <v>79.28</v>
       </c>
-      <c r="D877" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D877" s="2"/>
     </row>
     <row r="878" spans="1:26">
       <c r="A878" t="s">
         <v>1756</v>
       </c>
       <c r="B878" t="s">
         <v>1757</v>
       </c>
       <c r="C878" s="1">
         <v>72.46</v>
       </c>
-      <c r="D878" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D878" s="2"/>
     </row>
     <row r="879" spans="1:26">
       <c r="A879" t="s">
         <v>1758</v>
       </c>
       <c r="B879" t="s">
         <v>1759</v>
       </c>
       <c r="C879" s="1">
         <v>72.46</v>
       </c>
-      <c r="D879" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D879" s="2"/>
     </row>
     <row r="880" spans="1:26">
       <c r="A880" t="s">
         <v>1760</v>
       </c>
       <c r="B880" t="s">
         <v>1761</v>
       </c>
       <c r="C880" s="1">
         <v>72.46</v>
       </c>
-      <c r="D880" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D880" s="2"/>
     </row>
     <row r="881" spans="1:26">
       <c r="A881" t="s">
         <v>1762</v>
       </c>
       <c r="B881" t="s">
         <v>1763</v>
       </c>
       <c r="C881" s="1">
         <v>66.08</v>
       </c>
       <c r="D881" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="882" spans="1:26">
       <c r="A882" t="s">
         <v>1764</v>
       </c>
       <c r="B882" t="s">
         <v>1765</v>
       </c>
       <c r="C882" s="1">
         <v>113.07</v>
       </c>
       <c r="D882" s="2">
         <v>11</v>
       </c>
     </row>
     <row r="883" spans="1:26">
       <c r="A883" t="s">
         <v>1766</v>
       </c>
       <c r="B883" t="s">
         <v>1767</v>
       </c>
       <c r="C883" s="1">
         <v>113.07</v>
       </c>
       <c r="D883" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="884" spans="1:26">
       <c r="A884" t="s">
         <v>1768</v>
       </c>
       <c r="B884" t="s">
         <v>1769</v>
       </c>
       <c r="C884" s="1">
         <v>113.07</v>
       </c>
       <c r="D884" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="885" spans="1:26">
       <c r="A885" t="s">
         <v>1770</v>
       </c>
       <c r="B885" t="s">
         <v>1771</v>
       </c>
       <c r="C885" s="1">
         <v>23.28</v>
       </c>
       <c r="D885" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="886" spans="1:26">
       <c r="A886" t="s">
         <v>1772</v>
       </c>
       <c r="B886" t="s">
         <v>1773</v>
       </c>
       <c r="C886" s="1">
         <v>7.75</v>
       </c>
       <c r="D886" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="887" spans="1:26">
       <c r="A887" t="s">
         <v>1774</v>
       </c>
       <c r="B887" t="s">
         <v>1775</v>
       </c>
       <c r="C887" s="1">
         <v>10.74</v>
       </c>
       <c r="D887" s="2">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="888" spans="1:26">
       <c r="A888" t="s">
         <v>1776</v>
       </c>
       <c r="B888" t="s">
         <v>1777</v>
       </c>
       <c r="C888" s="1">
         <v>61.87</v>
       </c>
-      <c r="D888" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D888" s="2"/>
     </row>
     <row r="889" spans="1:26">
       <c r="A889" t="s">
         <v>1778</v>
       </c>
       <c r="B889" t="s">
         <v>1779</v>
       </c>
       <c r="C889" s="1">
         <v>72.8</v>
       </c>
       <c r="D889" s="2"/>
     </row>
     <row r="890" spans="1:26">
       <c r="A890" t="s">
         <v>1780</v>
       </c>
       <c r="B890" t="s">
         <v>1781</v>
       </c>
       <c r="C890" s="1">
         <v>224.05</v>
       </c>
       <c r="D890" s="2"/>
     </row>
@@ -17009,53 +16969,51 @@
       </c>
       <c r="D892" s="2"/>
     </row>
     <row r="893" spans="1:26">
       <c r="A893" t="s">
         <v>1786</v>
       </c>
       <c r="B893" t="s">
         <v>1787</v>
       </c>
       <c r="C893" s="1">
         <v>290.97</v>
       </c>
       <c r="D893" s="2"/>
     </row>
     <row r="894" spans="1:26">
       <c r="A894" t="s">
         <v>1788</v>
       </c>
       <c r="B894" t="s">
         <v>1789</v>
       </c>
       <c r="C894" s="1">
         <v>130.8</v>
       </c>
-      <c r="D894" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D894" s="2"/>
     </row>
     <row r="895" spans="1:26">
       <c r="A895" t="s">
         <v>1790</v>
       </c>
       <c r="B895" t="s">
         <v>1791</v>
       </c>
       <c r="C895" s="1">
         <v>358.5</v>
       </c>
       <c r="D895" s="2"/>
     </row>
     <row r="896" spans="1:26">
       <c r="A896" t="s">
         <v>1792</v>
       </c>
       <c r="B896" t="s">
         <v>1793</v>
       </c>
       <c r="C896" s="1">
         <v>545.04</v>
       </c>
       <c r="D896" s="2"/>
     </row>
@@ -17085,53 +17043,51 @@
     </row>
     <row r="899" spans="1:26">
       <c r="A899" t="s">
         <v>1798</v>
       </c>
       <c r="B899" t="s">
         <v>1799</v>
       </c>
       <c r="C899" s="1">
         <v>64.09</v>
       </c>
       <c r="D899" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="900" spans="1:26">
       <c r="A900" t="s">
         <v>1800</v>
       </c>
       <c r="B900" t="s">
         <v>1801</v>
       </c>
       <c r="C900" s="1">
         <v>161.52</v>
       </c>
-      <c r="D900" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D900" s="2"/>
     </row>
     <row r="901" spans="1:26">
       <c r="A901" t="s">
         <v>1802</v>
       </c>
       <c r="B901" t="s">
         <v>1803</v>
       </c>
       <c r="C901" s="1">
         <v>288.69</v>
       </c>
       <c r="D901" s="2"/>
     </row>
     <row r="902" spans="1:26">
       <c r="A902" t="s">
         <v>1804</v>
       </c>
       <c r="B902" t="s">
         <v>1805</v>
       </c>
       <c r="C902" s="1">
         <v>267.49</v>
       </c>
       <c r="D902" s="2">
         <v>5</v>
@@ -17151,53 +17107,51 @@
         <v>9</v>
       </c>
     </row>
     <row r="904" spans="1:26">
       <c r="A904" t="s">
         <v>1808</v>
       </c>
       <c r="B904" t="s">
         <v>1809</v>
       </c>
       <c r="C904" s="1">
         <v>584.4</v>
       </c>
       <c r="D904" s="2"/>
     </row>
     <row r="905" spans="1:26">
       <c r="A905" t="s">
         <v>1810</v>
       </c>
       <c r="B905" t="s">
         <v>1811</v>
       </c>
       <c r="C905" s="1">
         <v>545.25</v>
       </c>
-      <c r="D905" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D905" s="2"/>
     </row>
     <row r="906" spans="1:26">
       <c r="A906" t="s">
         <v>1812</v>
       </c>
       <c r="B906" t="s">
         <v>1813</v>
       </c>
       <c r="C906" s="1">
         <v>296.14</v>
       </c>
       <c r="D906" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="907" spans="1:26">
       <c r="A907" t="s">
         <v>1814</v>
       </c>
       <c r="B907" t="s">
         <v>1815</v>
       </c>
       <c r="C907" s="1">
         <v>252</v>
       </c>