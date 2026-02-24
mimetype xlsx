--- v3 (2026-01-28)
+++ v4 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1836">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1834">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>1T02Z20NL0</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-5425K must (20000 lehte) - TASKalfa PA4500ci</t>
   </si>
   <si>
     <t>C13T03V64A</t>
   </si>
   <si>
     <t>Tint Epson 101 komplekt L4150 / L4160 / L6160 / L6170 / L6190 /L6290/ L14150  kõik 4 värvi(4 x 65ml)</t>
   </si>
   <si>
@@ -2172,56 +2172,50 @@
     <t>Tooner Samsung SL-C430/C480 tsüaan (1 000 lk)</t>
   </si>
   <si>
     <t>CLT-K504S</t>
   </si>
   <si>
     <t>Tooner Samsung CLP-415/CLX-4195 must (2 500 lk)</t>
   </si>
   <si>
     <t>CLI-571C</t>
   </si>
   <si>
     <t>Tint Canon CLI-571C tsüaan (7 ml) (0386C001)</t>
   </si>
   <si>
     <t>CLI-571Y</t>
   </si>
   <si>
     <t>Tint Canon CLI-571Y kollane (7 ml) (0388C001)</t>
   </si>
   <si>
     <t>CLI8B</t>
   </si>
   <si>
     <t>TINT CANON CLI-8 MUST (0620B001) (14 ml)</t>
-  </si>
-[...4 lines deleted...]
-    <t>TINT CANON CLI-8 TSÜAAN (0621B001)</t>
   </si>
   <si>
     <t>CLI8M</t>
   </si>
   <si>
     <t>TINT CANON CLI-8 MAGENTA (0622B001)</t>
   </si>
   <si>
     <t>CLI8Y</t>
   </si>
   <si>
     <t>TINT CANON CLI-8 KOLLANE (0623B001)</t>
   </si>
   <si>
     <t>CLI-521B</t>
   </si>
   <si>
     <t>TINT CANON CLI-521BK MUST (9 ml) (2933B001)</t>
   </si>
   <si>
     <t>CLI-521C</t>
   </si>
   <si>
     <t>TINT CANON CLI-521C TSÜAAN (9 ml) (2934B001)</t>
   </si>
@@ -5871,54 +5865,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z917"/>
+  <dimension ref="A1:Z916"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D1" sqref="D1:D917"/>
+      <selection activeCell="D1" sqref="D1:D916"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="199" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
@@ -5944,149 +5938,149 @@
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>121.9</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>38.05</v>
       </c>
       <c r="D3" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>77.43</v>
       </c>
       <c r="D4" s="2">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>31.5</v>
       </c>
       <c r="D5" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>106.56</v>
       </c>
       <c r="D6" s="2">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>102.19</v>
       </c>
       <c r="D7" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>102.19</v>
       </c>
       <c r="D8" s="2">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>64.51</v>
       </c>
       <c r="D9" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>102.19</v>
       </c>
       <c r="D10" s="2">
-        <v>2</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="2"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
@@ -6322,65 +6316,65 @@
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="2"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="2"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="1">
         <v>117.16</v>
       </c>
       <c r="D37" s="2">
-        <v>13</v>
+        <v>68</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" s="1">
         <v>138.57</v>
       </c>
       <c r="D38" s="2">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="1">
         <v>72.99</v>
       </c>
       <c r="D39" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="1">
         <v>108.75</v>
@@ -6406,51 +6400,51 @@
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="1">
         <v>108.75</v>
       </c>
       <c r="D42" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>86</v>
       </c>
       <c r="B43" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="1">
         <v>66.92</v>
       </c>
       <c r="D43" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
         <v>88</v>
       </c>
       <c r="B44" t="s">
         <v>89</v>
       </c>
       <c r="C44" s="1">
         <v>150.48</v>
       </c>
       <c r="D44" s="2">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
         <v>90</v>
       </c>
       <c r="B45" t="s">
         <v>91</v>
       </c>
       <c r="C45" s="1">
         <v>144.84</v>
@@ -6462,65 +6456,65 @@
     <row r="46" spans="1:26">
       <c r="A46" t="s">
         <v>92</v>
       </c>
       <c r="B46" t="s">
         <v>93</v>
       </c>
       <c r="C46" s="1">
         <v>150.48</v>
       </c>
       <c r="D46" s="2">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
         <v>94</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
       <c r="C47" s="1">
         <v>130</v>
       </c>
       <c r="D47" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
         <v>96</v>
       </c>
       <c r="B48" t="s">
         <v>97</v>
       </c>
       <c r="C48" s="1">
         <v>102.87</v>
       </c>
       <c r="D48" s="2">
-        <v>97</v>
+        <v>92</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
         <v>98</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="1">
         <v>144.84</v>
       </c>
       <c r="D49" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
         <v>100</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50" s="1">
         <v>144.84</v>
@@ -6546,163 +6540,163 @@
     <row r="52" spans="1:26">
       <c r="A52" t="s">
         <v>104</v>
       </c>
       <c r="B52" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="1">
         <v>66.92</v>
       </c>
       <c r="D52" s="2">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
         <v>106</v>
       </c>
       <c r="B53" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="1">
         <v>105.03</v>
       </c>
       <c r="D53" s="2">
-        <v>3</v>
+        <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
         <v>108</v>
       </c>
       <c r="B54" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="1">
         <v>119.56</v>
       </c>
       <c r="D54" s="2">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" t="s">
         <v>110</v>
       </c>
       <c r="B55" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="1">
         <v>119.56</v>
       </c>
       <c r="D55" s="2">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" t="s">
         <v>112</v>
       </c>
       <c r="B56" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="1">
         <v>119.56</v>
       </c>
       <c r="D56" s="2">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
         <v>114</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="1">
         <v>197.67</v>
       </c>
       <c r="D57" s="2">
         <v>22</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
         <v>116</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="1">
         <v>170.25</v>
       </c>
       <c r="D58" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s">
         <v>118</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="1">
         <v>197.67</v>
       </c>
       <c r="D59" s="2">
         <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60" s="1">
         <v>197.67</v>
       </c>
       <c r="D60" s="2">
         <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>122</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61" s="1">
         <v>135.25</v>
       </c>
       <c r="D61" s="2">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
         <v>124</v>
       </c>
       <c r="B62" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="1">
         <v>99.34</v>
       </c>
       <c r="D62" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s">
         <v>126</v>
       </c>
       <c r="B63" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="1">
         <v>335.8</v>
@@ -6734,51 +6728,51 @@
       <c r="D65" s="2"/>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" t="s">
         <v>132</v>
       </c>
       <c r="B66" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="1">
         <v>586.5</v>
       </c>
       <c r="D66" s="2"/>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" t="s">
         <v>134</v>
       </c>
       <c r="B67" t="s">
         <v>135</v>
       </c>
       <c r="C67" s="1">
         <v>179.47</v>
       </c>
       <c r="D67" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
         <v>136</v>
       </c>
       <c r="B68" t="s">
         <v>137</v>
       </c>
       <c r="C68" s="1">
         <v>53.9</v>
       </c>
       <c r="D68" s="2"/>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
         <v>138</v>
       </c>
       <c r="B69" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="1">
         <v>218.9</v>
       </c>
       <c r="D69" s="2"/>
@@ -6822,103 +6816,103 @@
     <row r="73" spans="1:26">
       <c r="A73" t="s">
         <v>146</v>
       </c>
       <c r="B73" t="s">
         <v>147</v>
       </c>
       <c r="C73" s="1">
         <v>86.25</v>
       </c>
       <c r="D73" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" t="s">
         <v>148</v>
       </c>
       <c r="B74" t="s">
         <v>149</v>
       </c>
       <c r="C74" s="1">
         <v>111.25</v>
       </c>
       <c r="D74" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" t="s">
         <v>150</v>
       </c>
       <c r="B75" t="s">
         <v>151</v>
       </c>
       <c r="C75" s="1">
         <v>111.25</v>
       </c>
       <c r="D75" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" t="s">
         <v>152</v>
       </c>
       <c r="B76" t="s">
         <v>153</v>
       </c>
       <c r="C76" s="1">
         <v>111.25</v>
       </c>
       <c r="D76" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" t="s">
         <v>154</v>
       </c>
       <c r="B77" t="s">
         <v>155</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="2"/>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" t="s">
         <v>156</v>
       </c>
       <c r="B78" t="s">
         <v>157</v>
       </c>
       <c r="C78" s="1">
         <v>58.75</v>
       </c>
       <c r="D78" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" t="s">
         <v>158</v>
       </c>
       <c r="B79" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="1">
         <v>47.5</v>
       </c>
       <c r="D79" s="2">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>160</v>
       </c>
       <c r="B80" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="1">
         <v>47.5</v>
@@ -7037,53 +7031,51 @@
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" t="s">
         <v>178</v>
       </c>
       <c r="B89" t="s">
         <v>179</v>
       </c>
       <c r="C89" s="1">
         <v>544.8</v>
       </c>
       <c r="D89" s="2"/>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" t="s">
         <v>180</v>
       </c>
       <c r="B90" t="s">
         <v>181</v>
       </c>
       <c r="C90" s="1">
         <v>29.04</v>
       </c>
-      <c r="D90" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D90" s="2"/>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" t="s">
         <v>182</v>
       </c>
       <c r="B91" t="s">
         <v>183</v>
       </c>
       <c r="C91" s="1">
         <v>33</v>
       </c>
       <c r="D91" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" t="s">
         <v>184</v>
       </c>
       <c r="B92" t="s">
         <v>185</v>
       </c>
       <c r="C92" s="1">
         <v>450</v>
       </c>
@@ -7126,51 +7118,51 @@
       <c r="D95" s="2"/>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" t="s">
         <v>192</v>
       </c>
       <c r="B96" t="s">
         <v>193</v>
       </c>
       <c r="C96" s="1">
         <v>668.88</v>
       </c>
       <c r="D96" s="2"/>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" t="s">
         <v>194</v>
       </c>
       <c r="B97" t="s">
         <v>195</v>
       </c>
       <c r="C97" s="1">
         <v>209.77</v>
       </c>
       <c r="D97" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" t="s">
         <v>196</v>
       </c>
       <c r="B98" t="s">
         <v>197</v>
       </c>
       <c r="C98" s="1">
         <v>137.11</v>
       </c>
       <c r="D98" s="2"/>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" t="s">
         <v>198</v>
       </c>
       <c r="B99" t="s">
         <v>199</v>
       </c>
       <c r="C99" s="1">
         <v>293.75</v>
       </c>
       <c r="D99" s="2"/>
@@ -7454,51 +7446,51 @@
     <row r="120" spans="1:26">
       <c r="A120" t="s">
         <v>240</v>
       </c>
       <c r="B120" t="s">
         <v>241</v>
       </c>
       <c r="C120" s="1">
         <v>18.27</v>
       </c>
       <c r="D120" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" t="s">
         <v>242</v>
       </c>
       <c r="B121" t="s">
         <v>243</v>
       </c>
       <c r="C121" s="1">
         <v>18.27</v>
       </c>
       <c r="D121" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" t="s">
         <v>244</v>
       </c>
       <c r="B122" t="s">
         <v>245</v>
       </c>
       <c r="C122" s="1">
         <v>18.27</v>
       </c>
       <c r="D122" s="2"/>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" t="s">
         <v>246</v>
       </c>
       <c r="B123" t="s">
         <v>247</v>
       </c>
       <c r="C123" s="1">
         <v>18.27</v>
       </c>
       <c r="D123" s="2">
@@ -8538,51 +8530,51 @@
       <c r="D215" s="2"/>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" t="s">
         <v>432</v>
       </c>
       <c r="B216" t="s">
         <v>433</v>
       </c>
       <c r="C216" s="1">
         <v>257.19</v>
       </c>
       <c r="D216" s="2"/>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" t="s">
         <v>434</v>
       </c>
       <c r="B217" t="s">
         <v>435</v>
       </c>
       <c r="C217" s="1">
         <v>72.93</v>
       </c>
       <c r="D217" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" t="s">
         <v>436</v>
       </c>
       <c r="B218" t="s">
         <v>437</v>
       </c>
       <c r="C218" s="1">
         <v>79.81</v>
       </c>
       <c r="D218" s="2">
         <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" t="s">
         <v>438</v>
       </c>
       <c r="B219" t="s">
         <v>439</v>
       </c>
       <c r="C219" s="1">
         <v>72.93</v>
@@ -9098,51 +9090,51 @@
       <c r="D258" s="2"/>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" t="s">
         <v>518</v>
       </c>
       <c r="B259" t="s">
         <v>519</v>
       </c>
       <c r="C259" s="1">
         <v>125.6</v>
       </c>
       <c r="D259" s="2"/>
     </row>
     <row r="260" spans="1:26">
       <c r="A260" t="s">
         <v>520</v>
       </c>
       <c r="B260" t="s">
         <v>521</v>
       </c>
       <c r="C260" s="1">
         <v>99.75</v>
       </c>
       <c r="D260" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" t="s">
         <v>522</v>
       </c>
       <c r="B261" t="s">
         <v>523</v>
       </c>
       <c r="C261" s="1">
         <v>99.94</v>
       </c>
       <c r="D261" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" t="s">
         <v>524</v>
       </c>
       <c r="B262" t="s">
         <v>525</v>
       </c>
       <c r="C262" s="1">
         <v>147.97</v>
@@ -9191,150 +9183,146 @@
         <v>2</v>
       </c>
     </row>
     <row r="266" spans="1:26">
       <c r="A266" t="s">
         <v>532</v>
       </c>
       <c r="B266" t="s">
         <v>533</v>
       </c>
       <c r="C266" s="1">
         <v>193.03</v>
       </c>
       <c r="D266" s="2"/>
     </row>
     <row r="267" spans="1:26">
       <c r="A267" t="s">
         <v>534</v>
       </c>
       <c r="B267" t="s">
         <v>535</v>
       </c>
       <c r="C267" s="1">
         <v>102.88</v>
       </c>
-      <c r="D267" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D267" s="2"/>
     </row>
     <row r="268" spans="1:26">
       <c r="A268" t="s">
         <v>536</v>
       </c>
       <c r="B268" t="s">
         <v>537</v>
       </c>
       <c r="C268" s="1">
         <v>122.97</v>
       </c>
       <c r="D268" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="269" spans="1:26">
       <c r="A269" t="s">
         <v>538</v>
       </c>
       <c r="B269" t="s">
         <v>539</v>
       </c>
       <c r="C269" s="1">
         <v>135.25</v>
       </c>
       <c r="D269" s="2">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="270" spans="1:26">
       <c r="A270" t="s">
         <v>540</v>
       </c>
       <c r="B270" t="s">
         <v>541</v>
       </c>
       <c r="C270" s="1">
         <v>99.34</v>
       </c>
-      <c r="D270" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D270" s="2"/>
     </row>
     <row r="271" spans="1:26">
       <c r="A271" t="s">
         <v>542</v>
       </c>
       <c r="B271" t="s">
         <v>543</v>
       </c>
       <c r="C271" s="1">
         <v>102.87</v>
       </c>
       <c r="D271" s="2">
         <v>18</v>
       </c>
     </row>
     <row r="272" spans="1:26">
       <c r="A272" t="s">
         <v>544</v>
       </c>
       <c r="B272" t="s">
         <v>545</v>
       </c>
       <c r="C272" s="1">
         <v>106.57</v>
       </c>
       <c r="D272" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="273" spans="1:26">
       <c r="A273" t="s">
         <v>546</v>
       </c>
       <c r="B273" t="s">
         <v>547</v>
       </c>
       <c r="C273" s="1">
         <v>135.25</v>
       </c>
       <c r="D273" s="2">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:26">
       <c r="A274" t="s">
         <v>548</v>
       </c>
       <c r="B274" t="s">
         <v>549</v>
       </c>
       <c r="C274" s="1">
         <v>179.47</v>
       </c>
       <c r="D274" s="2">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="275" spans="1:26">
       <c r="A275" t="s">
         <v>550</v>
       </c>
       <c r="B275" t="s">
         <v>551</v>
       </c>
       <c r="C275" s="1">
         <v>102.51</v>
       </c>
       <c r="D275" s="2"/>
     </row>
     <row r="276" spans="1:26">
       <c r="A276" t="s">
         <v>552</v>
       </c>
       <c r="B276" t="s">
         <v>553</v>
       </c>
       <c r="C276" s="1">
         <v>52.71</v>
       </c>
       <c r="D276" s="2">
@@ -9397,66 +9385,64 @@
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:26">
       <c r="A281" t="s">
         <v>562</v>
       </c>
       <c r="B281" t="s">
         <v>563</v>
       </c>
       <c r="C281" s="1">
         <v>101.36</v>
       </c>
       <c r="D281" s="2"/>
     </row>
     <row r="282" spans="1:26">
       <c r="A282" t="s">
         <v>564</v>
       </c>
       <c r="B282" t="s">
         <v>565</v>
       </c>
       <c r="C282" s="1">
         <v>106.83</v>
       </c>
-      <c r="D282" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D282" s="2"/>
     </row>
     <row r="283" spans="1:26">
       <c r="A283" t="s">
         <v>566</v>
       </c>
       <c r="B283" t="s">
         <v>567</v>
       </c>
       <c r="C283" s="1">
         <v>90.68</v>
       </c>
       <c r="D283" s="2">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="284" spans="1:26">
       <c r="A284" t="s">
         <v>568</v>
       </c>
       <c r="B284" t="s">
         <v>569</v>
       </c>
       <c r="C284" s="1">
         <v>98.43</v>
       </c>
       <c r="D284" s="2"/>
     </row>
     <row r="285" spans="1:26">
       <c r="A285" t="s">
         <v>570</v>
       </c>
       <c r="B285" t="s">
         <v>571</v>
       </c>
       <c r="C285" s="1">
         <v>216.97</v>
       </c>
       <c r="D285" s="2"/>
@@ -9642,51 +9628,51 @@
       </c>
       <c r="C300" s="1"/>
       <c r="D300" s="2"/>
     </row>
     <row r="301" spans="1:26">
       <c r="A301" t="s">
         <v>602</v>
       </c>
       <c r="B301" t="s">
         <v>603</v>
       </c>
       <c r="C301" s="1"/>
       <c r="D301" s="2"/>
     </row>
     <row r="302" spans="1:26">
       <c r="A302" t="s">
         <v>604</v>
       </c>
       <c r="B302" t="s">
         <v>605</v>
       </c>
       <c r="C302" s="1">
         <v>11.62</v>
       </c>
       <c r="D302" s="2">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="303" spans="1:26">
       <c r="A303" t="s">
         <v>606</v>
       </c>
       <c r="B303" t="s">
         <v>607</v>
       </c>
       <c r="C303" s="1"/>
       <c r="D303" s="2"/>
     </row>
     <row r="304" spans="1:26">
       <c r="A304" t="s">
         <v>608</v>
       </c>
       <c r="B304" t="s">
         <v>609</v>
       </c>
       <c r="C304" s="1">
         <v>16.99</v>
       </c>
       <c r="D304" s="2">
         <v>5</v>
       </c>
@@ -10080,51 +10066,51 @@
       </c>
       <c r="C337" s="1"/>
       <c r="D337" s="2"/>
     </row>
     <row r="338" spans="1:26">
       <c r="A338" t="s">
         <v>676</v>
       </c>
       <c r="B338" t="s">
         <v>677</v>
       </c>
       <c r="C338" s="1"/>
       <c r="D338" s="2"/>
     </row>
     <row r="339" spans="1:26">
       <c r="A339" t="s">
         <v>678</v>
       </c>
       <c r="B339" t="s">
         <v>679</v>
       </c>
       <c r="C339" s="1">
         <v>16.5</v>
       </c>
       <c r="D339" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="340" spans="1:26">
       <c r="A340" t="s">
         <v>680</v>
       </c>
       <c r="B340" t="s">
         <v>681</v>
       </c>
       <c r="C340" s="1"/>
       <c r="D340" s="2"/>
     </row>
     <row r="341" spans="1:26">
       <c r="A341" t="s">
         <v>682</v>
       </c>
       <c r="B341" t="s">
         <v>683</v>
       </c>
       <c r="C341" s="1">
         <v>1.25</v>
       </c>
       <c r="D341" s="2">
         <v>27</v>
       </c>
@@ -10142,51 +10128,51 @@
       <c r="D342" s="2"/>
     </row>
     <row r="343" spans="1:26">
       <c r="A343" t="s">
         <v>686</v>
       </c>
       <c r="B343" t="s">
         <v>687</v>
       </c>
       <c r="C343" s="1">
         <v>5.11</v>
       </c>
       <c r="D343" s="2"/>
     </row>
     <row r="344" spans="1:26">
       <c r="A344" t="s">
         <v>688</v>
       </c>
       <c r="B344" t="s">
         <v>689</v>
       </c>
       <c r="C344" s="1">
         <v>5.11</v>
       </c>
       <c r="D344" s="2">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="345" spans="1:26">
       <c r="A345" t="s">
         <v>690</v>
       </c>
       <c r="B345" t="s">
         <v>691</v>
       </c>
       <c r="C345" s="1"/>
       <c r="D345" s="2"/>
     </row>
     <row r="346" spans="1:26">
       <c r="A346" t="s">
         <v>692</v>
       </c>
       <c r="B346" t="s">
         <v>693</v>
       </c>
       <c r="C346" s="1">
         <v>3.83</v>
       </c>
       <c r="D346" s="2">
         <v>1</v>
       </c>
@@ -10341,324 +10327,322 @@
     </row>
     <row r="359" spans="1:26">
       <c r="A359" t="s">
         <v>718</v>
       </c>
       <c r="B359" t="s">
         <v>719</v>
       </c>
       <c r="C359" s="1">
         <v>10.89</v>
       </c>
       <c r="D359" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="360" spans="1:26">
       <c r="A360" t="s">
         <v>720</v>
       </c>
       <c r="B360" t="s">
         <v>721</v>
       </c>
       <c r="C360" s="1">
         <v>12.05</v>
       </c>
-      <c r="D360" s="2"/>
+      <c r="D360" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="361" spans="1:26">
       <c r="A361" t="s">
         <v>722</v>
       </c>
       <c r="B361" t="s">
         <v>723</v>
       </c>
       <c r="C361" s="1">
         <v>12.05</v>
       </c>
       <c r="D361" s="2">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="362" spans="1:26">
       <c r="A362" t="s">
         <v>724</v>
       </c>
       <c r="B362" t="s">
         <v>725</v>
       </c>
       <c r="C362" s="1">
-        <v>12.05</v>
+        <v>11.46</v>
       </c>
       <c r="D362" s="2">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:26">
       <c r="A363" t="s">
         <v>726</v>
       </c>
       <c r="B363" t="s">
         <v>727</v>
       </c>
       <c r="C363" s="1">
-        <v>11.46</v>
+        <v>11.99</v>
       </c>
       <c r="D363" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:26">
       <c r="A364" t="s">
         <v>728</v>
       </c>
       <c r="B364" t="s">
         <v>729</v>
       </c>
       <c r="C364" s="1">
-        <v>11.99</v>
+        <v>11.46</v>
       </c>
       <c r="D364" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:26">
       <c r="A365" t="s">
         <v>730</v>
       </c>
       <c r="B365" t="s">
         <v>731</v>
       </c>
       <c r="C365" s="1">
-        <v>11.46</v>
+        <v>11.77</v>
       </c>
       <c r="D365" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="366" spans="1:26">
       <c r="A366" t="s">
         <v>732</v>
       </c>
       <c r="B366" t="s">
         <v>733</v>
       </c>
       <c r="C366" s="1">
         <v>11.77</v>
       </c>
-      <c r="D366" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D366" s="2"/>
     </row>
     <row r="367" spans="1:26">
       <c r="A367" t="s">
         <v>734</v>
       </c>
       <c r="B367" t="s">
         <v>735</v>
       </c>
       <c r="C367" s="1">
-        <v>11.77</v>
-[...1 lines deleted...]
-      <c r="D367" s="2"/>
+        <v>10.45</v>
+      </c>
+      <c r="D367" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="368" spans="1:26">
       <c r="A368" t="s">
         <v>736</v>
       </c>
       <c r="B368" t="s">
         <v>737</v>
       </c>
       <c r="C368" s="1">
-        <v>10.45</v>
+        <v>10.9</v>
       </c>
       <c r="D368" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="369" spans="1:26">
       <c r="A369" t="s">
         <v>738</v>
       </c>
       <c r="B369" t="s">
         <v>739</v>
       </c>
       <c r="C369" s="1">
-        <v>10.9</v>
+        <v>10.12</v>
       </c>
       <c r="D369" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="370" spans="1:26">
       <c r="A370" t="s">
         <v>740</v>
       </c>
       <c r="B370" t="s">
         <v>741</v>
       </c>
       <c r="C370" s="1">
-        <v>10.12</v>
+        <v>14.58</v>
       </c>
       <c r="D370" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="371" spans="1:26">
       <c r="A371" t="s">
         <v>742</v>
       </c>
       <c r="B371" t="s">
         <v>743</v>
       </c>
-      <c r="C371" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C371" s="1"/>
+      <c r="D371" s="2"/>
     </row>
     <row r="372" spans="1:26">
       <c r="A372" t="s">
         <v>744</v>
       </c>
       <c r="B372" t="s">
         <v>745</v>
       </c>
       <c r="C372" s="1"/>
       <c r="D372" s="2"/>
     </row>
     <row r="373" spans="1:26">
       <c r="A373" t="s">
         <v>746</v>
       </c>
       <c r="B373" t="s">
         <v>747</v>
       </c>
       <c r="C373" s="1"/>
       <c r="D373" s="2"/>
     </row>
     <row r="374" spans="1:26">
       <c r="A374" t="s">
         <v>748</v>
       </c>
       <c r="B374" t="s">
         <v>749</v>
       </c>
-      <c r="C374" s="1"/>
+      <c r="C374" s="1">
+        <v>20.35</v>
+      </c>
       <c r="D374" s="2"/>
     </row>
     <row r="375" spans="1:26">
       <c r="A375" t="s">
         <v>750</v>
       </c>
       <c r="B375" t="s">
         <v>751</v>
       </c>
       <c r="C375" s="1">
-        <v>20.35</v>
-[...1 lines deleted...]
-      <c r="D375" s="2"/>
+        <v>19.14</v>
+      </c>
+      <c r="D375" s="2">
+        <v>16</v>
+      </c>
     </row>
     <row r="376" spans="1:26">
       <c r="A376" t="s">
         <v>752</v>
       </c>
       <c r="B376" t="s">
         <v>753</v>
       </c>
       <c r="C376" s="1">
         <v>19.14</v>
       </c>
-      <c r="D376" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D376" s="2"/>
     </row>
     <row r="377" spans="1:26">
       <c r="A377" t="s">
         <v>754</v>
       </c>
       <c r="B377" t="s">
         <v>755</v>
       </c>
       <c r="C377" s="1">
-        <v>19.14</v>
+        <v>24.09</v>
       </c>
       <c r="D377" s="2"/>
     </row>
     <row r="378" spans="1:26">
       <c r="A378" t="s">
         <v>756</v>
       </c>
       <c r="B378" t="s">
         <v>757</v>
       </c>
-      <c r="C378" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C378" s="1"/>
       <c r="D378" s="2"/>
     </row>
     <row r="379" spans="1:26">
       <c r="A379" t="s">
         <v>758</v>
       </c>
       <c r="B379" t="s">
         <v>759</v>
       </c>
       <c r="C379" s="1"/>
       <c r="D379" s="2"/>
     </row>
     <row r="380" spans="1:26">
       <c r="A380" t="s">
         <v>760</v>
       </c>
       <c r="B380" t="s">
         <v>761</v>
       </c>
       <c r="C380" s="1"/>
       <c r="D380" s="2"/>
     </row>
     <row r="381" spans="1:26">
       <c r="A381" t="s">
         <v>762</v>
       </c>
       <c r="B381" t="s">
         <v>763</v>
       </c>
-      <c r="C381" s="1"/>
+      <c r="C381" s="1">
+        <v>95.26</v>
+      </c>
       <c r="D381" s="2"/>
     </row>
     <row r="382" spans="1:26">
       <c r="A382" t="s">
         <v>764</v>
       </c>
       <c r="B382" t="s">
         <v>765</v>
       </c>
-      <c r="C382" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C382" s="1"/>
       <c r="D382" s="2"/>
     </row>
     <row r="383" spans="1:26">
       <c r="A383" t="s">
         <v>766</v>
       </c>
       <c r="B383" t="s">
         <v>767</v>
       </c>
       <c r="C383" s="1"/>
       <c r="D383" s="2"/>
     </row>
     <row r="384" spans="1:26">
       <c r="A384" t="s">
         <v>768</v>
       </c>
       <c r="B384" t="s">
         <v>769</v>
       </c>
       <c r="C384" s="1"/>
       <c r="D384" s="2"/>
     </row>
     <row r="385" spans="1:26">
       <c r="A385" t="s">
         <v>770</v>
@@ -10754,63 +10738,63 @@
         <v>788</v>
       </c>
       <c r="B394" t="s">
         <v>789</v>
       </c>
       <c r="C394" s="1"/>
       <c r="D394" s="2"/>
     </row>
     <row r="395" spans="1:26">
       <c r="A395" t="s">
         <v>790</v>
       </c>
       <c r="B395" t="s">
         <v>791</v>
       </c>
       <c r="C395" s="1"/>
       <c r="D395" s="2"/>
     </row>
     <row r="396" spans="1:26">
       <c r="A396" t="s">
         <v>792</v>
       </c>
       <c r="B396" t="s">
         <v>793</v>
       </c>
-      <c r="C396" s="1"/>
+      <c r="C396" s="1">
+        <v>72.6</v>
+      </c>
       <c r="D396" s="2"/>
     </row>
     <row r="397" spans="1:26">
       <c r="A397" t="s">
         <v>794</v>
       </c>
       <c r="B397" t="s">
         <v>795</v>
       </c>
-      <c r="C397" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C397" s="1"/>
       <c r="D397" s="2"/>
     </row>
     <row r="398" spans="1:26">
       <c r="A398" t="s">
         <v>796</v>
       </c>
       <c r="B398" t="s">
         <v>797</v>
       </c>
       <c r="C398" s="1"/>
       <c r="D398" s="2"/>
     </row>
     <row r="399" spans="1:26">
       <c r="A399" t="s">
         <v>798</v>
       </c>
       <c r="B399" t="s">
         <v>799</v>
       </c>
       <c r="C399" s="1"/>
       <c r="D399" s="2"/>
     </row>
     <row r="400" spans="1:26">
       <c r="A400" t="s">
         <v>800</v>
@@ -10836,642 +10820,646 @@
         <v>804</v>
       </c>
       <c r="B402" t="s">
         <v>805</v>
       </c>
       <c r="C402" s="1"/>
       <c r="D402" s="2"/>
     </row>
     <row r="403" spans="1:26">
       <c r="A403" t="s">
         <v>806</v>
       </c>
       <c r="B403" t="s">
         <v>807</v>
       </c>
       <c r="C403" s="1"/>
       <c r="D403" s="2"/>
     </row>
     <row r="404" spans="1:26">
       <c r="A404" t="s">
         <v>808</v>
       </c>
       <c r="B404" t="s">
         <v>809</v>
       </c>
-      <c r="C404" s="1"/>
+      <c r="C404" s="1">
+        <v>18.37</v>
+      </c>
       <c r="D404" s="2"/>
     </row>
     <row r="405" spans="1:26">
       <c r="A405" t="s">
         <v>810</v>
       </c>
       <c r="B405" t="s">
         <v>811</v>
       </c>
       <c r="C405" s="1">
-        <v>18.37</v>
+        <v>32.23</v>
       </c>
       <c r="D405" s="2"/>
     </row>
     <row r="406" spans="1:26">
       <c r="A406" t="s">
         <v>812</v>
       </c>
       <c r="B406" t="s">
         <v>813</v>
       </c>
       <c r="C406" s="1">
-        <v>32.23</v>
+        <v>19.52</v>
       </c>
       <c r="D406" s="2"/>
     </row>
     <row r="407" spans="1:26">
       <c r="A407" t="s">
         <v>814</v>
       </c>
       <c r="B407" t="s">
         <v>815</v>
       </c>
       <c r="C407" s="1">
-        <v>19.52</v>
+        <v>37.29</v>
       </c>
       <c r="D407" s="2"/>
     </row>
     <row r="408" spans="1:26">
       <c r="A408" t="s">
         <v>816</v>
       </c>
       <c r="B408" t="s">
         <v>817</v>
       </c>
-      <c r="C408" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C408" s="1"/>
       <c r="D408" s="2"/>
     </row>
     <row r="409" spans="1:26">
       <c r="A409" t="s">
         <v>818</v>
       </c>
       <c r="B409" t="s">
         <v>819</v>
       </c>
       <c r="C409" s="1"/>
       <c r="D409" s="2"/>
     </row>
     <row r="410" spans="1:26">
       <c r="A410" t="s">
         <v>820</v>
       </c>
       <c r="B410" t="s">
         <v>821</v>
       </c>
       <c r="C410" s="1"/>
       <c r="D410" s="2"/>
     </row>
     <row r="411" spans="1:26">
       <c r="A411" t="s">
         <v>822</v>
       </c>
       <c r="B411" t="s">
         <v>823</v>
       </c>
       <c r="C411" s="1"/>
       <c r="D411" s="2"/>
     </row>
     <row r="412" spans="1:26">
       <c r="A412" t="s">
         <v>824</v>
       </c>
       <c r="B412" t="s">
         <v>825</v>
       </c>
       <c r="C412" s="1"/>
       <c r="D412" s="2"/>
     </row>
     <row r="413" spans="1:26">
       <c r="A413" t="s">
         <v>826</v>
       </c>
       <c r="B413" t="s">
         <v>827</v>
       </c>
-      <c r="C413" s="1"/>
-      <c r="D413" s="2"/>
+      <c r="C413" s="1">
+        <v>20.9</v>
+      </c>
+      <c r="D413" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="414" spans="1:26">
       <c r="A414" t="s">
         <v>828</v>
       </c>
       <c r="B414" t="s">
         <v>829</v>
       </c>
       <c r="C414" s="1">
-        <v>20.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>25.76</v>
+      </c>
+      <c r="D414" s="2"/>
     </row>
     <row r="415" spans="1:26">
       <c r="A415" t="s">
         <v>830</v>
       </c>
       <c r="B415" t="s">
         <v>831</v>
       </c>
       <c r="C415" s="1">
-        <v>25.76</v>
-[...1 lines deleted...]
-      <c r="D415" s="2"/>
+        <v>13.09</v>
+      </c>
+      <c r="D415" s="2">
+        <v>14</v>
+      </c>
     </row>
     <row r="416" spans="1:26">
       <c r="A416" t="s">
         <v>832</v>
       </c>
       <c r="B416" t="s">
         <v>833</v>
       </c>
       <c r="C416" s="1">
-        <v>13.09</v>
+        <v>10.83</v>
       </c>
       <c r="D416" s="2">
-        <v>14</v>
+        <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:26">
       <c r="A417" t="s">
         <v>834</v>
       </c>
       <c r="B417" t="s">
         <v>835</v>
       </c>
       <c r="C417" s="1">
-        <v>10.83</v>
+        <v>11.05</v>
       </c>
       <c r="D417" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:26">
       <c r="A418" t="s">
         <v>836</v>
       </c>
       <c r="B418" t="s">
         <v>837</v>
       </c>
       <c r="C418" s="1">
-        <v>11.05</v>
+        <v>11</v>
       </c>
       <c r="D418" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="419" spans="1:26">
       <c r="A419" t="s">
         <v>838</v>
       </c>
       <c r="B419" t="s">
         <v>839</v>
       </c>
       <c r="C419" s="1">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>33.06</v>
+      </c>
+      <c r="D419" s="2"/>
     </row>
     <row r="420" spans="1:26">
       <c r="A420" t="s">
         <v>840</v>
       </c>
       <c r="B420" t="s">
         <v>841</v>
       </c>
       <c r="C420" s="1">
-        <v>33.06</v>
+        <v>39.96</v>
       </c>
       <c r="D420" s="2"/>
     </row>
     <row r="421" spans="1:26">
       <c r="A421" t="s">
         <v>842</v>
       </c>
       <c r="B421" t="s">
         <v>843</v>
       </c>
       <c r="C421" s="1">
-        <v>39.96</v>
+        <v>21.45</v>
       </c>
       <c r="D421" s="2"/>
     </row>
     <row r="422" spans="1:26">
       <c r="A422" t="s">
         <v>844</v>
       </c>
       <c r="B422" t="s">
         <v>845</v>
       </c>
       <c r="C422" s="1">
-        <v>21.45</v>
+        <v>26</v>
       </c>
       <c r="D422" s="2"/>
     </row>
     <row r="423" spans="1:26">
       <c r="A423" t="s">
         <v>846</v>
       </c>
       <c r="B423" t="s">
         <v>847</v>
       </c>
       <c r="C423" s="1">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D423" s="2"/>
+        <v>24.2</v>
+      </c>
+      <c r="D423" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="424" spans="1:26">
       <c r="A424" t="s">
         <v>848</v>
       </c>
       <c r="B424" t="s">
         <v>849</v>
       </c>
-      <c r="C424" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C424" s="1"/>
+      <c r="D424" s="2"/>
     </row>
     <row r="425" spans="1:26">
       <c r="A425" t="s">
         <v>850</v>
       </c>
       <c r="B425" t="s">
         <v>851</v>
       </c>
-      <c r="C425" s="1"/>
-      <c r="D425" s="2"/>
+      <c r="C425" s="1">
+        <v>27.28</v>
+      </c>
+      <c r="D425" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="426" spans="1:26">
       <c r="A426" t="s">
         <v>852</v>
       </c>
       <c r="B426" t="s">
         <v>853</v>
       </c>
       <c r="C426" s="1">
         <v>27.28</v>
       </c>
       <c r="D426" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="427" spans="1:26">
       <c r="A427" t="s">
         <v>854</v>
       </c>
       <c r="B427" t="s">
         <v>855</v>
       </c>
       <c r="C427" s="1">
         <v>27.28</v>
       </c>
       <c r="D427" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="428" spans="1:26">
       <c r="A428" t="s">
         <v>856</v>
       </c>
       <c r="B428" t="s">
         <v>857</v>
       </c>
       <c r="C428" s="1">
         <v>27.28</v>
       </c>
-      <c r="D428" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D428" s="2"/>
     </row>
     <row r="429" spans="1:26">
       <c r="A429" t="s">
         <v>858</v>
       </c>
       <c r="B429" t="s">
         <v>859</v>
       </c>
-      <c r="C429" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C429" s="1"/>
       <c r="D429" s="2"/>
     </row>
     <row r="430" spans="1:26">
       <c r="A430" t="s">
         <v>860</v>
       </c>
       <c r="B430" t="s">
         <v>861</v>
       </c>
       <c r="C430" s="1"/>
       <c r="D430" s="2"/>
     </row>
     <row r="431" spans="1:26">
       <c r="A431" t="s">
         <v>862</v>
       </c>
       <c r="B431" t="s">
         <v>863</v>
       </c>
       <c r="C431" s="1"/>
       <c r="D431" s="2"/>
     </row>
     <row r="432" spans="1:26">
       <c r="A432" t="s">
         <v>864</v>
       </c>
       <c r="B432" t="s">
         <v>865</v>
       </c>
       <c r="C432" s="1"/>
       <c r="D432" s="2"/>
     </row>
     <row r="433" spans="1:26">
       <c r="A433" t="s">
         <v>866</v>
       </c>
       <c r="B433" t="s">
         <v>867</v>
       </c>
       <c r="C433" s="1"/>
       <c r="D433" s="2"/>
     </row>
     <row r="434" spans="1:26">
       <c r="A434" t="s">
         <v>868</v>
       </c>
       <c r="B434" t="s">
         <v>869</v>
       </c>
-      <c r="C434" s="1"/>
-      <c r="D434" s="2"/>
+      <c r="C434" s="1">
+        <v>156.25</v>
+      </c>
+      <c r="D434" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="435" spans="1:26">
       <c r="A435" t="s">
         <v>870</v>
       </c>
       <c r="B435" t="s">
         <v>871</v>
       </c>
-      <c r="C435" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C435" s="1"/>
+      <c r="D435" s="2"/>
     </row>
     <row r="436" spans="1:26">
       <c r="A436" t="s">
         <v>872</v>
       </c>
       <c r="B436" t="s">
         <v>873</v>
       </c>
       <c r="C436" s="1"/>
       <c r="D436" s="2"/>
     </row>
     <row r="437" spans="1:26">
       <c r="A437" t="s">
         <v>874</v>
       </c>
       <c r="B437" t="s">
         <v>875</v>
       </c>
-      <c r="C437" s="1"/>
+      <c r="C437" s="1">
+        <v>27.15</v>
+      </c>
       <c r="D437" s="2"/>
     </row>
     <row r="438" spans="1:26">
       <c r="A438" t="s">
         <v>876</v>
       </c>
       <c r="B438" t="s">
         <v>877</v>
       </c>
-      <c r="C438" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C438" s="1"/>
       <c r="D438" s="2"/>
     </row>
     <row r="439" spans="1:26">
       <c r="A439" t="s">
         <v>878</v>
       </c>
       <c r="B439" t="s">
         <v>879</v>
       </c>
-      <c r="C439" s="1"/>
-      <c r="D439" s="2"/>
+      <c r="C439" s="1">
+        <v>89.38</v>
+      </c>
+      <c r="D439" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="440" spans="1:26">
       <c r="A440" t="s">
         <v>880</v>
       </c>
       <c r="B440" t="s">
         <v>881</v>
       </c>
-      <c r="C440" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C440" s="1"/>
+      <c r="D440" s="2"/>
     </row>
     <row r="441" spans="1:26">
       <c r="A441" t="s">
         <v>882</v>
       </c>
       <c r="B441" t="s">
         <v>883</v>
       </c>
-      <c r="C441" s="1"/>
-      <c r="D441" s="2"/>
+      <c r="C441" s="1">
+        <v>89.38</v>
+      </c>
+      <c r="D441" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="442" spans="1:26">
       <c r="A442" t="s">
         <v>884</v>
       </c>
       <c r="B442" t="s">
         <v>885</v>
       </c>
       <c r="C442" s="1">
         <v>89.38</v>
       </c>
       <c r="D442" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:26">
       <c r="A443" t="s">
         <v>886</v>
       </c>
       <c r="B443" t="s">
         <v>887</v>
       </c>
-      <c r="C443" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C443" s="1"/>
+      <c r="D443" s="2"/>
     </row>
     <row r="444" spans="1:26">
       <c r="A444" t="s">
         <v>888</v>
       </c>
       <c r="B444" t="s">
         <v>889</v>
       </c>
-      <c r="C444" s="1"/>
-      <c r="D444" s="2"/>
+      <c r="C444" s="1">
+        <v>87.5</v>
+      </c>
+      <c r="D444" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" t="s">
         <v>890</v>
       </c>
       <c r="B445" t="s">
         <v>891</v>
       </c>
       <c r="C445" s="1">
-        <v>87.5</v>
+        <v>101.25</v>
       </c>
       <c r="D445" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" t="s">
         <v>892</v>
       </c>
       <c r="B446" t="s">
         <v>893</v>
       </c>
       <c r="C446" s="1">
         <v>101.25</v>
       </c>
       <c r="D446" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="447" spans="1:26">
       <c r="A447" t="s">
         <v>894</v>
       </c>
       <c r="B447" t="s">
         <v>895</v>
       </c>
       <c r="C447" s="1">
         <v>101.25</v>
       </c>
       <c r="D447" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="448" spans="1:26">
       <c r="A448" t="s">
         <v>896</v>
       </c>
       <c r="B448" t="s">
         <v>897</v>
       </c>
-      <c r="C448" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C448" s="1"/>
       <c r="D448" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="449" spans="1:26">
       <c r="A449" t="s">
         <v>898</v>
       </c>
       <c r="B449" t="s">
         <v>899</v>
       </c>
-      <c r="C449" s="1"/>
-      <c r="D449" s="2"/>
+      <c r="C449" s="1">
+        <v>143</v>
+      </c>
+      <c r="D449" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="450" spans="1:26">
       <c r="A450" t="s">
         <v>900</v>
       </c>
       <c r="B450" t="s">
         <v>901</v>
       </c>
       <c r="C450" s="1">
         <v>143</v>
       </c>
-      <c r="D450" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D450" s="2"/>
     </row>
     <row r="451" spans="1:26">
       <c r="A451" t="s">
         <v>902</v>
       </c>
       <c r="B451" t="s">
         <v>903</v>
       </c>
       <c r="C451" s="1">
         <v>143</v>
       </c>
-      <c r="D451" s="2"/>
+      <c r="D451" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="452" spans="1:26">
       <c r="A452" t="s">
         <v>904</v>
       </c>
       <c r="B452" t="s">
         <v>905</v>
       </c>
       <c r="C452" s="1">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>156.77</v>
+      </c>
+      <c r="D452" s="2"/>
     </row>
     <row r="453" spans="1:26">
       <c r="A453" t="s">
         <v>906</v>
       </c>
       <c r="B453" t="s">
         <v>907</v>
       </c>
       <c r="C453" s="1">
-        <v>156.77</v>
+        <v>54.57</v>
       </c>
       <c r="D453" s="2"/>
     </row>
     <row r="454" spans="1:26">
       <c r="A454" t="s">
         <v>908</v>
       </c>
       <c r="B454" t="s">
         <v>909</v>
       </c>
       <c r="C454" s="1">
         <v>54.57</v>
       </c>
       <c r="D454" s="2"/>
     </row>
     <row r="455" spans="1:26">
       <c r="A455" t="s">
         <v>910</v>
       </c>
       <c r="B455" t="s">
         <v>911</v>
       </c>
       <c r="C455" s="1">
         <v>54.57</v>
       </c>
@@ -11489,153 +11477,155 @@
       </c>
       <c r="D456" s="2"/>
     </row>
     <row r="457" spans="1:26">
       <c r="A457" t="s">
         <v>914</v>
       </c>
       <c r="B457" t="s">
         <v>915</v>
       </c>
       <c r="C457" s="1">
         <v>54.57</v>
       </c>
       <c r="D457" s="2"/>
     </row>
     <row r="458" spans="1:26">
       <c r="A458" t="s">
         <v>916</v>
       </c>
       <c r="B458" t="s">
         <v>917</v>
       </c>
       <c r="C458" s="1">
         <v>54.57</v>
       </c>
-      <c r="D458" s="2"/>
+      <c r="D458" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="459" spans="1:26">
       <c r="A459" t="s">
         <v>918</v>
       </c>
       <c r="B459" t="s">
         <v>919</v>
       </c>
       <c r="C459" s="1">
         <v>54.57</v>
       </c>
-      <c r="D459" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D459" s="2"/>
     </row>
     <row r="460" spans="1:26">
       <c r="A460" t="s">
         <v>920</v>
       </c>
       <c r="B460" t="s">
         <v>921</v>
       </c>
       <c r="C460" s="1">
-        <v>54.57</v>
+        <v>55.55</v>
       </c>
       <c r="D460" s="2"/>
     </row>
     <row r="461" spans="1:26">
       <c r="A461" t="s">
         <v>922</v>
       </c>
       <c r="B461" t="s">
         <v>923</v>
       </c>
       <c r="C461" s="1">
-        <v>55.55</v>
-[...1 lines deleted...]
-      <c r="D461" s="2"/>
+        <v>54.57</v>
+      </c>
+      <c r="D461" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="462" spans="1:26">
       <c r="A462" t="s">
         <v>924</v>
       </c>
       <c r="B462" t="s">
         <v>925</v>
       </c>
       <c r="C462" s="1">
-        <v>54.57</v>
-[...3 lines deleted...]
-      </c>
+        <v>106.25</v>
+      </c>
+      <c r="D462" s="2"/>
     </row>
     <row r="463" spans="1:26">
       <c r="A463" t="s">
         <v>926</v>
       </c>
       <c r="B463" t="s">
         <v>927</v>
       </c>
       <c r="C463" s="1">
-        <v>106.25</v>
-[...1 lines deleted...]
-      <c r="D463" s="2"/>
+        <v>115.1</v>
+      </c>
+      <c r="D463" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="464" spans="1:26">
       <c r="A464" t="s">
         <v>928</v>
       </c>
       <c r="B464" t="s">
         <v>929</v>
       </c>
       <c r="C464" s="1">
-        <v>115.1</v>
+        <v>121.87</v>
       </c>
       <c r="D464" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:26">
       <c r="A465" t="s">
         <v>930</v>
       </c>
       <c r="B465" t="s">
         <v>931</v>
       </c>
       <c r="C465" s="1">
-        <v>121.87</v>
+        <v>115.1</v>
       </c>
       <c r="D465" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:26">
       <c r="A466" t="s">
         <v>932</v>
       </c>
       <c r="B466" t="s">
         <v>933</v>
       </c>
       <c r="C466" s="1">
-        <v>115.1</v>
+        <v>89.38</v>
       </c>
       <c r="D466" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:26">
       <c r="A467" t="s">
         <v>934</v>
       </c>
       <c r="B467" t="s">
         <v>935</v>
       </c>
       <c r="C467" s="1">
         <v>89.38</v>
       </c>
       <c r="D467" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:26">
       <c r="A468" t="s">
         <v>936</v>
       </c>
       <c r="B468" t="s">
         <v>937</v>
@@ -11649,101 +11639,101 @@
     </row>
     <row r="469" spans="1:26">
       <c r="A469" t="s">
         <v>938</v>
       </c>
       <c r="B469" t="s">
         <v>939</v>
       </c>
       <c r="C469" s="1">
         <v>89.38</v>
       </c>
       <c r="D469" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:26">
       <c r="A470" t="s">
         <v>940</v>
       </c>
       <c r="B470" t="s">
         <v>941</v>
       </c>
       <c r="C470" s="1">
         <v>89.38</v>
       </c>
-      <c r="D470" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D470" s="2"/>
     </row>
     <row r="471" spans="1:26">
       <c r="A471" t="s">
         <v>942</v>
       </c>
       <c r="B471" t="s">
         <v>943</v>
       </c>
       <c r="C471" s="1">
         <v>89.38</v>
       </c>
       <c r="D471" s="2"/>
     </row>
     <row r="472" spans="1:26">
       <c r="A472" t="s">
         <v>944</v>
       </c>
       <c r="B472" t="s">
         <v>945</v>
       </c>
       <c r="C472" s="1">
-        <v>89.38</v>
-[...1 lines deleted...]
-      <c r="D472" s="2"/>
+        <v>45</v>
+      </c>
+      <c r="D472" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="473" spans="1:26">
       <c r="A473" t="s">
         <v>946</v>
       </c>
       <c r="B473" t="s">
         <v>947</v>
       </c>
-      <c r="C473" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C473" s="1"/>
+      <c r="D473" s="2"/>
     </row>
     <row r="474" spans="1:26">
       <c r="A474" t="s">
         <v>948</v>
       </c>
       <c r="B474" t="s">
         <v>949</v>
       </c>
-      <c r="C474" s="1"/>
-      <c r="D474" s="2"/>
+      <c r="C474" s="1">
+        <v>266.95</v>
+      </c>
+      <c r="D474" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="475" spans="1:26">
       <c r="A475" t="s">
         <v>950</v>
       </c>
       <c r="B475" t="s">
         <v>951</v>
       </c>
       <c r="C475" s="1">
         <v>266.95</v>
       </c>
       <c r="D475" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:26">
       <c r="A476" t="s">
         <v>952</v>
       </c>
       <c r="B476" t="s">
         <v>953</v>
       </c>
       <c r="C476" s="1">
         <v>266.95</v>
       </c>
@@ -11767,629 +11757,627 @@
     </row>
     <row r="478" spans="1:26">
       <c r="A478" t="s">
         <v>956</v>
       </c>
       <c r="B478" t="s">
         <v>957</v>
       </c>
       <c r="C478" s="1">
         <v>266.95</v>
       </c>
       <c r="D478" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:26">
       <c r="A479" t="s">
         <v>958</v>
       </c>
       <c r="B479" t="s">
         <v>959</v>
       </c>
       <c r="C479" s="1">
         <v>266.95</v>
       </c>
-      <c r="D479" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D479" s="2"/>
     </row>
     <row r="480" spans="1:26">
       <c r="A480" t="s">
         <v>960</v>
       </c>
       <c r="B480" t="s">
         <v>961</v>
       </c>
       <c r="C480" s="1">
         <v>266.95</v>
       </c>
       <c r="D480" s="2"/>
     </row>
     <row r="481" spans="1:26">
       <c r="A481" t="s">
         <v>962</v>
       </c>
       <c r="B481" t="s">
         <v>963</v>
       </c>
       <c r="C481" s="1">
-        <v>266.95</v>
-[...1 lines deleted...]
-      <c r="D481" s="2"/>
+        <v>258.5</v>
+      </c>
+      <c r="D481" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="482" spans="1:26">
       <c r="A482" t="s">
         <v>964</v>
       </c>
       <c r="B482" t="s">
         <v>965</v>
       </c>
       <c r="C482" s="1">
         <v>258.5</v>
       </c>
-      <c r="D482" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D482" s="2"/>
     </row>
     <row r="483" spans="1:26">
       <c r="A483" t="s">
         <v>966</v>
       </c>
       <c r="B483" t="s">
         <v>967</v>
       </c>
       <c r="C483" s="1">
-        <v>258.5</v>
+        <v>143</v>
       </c>
       <c r="D483" s="2"/>
     </row>
     <row r="484" spans="1:26">
       <c r="A484" t="s">
         <v>968</v>
       </c>
       <c r="B484" t="s">
         <v>969</v>
       </c>
       <c r="C484" s="1">
         <v>143</v>
       </c>
       <c r="D484" s="2"/>
     </row>
     <row r="485" spans="1:26">
       <c r="A485" t="s">
         <v>970</v>
       </c>
       <c r="B485" t="s">
         <v>971</v>
       </c>
       <c r="C485" s="1">
         <v>143</v>
       </c>
       <c r="D485" s="2"/>
     </row>
     <row r="486" spans="1:26">
       <c r="A486" t="s">
         <v>972</v>
       </c>
       <c r="B486" t="s">
         <v>973</v>
       </c>
       <c r="C486" s="1">
         <v>143</v>
       </c>
       <c r="D486" s="2"/>
     </row>
     <row r="487" spans="1:26">
       <c r="A487" t="s">
         <v>974</v>
       </c>
       <c r="B487" t="s">
         <v>975</v>
       </c>
       <c r="C487" s="1">
         <v>143</v>
       </c>
-      <c r="D487" s="2"/>
+      <c r="D487" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="488" spans="1:26">
       <c r="A488" t="s">
         <v>976</v>
       </c>
       <c r="B488" t="s">
         <v>977</v>
       </c>
       <c r="C488" s="1">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="D488" s="2"/>
     </row>
     <row r="489" spans="1:26">
       <c r="A489" t="s">
         <v>978</v>
       </c>
       <c r="B489" t="s">
         <v>979</v>
       </c>
       <c r="C489" s="1">
-        <v>209</v>
+        <v>143</v>
       </c>
       <c r="D489" s="2"/>
     </row>
     <row r="490" spans="1:26">
       <c r="A490" t="s">
         <v>980</v>
       </c>
       <c r="B490" t="s">
         <v>981</v>
       </c>
       <c r="C490" s="1">
         <v>143</v>
       </c>
       <c r="D490" s="2"/>
     </row>
     <row r="491" spans="1:26">
       <c r="A491" t="s">
         <v>982</v>
       </c>
       <c r="B491" t="s">
         <v>983</v>
       </c>
       <c r="C491" s="1">
         <v>143</v>
       </c>
       <c r="D491" s="2"/>
     </row>
     <row r="492" spans="1:26">
       <c r="A492" t="s">
         <v>984</v>
       </c>
       <c r="B492" t="s">
         <v>985</v>
       </c>
       <c r="C492" s="1">
-        <v>143</v>
+        <v>269.5</v>
       </c>
       <c r="D492" s="2"/>
     </row>
     <row r="493" spans="1:26">
       <c r="A493" t="s">
         <v>986</v>
       </c>
       <c r="B493" t="s">
         <v>987</v>
       </c>
-      <c r="C493" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C493" s="1"/>
       <c r="D493" s="2"/>
     </row>
     <row r="494" spans="1:26">
       <c r="A494" t="s">
         <v>988</v>
       </c>
       <c r="B494" t="s">
         <v>989</v>
       </c>
-      <c r="C494" s="1"/>
-      <c r="D494" s="2"/>
+      <c r="C494" s="1">
+        <v>50</v>
+      </c>
+      <c r="D494" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="495" spans="1:26">
       <c r="A495" t="s">
         <v>990</v>
       </c>
       <c r="B495" t="s">
         <v>991</v>
       </c>
-      <c r="C495" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C495" s="1"/>
+      <c r="D495" s="2"/>
     </row>
     <row r="496" spans="1:26">
       <c r="A496" t="s">
         <v>992</v>
       </c>
       <c r="B496" t="s">
         <v>993</v>
       </c>
-      <c r="C496" s="1"/>
+      <c r="C496" s="1">
+        <v>104.3</v>
+      </c>
       <c r="D496" s="2"/>
     </row>
     <row r="497" spans="1:26">
       <c r="A497" t="s">
         <v>994</v>
       </c>
       <c r="B497" t="s">
         <v>995</v>
       </c>
       <c r="C497" s="1">
-        <v>104.3</v>
+        <v>98.8</v>
       </c>
       <c r="D497" s="2"/>
     </row>
     <row r="498" spans="1:26">
       <c r="A498" t="s">
         <v>996</v>
       </c>
       <c r="B498" t="s">
         <v>997</v>
       </c>
       <c r="C498" s="1">
         <v>98.8</v>
       </c>
       <c r="D498" s="2"/>
     </row>
     <row r="499" spans="1:26">
       <c r="A499" t="s">
         <v>998</v>
       </c>
       <c r="B499" t="s">
         <v>999</v>
       </c>
       <c r="C499" s="1">
         <v>98.8</v>
       </c>
       <c r="D499" s="2"/>
     </row>
     <row r="500" spans="1:26">
       <c r="A500" t="s">
         <v>1000</v>
       </c>
       <c r="B500" t="s">
         <v>1001</v>
       </c>
       <c r="C500" s="1">
-        <v>98.8</v>
-[...1 lines deleted...]
-      <c r="D500" s="2"/>
+        <v>30.62</v>
+      </c>
+      <c r="D500" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="501" spans="1:26">
       <c r="A501" t="s">
         <v>1002</v>
       </c>
       <c r="B501" t="s">
         <v>1003</v>
       </c>
       <c r="C501" s="1">
         <v>30.62</v>
       </c>
       <c r="D501" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="502" spans="1:26">
       <c r="A502" t="s">
         <v>1004</v>
       </c>
       <c r="B502" t="s">
         <v>1005</v>
       </c>
       <c r="C502" s="1">
         <v>30.62</v>
       </c>
-      <c r="D502" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D502" s="2"/>
     </row>
     <row r="503" spans="1:26">
       <c r="A503" t="s">
         <v>1006</v>
       </c>
       <c r="B503" t="s">
         <v>1007</v>
       </c>
       <c r="C503" s="1">
         <v>30.62</v>
       </c>
-      <c r="D503" s="2"/>
+      <c r="D503" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="504" spans="1:26">
       <c r="A504" t="s">
         <v>1008</v>
       </c>
       <c r="B504" t="s">
         <v>1009</v>
       </c>
       <c r="C504" s="1">
         <v>30.62</v>
       </c>
       <c r="D504" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="505" spans="1:26">
       <c r="A505" t="s">
         <v>1010</v>
       </c>
       <c r="B505" t="s">
         <v>1011</v>
       </c>
       <c r="C505" s="1">
-        <v>30.62</v>
-[...3 lines deleted...]
-      </c>
+        <v>31.87</v>
+      </c>
+      <c r="D505" s="2"/>
     </row>
     <row r="506" spans="1:26">
       <c r="A506" t="s">
         <v>1012</v>
       </c>
       <c r="B506" t="s">
         <v>1013</v>
       </c>
       <c r="C506" s="1">
-        <v>31.87</v>
-[...1 lines deleted...]
-      <c r="D506" s="2"/>
+        <v>30.62</v>
+      </c>
+      <c r="D506" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="507" spans="1:26">
       <c r="A507" t="s">
         <v>1014</v>
       </c>
       <c r="B507" t="s">
         <v>1015</v>
       </c>
       <c r="C507" s="1">
         <v>30.62</v>
       </c>
       <c r="D507" s="2">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="508" spans="1:26">
       <c r="A508" t="s">
         <v>1016</v>
       </c>
       <c r="B508" t="s">
         <v>1017</v>
       </c>
       <c r="C508" s="1">
         <v>30.62</v>
       </c>
       <c r="D508" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="509" spans="1:26">
       <c r="A509" t="s">
         <v>1018</v>
       </c>
       <c r="B509" t="s">
         <v>1019</v>
       </c>
       <c r="C509" s="1">
-        <v>30.62</v>
+        <v>14.71</v>
       </c>
       <c r="D509" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="510" spans="1:26">
       <c r="A510" t="s">
         <v>1020</v>
       </c>
       <c r="B510" t="s">
         <v>1021</v>
       </c>
       <c r="C510" s="1">
-        <v>14.71</v>
-[...3 lines deleted...]
-      </c>
+        <v>51.87</v>
+      </c>
+      <c r="D510" s="2"/>
     </row>
     <row r="511" spans="1:26">
       <c r="A511" t="s">
         <v>1022</v>
       </c>
       <c r="B511" t="s">
         <v>1023</v>
       </c>
       <c r="C511" s="1">
-        <v>51.87</v>
+        <v>45</v>
       </c>
       <c r="D511" s="2"/>
     </row>
     <row r="512" spans="1:26">
       <c r="A512" t="s">
         <v>1024</v>
       </c>
       <c r="B512" t="s">
         <v>1025</v>
       </c>
       <c r="C512" s="1">
         <v>45</v>
       </c>
       <c r="D512" s="2"/>
     </row>
     <row r="513" spans="1:26">
       <c r="A513" t="s">
         <v>1026</v>
       </c>
       <c r="B513" t="s">
         <v>1027</v>
       </c>
-      <c r="C513" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C513" s="1"/>
       <c r="D513" s="2"/>
     </row>
     <row r="514" spans="1:26">
       <c r="A514" t="s">
         <v>1028</v>
       </c>
       <c r="B514" t="s">
         <v>1029</v>
       </c>
-      <c r="C514" s="1"/>
-      <c r="D514" s="2"/>
+      <c r="C514" s="1">
+        <v>10</v>
+      </c>
+      <c r="D514" s="2">
+        <v>8</v>
+      </c>
     </row>
     <row r="515" spans="1:26">
       <c r="A515" t="s">
         <v>1030</v>
       </c>
       <c r="B515" t="s">
         <v>1031</v>
       </c>
       <c r="C515" s="1">
-        <v>10</v>
+        <v>8.12</v>
       </c>
       <c r="D515" s="2">
-        <v>11</v>
+        <v>1</v>
       </c>
     </row>
     <row r="516" spans="1:26">
       <c r="A516" t="s">
         <v>1032</v>
       </c>
       <c r="B516" t="s">
         <v>1033</v>
       </c>
       <c r="C516" s="1">
         <v>8.12</v>
       </c>
       <c r="D516" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:26">
       <c r="A517" t="s">
         <v>1034</v>
       </c>
       <c r="B517" t="s">
         <v>1035</v>
       </c>
       <c r="C517" s="1">
         <v>8.12</v>
       </c>
       <c r="D517" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:26">
       <c r="A518" t="s">
         <v>1036</v>
       </c>
       <c r="B518" t="s">
         <v>1037</v>
       </c>
       <c r="C518" s="1">
-        <v>8.12</v>
+        <v>10.62</v>
       </c>
       <c r="D518" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="519" spans="1:26">
       <c r="A519" t="s">
         <v>1038</v>
       </c>
       <c r="B519" t="s">
         <v>1039</v>
       </c>
       <c r="C519" s="1">
         <v>10.62</v>
       </c>
       <c r="D519" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="520" spans="1:26">
       <c r="A520" t="s">
         <v>1040</v>
       </c>
       <c r="B520" t="s">
         <v>1041</v>
       </c>
       <c r="C520" s="1">
         <v>10.62</v>
       </c>
       <c r="D520" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="521" spans="1:26">
       <c r="A521" t="s">
         <v>1042</v>
       </c>
       <c r="B521" t="s">
         <v>1043</v>
       </c>
       <c r="C521" s="1">
         <v>10.62</v>
       </c>
       <c r="D521" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="522" spans="1:26">
       <c r="A522" t="s">
         <v>1044</v>
       </c>
       <c r="B522" t="s">
         <v>1045</v>
       </c>
       <c r="C522" s="1">
         <v>10.62</v>
       </c>
       <c r="D522" s="2">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="523" spans="1:26">
       <c r="A523" t="s">
         <v>1046</v>
       </c>
       <c r="B523" t="s">
         <v>1047</v>
       </c>
       <c r="C523" s="1">
         <v>10.62</v>
       </c>
       <c r="D523" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="524" spans="1:26">
       <c r="A524" t="s">
         <v>1048</v>
       </c>
       <c r="B524" t="s">
         <v>1049</v>
       </c>
       <c r="C524" s="1">
-        <v>10.62</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="D524" s="2"/>
     </row>
     <row r="525" spans="1:26">
       <c r="A525" t="s">
         <v>1050</v>
       </c>
       <c r="B525" t="s">
         <v>1051</v>
       </c>
       <c r="C525" s="1">
         <v>143</v>
       </c>
       <c r="D525" s="2"/>
     </row>
     <row r="526" spans="1:26">
       <c r="A526" t="s">
         <v>1052</v>
       </c>
       <c r="B526" t="s">
         <v>1053</v>
       </c>
       <c r="C526" s="1">
         <v>143</v>
       </c>
       <c r="D526" s="2"/>
     </row>
@@ -12403,99 +12391,99 @@
       <c r="C527" s="1">
         <v>143</v>
       </c>
       <c r="D527" s="2"/>
     </row>
     <row r="528" spans="1:26">
       <c r="A528" t="s">
         <v>1056</v>
       </c>
       <c r="B528" t="s">
         <v>1057</v>
       </c>
       <c r="C528" s="1">
         <v>143</v>
       </c>
       <c r="D528" s="2"/>
     </row>
     <row r="529" spans="1:26">
       <c r="A529" t="s">
         <v>1058</v>
       </c>
       <c r="B529" t="s">
         <v>1059</v>
       </c>
       <c r="C529" s="1">
-        <v>143</v>
+        <v>258.5</v>
       </c>
       <c r="D529" s="2"/>
     </row>
     <row r="530" spans="1:26">
       <c r="A530" t="s">
         <v>1060</v>
       </c>
       <c r="B530" t="s">
         <v>1061</v>
       </c>
       <c r="C530" s="1">
         <v>258.5</v>
       </c>
       <c r="D530" s="2"/>
     </row>
     <row r="531" spans="1:26">
       <c r="A531" t="s">
         <v>1062</v>
       </c>
       <c r="B531" t="s">
         <v>1063</v>
       </c>
       <c r="C531" s="1">
         <v>258.5</v>
       </c>
       <c r="D531" s="2"/>
     </row>
     <row r="532" spans="1:26">
       <c r="A532" t="s">
         <v>1064</v>
       </c>
       <c r="B532" t="s">
         <v>1065</v>
       </c>
       <c r="C532" s="1">
         <v>258.5</v>
       </c>
       <c r="D532" s="2"/>
     </row>
     <row r="533" spans="1:26">
       <c r="A533" t="s">
         <v>1066</v>
       </c>
       <c r="B533" t="s">
         <v>1067</v>
       </c>
       <c r="C533" s="1">
-        <v>258.5</v>
+        <v>325.68</v>
       </c>
       <c r="D533" s="2"/>
     </row>
     <row r="534" spans="1:26">
       <c r="A534" t="s">
         <v>1068</v>
       </c>
       <c r="B534" t="s">
         <v>1069</v>
       </c>
       <c r="C534" s="1">
         <v>325.68</v>
       </c>
       <c r="D534" s="2"/>
     </row>
     <row r="535" spans="1:26">
       <c r="A535" t="s">
         <v>1070</v>
       </c>
       <c r="B535" t="s">
         <v>1071</v>
       </c>
       <c r="C535" s="1">
         <v>325.68</v>
       </c>
@@ -12570,208 +12558,210 @@
       </c>
       <c r="C541" s="1">
         <v>325.68</v>
       </c>
       <c r="D541" s="2"/>
     </row>
     <row r="542" spans="1:26">
       <c r="A542" t="s">
         <v>1084</v>
       </c>
       <c r="B542" t="s">
         <v>1085</v>
       </c>
       <c r="C542" s="1">
         <v>325.68</v>
       </c>
       <c r="D542" s="2"/>
     </row>
     <row r="543" spans="1:26">
       <c r="A543" t="s">
         <v>1086</v>
       </c>
       <c r="B543" t="s">
         <v>1087</v>
       </c>
-      <c r="C543" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C543" s="1"/>
       <c r="D543" s="2"/>
     </row>
     <row r="544" spans="1:26">
       <c r="A544" t="s">
         <v>1088</v>
       </c>
       <c r="B544" t="s">
         <v>1089</v>
       </c>
-      <c r="C544" s="1"/>
-      <c r="D544" s="2"/>
+      <c r="C544" s="1">
+        <v>105.88</v>
+      </c>
+      <c r="D544" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="545" spans="1:26">
       <c r="A545" t="s">
         <v>1090</v>
       </c>
       <c r="B545" t="s">
         <v>1091</v>
       </c>
       <c r="C545" s="1">
         <v>105.88</v>
       </c>
-      <c r="D545" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D545" s="2"/>
     </row>
     <row r="546" spans="1:26">
       <c r="A546" t="s">
         <v>1092</v>
       </c>
       <c r="B546" t="s">
         <v>1093</v>
       </c>
-      <c r="C546" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C546" s="1"/>
       <c r="D546" s="2"/>
     </row>
     <row r="547" spans="1:26">
       <c r="A547" t="s">
         <v>1094</v>
       </c>
       <c r="B547" t="s">
         <v>1095</v>
       </c>
       <c r="C547" s="1"/>
-      <c r="D547" s="2"/>
+      <c r="D547" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="548" spans="1:26">
       <c r="A548" t="s">
         <v>1096</v>
       </c>
       <c r="B548" t="s">
         <v>1097</v>
       </c>
-      <c r="C548" s="1"/>
-      <c r="D548" s="2"/>
+      <c r="C548" s="1">
+        <v>105.88</v>
+      </c>
+      <c r="D548" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="549" spans="1:26">
       <c r="A549" t="s">
         <v>1098</v>
       </c>
       <c r="B549" t="s">
         <v>1099</v>
       </c>
-      <c r="C549" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C549" s="1"/>
+      <c r="D549" s="2"/>
     </row>
     <row r="550" spans="1:26">
       <c r="A550" t="s">
         <v>1100</v>
       </c>
       <c r="B550" t="s">
         <v>1101</v>
       </c>
-      <c r="C550" s="1"/>
-      <c r="D550" s="2"/>
+      <c r="C550" s="1">
+        <v>105.88</v>
+      </c>
+      <c r="D550" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="551" spans="1:26">
       <c r="A551" t="s">
         <v>1102</v>
       </c>
       <c r="B551" t="s">
         <v>1103</v>
       </c>
-      <c r="C551" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C551" s="1"/>
+      <c r="D551" s="2"/>
     </row>
     <row r="552" spans="1:26">
       <c r="A552" t="s">
         <v>1104</v>
       </c>
       <c r="B552" t="s">
         <v>1105</v>
       </c>
       <c r="C552" s="1"/>
       <c r="D552" s="2"/>
     </row>
     <row r="553" spans="1:26">
       <c r="A553" t="s">
         <v>1106</v>
       </c>
       <c r="B553" t="s">
         <v>1107</v>
       </c>
       <c r="C553" s="1"/>
       <c r="D553" s="2"/>
     </row>
     <row r="554" spans="1:26">
       <c r="A554" t="s">
         <v>1108</v>
       </c>
       <c r="B554" t="s">
         <v>1109</v>
       </c>
       <c r="C554" s="1"/>
       <c r="D554" s="2"/>
     </row>
     <row r="555" spans="1:26">
       <c r="A555" t="s">
         <v>1110</v>
       </c>
       <c r="B555" t="s">
         <v>1111</v>
       </c>
       <c r="C555" s="1"/>
       <c r="D555" s="2"/>
     </row>
     <row r="556" spans="1:26">
       <c r="A556" t="s">
         <v>1112</v>
       </c>
       <c r="B556" t="s">
         <v>1113</v>
       </c>
-      <c r="C556" s="1"/>
+      <c r="C556" s="1">
+        <v>66.45</v>
+      </c>
       <c r="D556" s="2"/>
     </row>
     <row r="557" spans="1:26">
       <c r="A557" t="s">
         <v>1114</v>
       </c>
       <c r="B557" t="s">
         <v>1115</v>
       </c>
       <c r="C557" s="1">
-        <v>66.45</v>
+        <v>108.39</v>
       </c>
       <c r="D557" s="2"/>
     </row>
     <row r="558" spans="1:26">
       <c r="A558" t="s">
         <v>1116</v>
       </c>
       <c r="B558" t="s">
         <v>1117</v>
       </c>
       <c r="C558" s="1">
         <v>108.39</v>
       </c>
       <c r="D558" s="2"/>
     </row>
     <row r="559" spans="1:26">
       <c r="A559" t="s">
         <v>1118</v>
       </c>
       <c r="B559" t="s">
         <v>1119</v>
       </c>
       <c r="C559" s="1">
         <v>108.39</v>
       </c>
@@ -12895,489 +12885,487 @@
       <c r="C569" s="1">
         <v>108.39</v>
       </c>
       <c r="D569" s="2"/>
     </row>
     <row r="570" spans="1:26">
       <c r="A570" t="s">
         <v>1140</v>
       </c>
       <c r="B570" t="s">
         <v>1141</v>
       </c>
       <c r="C570" s="1">
         <v>108.39</v>
       </c>
       <c r="D570" s="2"/>
     </row>
     <row r="571" spans="1:26">
       <c r="A571" t="s">
         <v>1142</v>
       </c>
       <c r="B571" t="s">
         <v>1143</v>
       </c>
       <c r="C571" s="1">
-        <v>108.39</v>
+        <v>73.37</v>
       </c>
       <c r="D571" s="2"/>
     </row>
     <row r="572" spans="1:26">
       <c r="A572" t="s">
         <v>1144</v>
       </c>
       <c r="B572" t="s">
         <v>1145</v>
       </c>
       <c r="C572" s="1">
-        <v>73.37</v>
+        <v>108.39</v>
       </c>
       <c r="D572" s="2"/>
     </row>
     <row r="573" spans="1:26">
       <c r="A573" t="s">
         <v>1146</v>
       </c>
       <c r="B573" t="s">
         <v>1147</v>
       </c>
       <c r="C573" s="1">
         <v>108.39</v>
       </c>
       <c r="D573" s="2"/>
     </row>
     <row r="574" spans="1:26">
       <c r="A574" t="s">
         <v>1148</v>
       </c>
       <c r="B574" t="s">
         <v>1149</v>
       </c>
       <c r="C574" s="1">
         <v>108.39</v>
       </c>
       <c r="D574" s="2"/>
     </row>
     <row r="575" spans="1:26">
       <c r="A575" t="s">
         <v>1150</v>
       </c>
       <c r="B575" t="s">
         <v>1151</v>
       </c>
       <c r="C575" s="1">
         <v>108.39</v>
       </c>
       <c r="D575" s="2"/>
     </row>
     <row r="576" spans="1:26">
       <c r="A576" t="s">
         <v>1152</v>
       </c>
       <c r="B576" t="s">
         <v>1153</v>
       </c>
       <c r="C576" s="1">
-        <v>108.39</v>
+        <v>73.37</v>
       </c>
       <c r="D576" s="2"/>
     </row>
     <row r="577" spans="1:26">
       <c r="A577" t="s">
         <v>1154</v>
       </c>
       <c r="B577" t="s">
         <v>1155</v>
       </c>
       <c r="C577" s="1">
         <v>73.37</v>
       </c>
       <c r="D577" s="2"/>
     </row>
     <row r="578" spans="1:26">
       <c r="A578" t="s">
         <v>1156</v>
       </c>
       <c r="B578" t="s">
         <v>1157</v>
       </c>
-      <c r="C578" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C578" s="1"/>
       <c r="D578" s="2"/>
     </row>
     <row r="579" spans="1:26">
       <c r="A579" t="s">
         <v>1158</v>
       </c>
       <c r="B579" t="s">
         <v>1159</v>
       </c>
       <c r="C579" s="1"/>
       <c r="D579" s="2"/>
     </row>
     <row r="580" spans="1:26">
       <c r="A580" t="s">
         <v>1160</v>
       </c>
       <c r="B580" t="s">
         <v>1161</v>
       </c>
-      <c r="C580" s="1"/>
-      <c r="D580" s="2"/>
+      <c r="C580" s="1">
+        <v>298.57</v>
+      </c>
+      <c r="D580" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="581" spans="1:26">
       <c r="A581" t="s">
         <v>1162</v>
       </c>
       <c r="B581" t="s">
         <v>1163</v>
       </c>
       <c r="C581" s="1">
         <v>298.57</v>
       </c>
       <c r="D581" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="582" spans="1:26">
       <c r="A582" t="s">
         <v>1164</v>
       </c>
       <c r="B582" t="s">
         <v>1165</v>
       </c>
       <c r="C582" s="1">
         <v>298.57</v>
       </c>
-      <c r="D582" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D582" s="2"/>
     </row>
     <row r="583" spans="1:26">
       <c r="A583" t="s">
         <v>1166</v>
       </c>
       <c r="B583" t="s">
         <v>1167</v>
       </c>
       <c r="C583" s="1">
         <v>298.57</v>
       </c>
-      <c r="D583" s="2"/>
+      <c r="D583" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="584" spans="1:26">
       <c r="A584" t="s">
         <v>1168</v>
       </c>
       <c r="B584" t="s">
         <v>1169</v>
       </c>
       <c r="C584" s="1">
         <v>298.57</v>
       </c>
       <c r="D584" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="585" spans="1:26">
       <c r="A585" t="s">
         <v>1170</v>
       </c>
       <c r="B585" t="s">
         <v>1171</v>
       </c>
       <c r="C585" s="1">
-        <v>298.57</v>
-[...3 lines deleted...]
-      </c>
+        <v>172.15</v>
+      </c>
+      <c r="D585" s="2"/>
     </row>
     <row r="586" spans="1:26">
       <c r="A586" t="s">
         <v>1172</v>
       </c>
       <c r="B586" t="s">
         <v>1173</v>
       </c>
       <c r="C586" s="1">
-        <v>172.15</v>
-[...1 lines deleted...]
-      <c r="D586" s="2"/>
+        <v>171.99</v>
+      </c>
+      <c r="D586" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="587" spans="1:26">
       <c r="A587" t="s">
         <v>1174</v>
       </c>
       <c r="B587" t="s">
         <v>1175</v>
       </c>
       <c r="C587" s="1">
-        <v>171.99</v>
-[...3 lines deleted...]
-      </c>
+        <v>172.15</v>
+      </c>
+      <c r="D587" s="2"/>
     </row>
     <row r="588" spans="1:26">
       <c r="A588" t="s">
         <v>1176</v>
       </c>
       <c r="B588" t="s">
         <v>1177</v>
       </c>
       <c r="C588" s="1">
-        <v>172.15</v>
+        <v>171.99</v>
       </c>
       <c r="D588" s="2"/>
     </row>
     <row r="589" spans="1:26">
       <c r="A589" t="s">
         <v>1178</v>
       </c>
       <c r="B589" t="s">
         <v>1179</v>
       </c>
       <c r="C589" s="1">
         <v>171.99</v>
       </c>
       <c r="D589" s="2"/>
     </row>
     <row r="590" spans="1:26">
       <c r="A590" t="s">
         <v>1180</v>
       </c>
       <c r="B590" t="s">
         <v>1181</v>
       </c>
       <c r="C590" s="1">
         <v>171.99</v>
       </c>
-      <c r="D590" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D590" s="2"/>
     </row>
     <row r="591" spans="1:26">
       <c r="A591" t="s">
         <v>1182</v>
       </c>
       <c r="B591" t="s">
         <v>1183</v>
       </c>
       <c r="C591" s="1">
         <v>171.99</v>
       </c>
       <c r="D591" s="2"/>
     </row>
     <row r="592" spans="1:26">
       <c r="A592" t="s">
         <v>1184</v>
       </c>
       <c r="B592" t="s">
         <v>1185</v>
       </c>
       <c r="C592" s="1">
         <v>171.99</v>
       </c>
-      <c r="D592" s="2"/>
+      <c r="D592" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="593" spans="1:26">
       <c r="A593" t="s">
         <v>1186</v>
       </c>
       <c r="B593" t="s">
         <v>1187</v>
       </c>
       <c r="C593" s="1">
         <v>171.99</v>
       </c>
-      <c r="D593" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D593" s="2"/>
     </row>
     <row r="594" spans="1:26">
       <c r="A594" t="s">
         <v>1188</v>
       </c>
       <c r="B594" t="s">
         <v>1189</v>
       </c>
       <c r="C594" s="1">
         <v>171.99</v>
       </c>
-      <c r="D594" s="2"/>
+      <c r="D594" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="595" spans="1:26">
       <c r="A595" t="s">
         <v>1190</v>
       </c>
       <c r="B595" t="s">
         <v>1191</v>
       </c>
       <c r="C595" s="1">
         <v>171.99</v>
       </c>
       <c r="D595" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="596" spans="1:26">
       <c r="A596" t="s">
         <v>1192</v>
       </c>
       <c r="B596" t="s">
         <v>1193</v>
       </c>
       <c r="C596" s="1">
-        <v>171.99</v>
-[...3 lines deleted...]
-      </c>
+        <v>292.21</v>
+      </c>
+      <c r="D596" s="2"/>
     </row>
     <row r="597" spans="1:26">
       <c r="A597" t="s">
         <v>1194</v>
       </c>
       <c r="B597" t="s">
         <v>1195</v>
       </c>
       <c r="C597" s="1">
-        <v>292.21</v>
+        <v>108.39</v>
       </c>
       <c r="D597" s="2"/>
     </row>
     <row r="598" spans="1:26">
       <c r="A598" t="s">
         <v>1196</v>
       </c>
       <c r="B598" t="s">
         <v>1197</v>
       </c>
       <c r="C598" s="1">
         <v>108.39</v>
       </c>
       <c r="D598" s="2"/>
     </row>
     <row r="599" spans="1:26">
       <c r="A599" t="s">
         <v>1198</v>
       </c>
       <c r="B599" t="s">
         <v>1199</v>
       </c>
       <c r="C599" s="1">
         <v>108.39</v>
       </c>
       <c r="D599" s="2"/>
     </row>
     <row r="600" spans="1:26">
       <c r="A600" t="s">
         <v>1200</v>
       </c>
       <c r="B600" t="s">
         <v>1201</v>
       </c>
       <c r="C600" s="1">
         <v>108.39</v>
       </c>
-      <c r="D600" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D600" s="2"/>
     </row>
     <row r="601" spans="1:26">
       <c r="A601" t="s">
         <v>1202</v>
       </c>
       <c r="B601" t="s">
         <v>1203</v>
       </c>
       <c r="C601" s="1">
         <v>108.39</v>
       </c>
       <c r="D601" s="2"/>
     </row>
     <row r="602" spans="1:26">
       <c r="A602" t="s">
         <v>1204</v>
       </c>
       <c r="B602" t="s">
         <v>1205</v>
       </c>
       <c r="C602" s="1">
         <v>108.39</v>
       </c>
       <c r="D602" s="2"/>
     </row>
     <row r="603" spans="1:26">
       <c r="A603" t="s">
         <v>1206</v>
       </c>
       <c r="B603" t="s">
         <v>1207</v>
       </c>
       <c r="C603" s="1">
-        <v>108.39</v>
+        <v>16.08</v>
       </c>
       <c r="D603" s="2"/>
     </row>
     <row r="604" spans="1:26">
       <c r="A604" t="s">
         <v>1208</v>
       </c>
       <c r="B604" t="s">
         <v>1209</v>
       </c>
       <c r="C604" s="1">
         <v>16.08</v>
       </c>
       <c r="D604" s="2"/>
     </row>
     <row r="605" spans="1:26">
       <c r="A605" t="s">
         <v>1210</v>
       </c>
       <c r="B605" t="s">
         <v>1211</v>
       </c>
       <c r="C605" s="1">
-        <v>16.08</v>
+        <v>57.29</v>
       </c>
       <c r="D605" s="2"/>
     </row>
     <row r="606" spans="1:26">
       <c r="A606" t="s">
         <v>1212</v>
       </c>
       <c r="B606" t="s">
         <v>1213</v>
       </c>
       <c r="C606" s="1">
         <v>57.29</v>
       </c>
-      <c r="D606" s="2"/>
+      <c r="D606" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="607" spans="1:26">
       <c r="A607" t="s">
         <v>1214</v>
       </c>
       <c r="B607" t="s">
         <v>1215</v>
       </c>
       <c r="C607" s="1">
         <v>57.29</v>
       </c>
       <c r="D607" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="608" spans="1:26">
       <c r="A608" t="s">
         <v>1216</v>
       </c>
       <c r="B608" t="s">
         <v>1217</v>
       </c>
       <c r="C608" s="1">
         <v>57.29</v>
       </c>
@@ -13401,421 +13389,415 @@
     </row>
     <row r="610" spans="1:26">
       <c r="A610" t="s">
         <v>1220</v>
       </c>
       <c r="B610" t="s">
         <v>1221</v>
       </c>
       <c r="C610" s="1">
         <v>57.29</v>
       </c>
       <c r="D610" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="611" spans="1:26">
       <c r="A611" t="s">
         <v>1222</v>
       </c>
       <c r="B611" t="s">
         <v>1223</v>
       </c>
       <c r="C611" s="1">
         <v>57.29</v>
       </c>
-      <c r="D611" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D611" s="2"/>
     </row>
     <row r="612" spans="1:26">
       <c r="A612" t="s">
         <v>1224</v>
       </c>
       <c r="B612" t="s">
         <v>1225</v>
       </c>
       <c r="C612" s="1">
-        <v>57.29</v>
+        <v>61.05</v>
       </c>
       <c r="D612" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" t="s">
         <v>1226</v>
       </c>
       <c r="B613" t="s">
         <v>1227</v>
       </c>
       <c r="C613" s="1">
-        <v>61.05</v>
-[...3 lines deleted...]
-      </c>
+        <v>57.29</v>
+      </c>
+      <c r="D613" s="2"/>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" t="s">
         <v>1228</v>
       </c>
       <c r="B614" t="s">
         <v>1229</v>
       </c>
       <c r="C614" s="1">
         <v>57.29</v>
       </c>
-      <c r="D614" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D614" s="2"/>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" t="s">
         <v>1230</v>
       </c>
       <c r="B615" t="s">
         <v>1231</v>
       </c>
       <c r="C615" s="1">
         <v>57.29</v>
       </c>
       <c r="D615" s="2"/>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" t="s">
         <v>1232</v>
       </c>
       <c r="B616" t="s">
         <v>1233</v>
       </c>
       <c r="C616" s="1">
-        <v>57.29</v>
+        <v>54.98</v>
       </c>
       <c r="D616" s="2"/>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" t="s">
         <v>1234</v>
       </c>
       <c r="B617" t="s">
         <v>1235</v>
       </c>
       <c r="C617" s="1">
-        <v>54.98</v>
-[...1 lines deleted...]
-      <c r="D617" s="2"/>
+        <v>298.57</v>
+      </c>
+      <c r="D617" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" t="s">
         <v>1236</v>
       </c>
       <c r="B618" t="s">
         <v>1237</v>
       </c>
       <c r="C618" s="1">
         <v>298.57</v>
       </c>
-      <c r="D618" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D618" s="2"/>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" t="s">
         <v>1238</v>
       </c>
       <c r="B619" t="s">
         <v>1239</v>
       </c>
       <c r="C619" s="1">
         <v>298.57</v>
       </c>
-      <c r="D619" s="2"/>
+      <c r="D619" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" t="s">
         <v>1240</v>
       </c>
       <c r="B620" t="s">
         <v>1241</v>
       </c>
       <c r="C620" s="1">
         <v>298.57</v>
       </c>
       <c r="D620" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" t="s">
         <v>1242</v>
       </c>
       <c r="B621" t="s">
         <v>1243</v>
       </c>
       <c r="C621" s="1">
-        <v>298.57</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="D621" s="2"/>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" t="s">
         <v>1244</v>
       </c>
       <c r="B622" t="s">
         <v>1245</v>
       </c>
       <c r="C622" s="1">
         <v>130</v>
       </c>
       <c r="D622" s="2"/>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" t="s">
         <v>1246</v>
       </c>
       <c r="B623" t="s">
         <v>1247</v>
       </c>
       <c r="C623" s="1">
         <v>130</v>
       </c>
       <c r="D623" s="2"/>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" t="s">
         <v>1248</v>
       </c>
       <c r="B624" t="s">
         <v>1249</v>
       </c>
       <c r="C624" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="D624" s="2"/>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" t="s">
         <v>1250</v>
       </c>
       <c r="B625" t="s">
         <v>1251</v>
       </c>
       <c r="C625" s="1">
         <v>150</v>
       </c>
       <c r="D625" s="2"/>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" t="s">
         <v>1252</v>
       </c>
       <c r="B626" t="s">
         <v>1253</v>
       </c>
       <c r="C626" s="1">
         <v>150</v>
       </c>
       <c r="D626" s="2"/>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" t="s">
         <v>1254</v>
       </c>
       <c r="B627" t="s">
         <v>1255</v>
       </c>
       <c r="C627" s="1">
         <v>150</v>
       </c>
       <c r="D627" s="2"/>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" t="s">
         <v>1256</v>
       </c>
       <c r="B628" t="s">
         <v>1257</v>
       </c>
       <c r="C628" s="1">
-        <v>150</v>
+        <v>71.73</v>
       </c>
       <c r="D628" s="2"/>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" t="s">
         <v>1258</v>
       </c>
       <c r="B629" t="s">
         <v>1259</v>
       </c>
       <c r="C629" s="1">
         <v>71.73</v>
       </c>
       <c r="D629" s="2"/>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" t="s">
         <v>1260</v>
       </c>
       <c r="B630" t="s">
         <v>1261</v>
       </c>
       <c r="C630" s="1">
         <v>71.73</v>
       </c>
       <c r="D630" s="2"/>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" t="s">
         <v>1262</v>
       </c>
       <c r="B631" t="s">
         <v>1263</v>
       </c>
       <c r="C631" s="1">
         <v>71.73</v>
       </c>
       <c r="D631" s="2"/>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" t="s">
         <v>1264</v>
       </c>
       <c r="B632" t="s">
         <v>1265</v>
       </c>
       <c r="C632" s="1">
-        <v>71.73</v>
+        <v>113.82</v>
       </c>
       <c r="D632" s="2"/>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" t="s">
         <v>1266</v>
       </c>
       <c r="B633" t="s">
         <v>1267</v>
       </c>
       <c r="C633" s="1">
         <v>113.82</v>
       </c>
       <c r="D633" s="2"/>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" t="s">
         <v>1268</v>
       </c>
       <c r="B634" t="s">
         <v>1269</v>
       </c>
       <c r="C634" s="1">
         <v>113.82</v>
       </c>
       <c r="D634" s="2"/>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" t="s">
         <v>1270</v>
       </c>
       <c r="B635" t="s">
         <v>1271</v>
       </c>
       <c r="C635" s="1">
-        <v>113.82</v>
+        <v>120</v>
       </c>
       <c r="D635" s="2"/>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" t="s">
         <v>1272</v>
       </c>
       <c r="B636" t="s">
         <v>1273</v>
       </c>
       <c r="C636" s="1">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D636" s="2"/>
+        <v>56.25</v>
+      </c>
+      <c r="D636" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" t="s">
         <v>1274</v>
       </c>
       <c r="B637" t="s">
         <v>1275</v>
       </c>
       <c r="C637" s="1">
-        <v>56.25</v>
+        <v>62.5</v>
       </c>
       <c r="D637" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" t="s">
         <v>1276</v>
       </c>
       <c r="B638" t="s">
         <v>1277</v>
       </c>
       <c r="C638" s="1">
         <v>62.5</v>
       </c>
       <c r="D638" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" t="s">
         <v>1278</v>
       </c>
       <c r="B639" t="s">
         <v>1279</v>
       </c>
       <c r="C639" s="1">
         <v>62.5</v>
       </c>
       <c r="D639" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" t="s">
         <v>1280</v>
       </c>
       <c r="B640" t="s">
         <v>1281</v>
       </c>
       <c r="C640" s="1">
-        <v>62.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="D640" s="2"/>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" t="s">
         <v>1282</v>
       </c>
       <c r="B641" t="s">
         <v>1283</v>
       </c>
       <c r="C641" s="1">
         <v>235</v>
       </c>
       <c r="D641" s="2"/>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" t="s">
         <v>1284</v>
       </c>
       <c r="B642" t="s">
         <v>1285</v>
       </c>
       <c r="C642" s="1">
         <v>235</v>
       </c>
       <c r="D642" s="2"/>
     </row>
@@ -13913,67 +13895,67 @@
       <c r="C650" s="1">
         <v>235</v>
       </c>
       <c r="D650" s="2"/>
     </row>
     <row r="651" spans="1:26">
       <c r="A651" t="s">
         <v>1302</v>
       </c>
       <c r="B651" t="s">
         <v>1303</v>
       </c>
       <c r="C651" s="1">
         <v>235</v>
       </c>
       <c r="D651" s="2"/>
     </row>
     <row r="652" spans="1:26">
       <c r="A652" t="s">
         <v>1304</v>
       </c>
       <c r="B652" t="s">
         <v>1305</v>
       </c>
       <c r="C652" s="1">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="D652" s="2"/>
+        <v>130</v>
+      </c>
+      <c r="D652" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="653" spans="1:26">
       <c r="A653" t="s">
         <v>1306</v>
       </c>
       <c r="B653" t="s">
         <v>1307</v>
       </c>
       <c r="C653" s="1">
         <v>130</v>
       </c>
-      <c r="D653" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D653" s="2"/>
     </row>
     <row r="654" spans="1:26">
       <c r="A654" t="s">
         <v>1308</v>
       </c>
       <c r="B654" t="s">
         <v>1309</v>
       </c>
       <c r="C654" s="1">
         <v>130</v>
       </c>
       <c r="D654" s="2"/>
     </row>
     <row r="655" spans="1:26">
       <c r="A655" t="s">
         <v>1310</v>
       </c>
       <c r="B655" t="s">
         <v>1311</v>
       </c>
       <c r="C655" s="1">
         <v>130</v>
       </c>
       <c r="D655" s="2"/>
     </row>
@@ -14023,519 +14005,519 @@
       <c r="C659" s="1">
         <v>130</v>
       </c>
       <c r="D659" s="2"/>
     </row>
     <row r="660" spans="1:26">
       <c r="A660" t="s">
         <v>1320</v>
       </c>
       <c r="B660" t="s">
         <v>1321</v>
       </c>
       <c r="C660" s="1">
         <v>130</v>
       </c>
       <c r="D660" s="2"/>
     </row>
     <row r="661" spans="1:26">
       <c r="A661" t="s">
         <v>1322</v>
       </c>
       <c r="B661" t="s">
         <v>1323</v>
       </c>
       <c r="C661" s="1">
-        <v>130</v>
+        <v>17.37</v>
       </c>
       <c r="D661" s="2"/>
     </row>
     <row r="662" spans="1:26">
       <c r="A662" t="s">
         <v>1324</v>
       </c>
       <c r="B662" t="s">
         <v>1325</v>
       </c>
       <c r="C662" s="1">
         <v>17.37</v>
       </c>
       <c r="D662" s="2"/>
     </row>
     <row r="663" spans="1:26">
       <c r="A663" t="s">
         <v>1326</v>
       </c>
       <c r="B663" t="s">
         <v>1327</v>
       </c>
       <c r="C663" s="1">
         <v>17.37</v>
       </c>
       <c r="D663" s="2"/>
     </row>
     <row r="664" spans="1:26">
       <c r="A664" t="s">
         <v>1328</v>
       </c>
       <c r="B664" t="s">
         <v>1329</v>
       </c>
       <c r="C664" s="1">
         <v>17.37</v>
       </c>
       <c r="D664" s="2"/>
     </row>
     <row r="665" spans="1:26">
       <c r="A665" t="s">
         <v>1330</v>
       </c>
       <c r="B665" t="s">
         <v>1331</v>
       </c>
       <c r="C665" s="1">
-        <v>17.37</v>
+        <v>56.33</v>
       </c>
       <c r="D665" s="2"/>
     </row>
     <row r="666" spans="1:26">
       <c r="A666" t="s">
         <v>1332</v>
       </c>
       <c r="B666" t="s">
         <v>1333</v>
       </c>
       <c r="C666" s="1">
-        <v>56.33</v>
+        <v>47.5</v>
       </c>
       <c r="D666" s="2"/>
     </row>
     <row r="667" spans="1:26">
       <c r="A667" t="s">
         <v>1334</v>
       </c>
       <c r="B667" t="s">
         <v>1335</v>
       </c>
       <c r="C667" s="1">
         <v>47.5</v>
       </c>
       <c r="D667" s="2"/>
     </row>
     <row r="668" spans="1:26">
       <c r="A668" t="s">
         <v>1336</v>
       </c>
       <c r="B668" t="s">
         <v>1337</v>
       </c>
       <c r="C668" s="1">
         <v>47.5</v>
       </c>
       <c r="D668" s="2"/>
     </row>
     <row r="669" spans="1:26">
       <c r="A669" t="s">
         <v>1338</v>
       </c>
       <c r="B669" t="s">
         <v>1339</v>
       </c>
       <c r="C669" s="1">
-        <v>47.5</v>
+        <v>81</v>
       </c>
       <c r="D669" s="2"/>
     </row>
     <row r="670" spans="1:26">
       <c r="A670" t="s">
         <v>1340</v>
       </c>
       <c r="B670" t="s">
         <v>1341</v>
       </c>
       <c r="C670" s="1">
-        <v>81</v>
+        <v>57.5</v>
       </c>
       <c r="D670" s="2"/>
     </row>
     <row r="671" spans="1:26">
       <c r="A671" t="s">
         <v>1342</v>
       </c>
       <c r="B671" t="s">
         <v>1343</v>
       </c>
       <c r="C671" s="1">
         <v>57.5</v>
       </c>
       <c r="D671" s="2"/>
     </row>
     <row r="672" spans="1:26">
       <c r="A672" t="s">
         <v>1344</v>
       </c>
       <c r="B672" t="s">
         <v>1345</v>
       </c>
       <c r="C672" s="1">
         <v>57.5</v>
       </c>
       <c r="D672" s="2"/>
     </row>
     <row r="673" spans="1:26">
       <c r="A673" t="s">
         <v>1346</v>
       </c>
       <c r="B673" t="s">
         <v>1347</v>
       </c>
       <c r="C673" s="1">
-        <v>57.5</v>
-[...1 lines deleted...]
-      <c r="D673" s="2"/>
+        <v>162.5</v>
+      </c>
+      <c r="D673" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="674" spans="1:26">
       <c r="A674" t="s">
         <v>1348</v>
       </c>
       <c r="B674" t="s">
         <v>1349</v>
       </c>
       <c r="C674" s="1">
         <v>162.5</v>
       </c>
-      <c r="D674" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D674" s="2"/>
     </row>
     <row r="675" spans="1:26">
       <c r="A675" t="s">
         <v>1350</v>
       </c>
       <c r="B675" t="s">
         <v>1351</v>
       </c>
       <c r="C675" s="1">
         <v>162.5</v>
       </c>
       <c r="D675" s="2"/>
     </row>
     <row r="676" spans="1:26">
       <c r="A676" t="s">
         <v>1352</v>
       </c>
       <c r="B676" t="s">
         <v>1353</v>
       </c>
       <c r="C676" s="1">
         <v>162.5</v>
       </c>
       <c r="D676" s="2"/>
     </row>
     <row r="677" spans="1:26">
       <c r="A677" t="s">
         <v>1354</v>
       </c>
       <c r="B677" t="s">
         <v>1355</v>
       </c>
       <c r="C677" s="1">
-        <v>162.5</v>
+        <v>68.75</v>
       </c>
       <c r="D677" s="2"/>
     </row>
     <row r="678" spans="1:26">
       <c r="A678" t="s">
         <v>1356</v>
       </c>
       <c r="B678" t="s">
         <v>1357</v>
       </c>
       <c r="C678" s="1">
         <v>68.75</v>
       </c>
       <c r="D678" s="2"/>
     </row>
     <row r="679" spans="1:26">
       <c r="A679" t="s">
         <v>1358</v>
       </c>
       <c r="B679" t="s">
         <v>1359</v>
       </c>
       <c r="C679" s="1">
         <v>68.75</v>
       </c>
       <c r="D679" s="2"/>
     </row>
     <row r="680" spans="1:26">
       <c r="A680" t="s">
         <v>1360</v>
       </c>
       <c r="B680" t="s">
         <v>1361</v>
       </c>
       <c r="C680" s="1">
         <v>68.75</v>
       </c>
       <c r="D680" s="2"/>
     </row>
     <row r="681" spans="1:26">
       <c r="A681" t="s">
         <v>1362</v>
       </c>
       <c r="B681" t="s">
         <v>1363</v>
       </c>
       <c r="C681" s="1">
-        <v>68.75</v>
+        <v>80.15</v>
       </c>
       <c r="D681" s="2"/>
     </row>
     <row r="682" spans="1:26">
       <c r="A682" t="s">
         <v>1364</v>
       </c>
       <c r="B682" t="s">
         <v>1365</v>
       </c>
       <c r="C682" s="1">
-        <v>80.15</v>
-[...1 lines deleted...]
-      <c r="D682" s="2"/>
+        <v>12.48</v>
+      </c>
+      <c r="D682" s="2">
+        <v>7</v>
+      </c>
     </row>
     <row r="683" spans="1:26">
       <c r="A683" t="s">
         <v>1366</v>
       </c>
       <c r="B683" t="s">
         <v>1367</v>
       </c>
-      <c r="C683" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C683" s="1"/>
+      <c r="D683" s="2"/>
     </row>
     <row r="684" spans="1:26">
       <c r="A684" t="s">
         <v>1368</v>
       </c>
       <c r="B684" t="s">
         <v>1369</v>
       </c>
       <c r="C684" s="1"/>
       <c r="D684" s="2"/>
     </row>
     <row r="685" spans="1:26">
       <c r="A685" t="s">
         <v>1370</v>
       </c>
       <c r="B685" t="s">
         <v>1371</v>
       </c>
       <c r="C685" s="1"/>
       <c r="D685" s="2"/>
     </row>
     <row r="686" spans="1:26">
       <c r="A686" t="s">
         <v>1372</v>
       </c>
       <c r="B686" t="s">
         <v>1373</v>
       </c>
       <c r="C686" s="1"/>
       <c r="D686" s="2"/>
     </row>
     <row r="687" spans="1:26">
       <c r="A687" t="s">
         <v>1374</v>
       </c>
       <c r="B687" t="s">
         <v>1375</v>
       </c>
-      <c r="C687" s="1"/>
-      <c r="D687" s="2"/>
+      <c r="C687" s="1">
+        <v>24.15</v>
+      </c>
+      <c r="D687" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="688" spans="1:26">
       <c r="A688" t="s">
         <v>1376</v>
       </c>
       <c r="B688" t="s">
         <v>1377</v>
       </c>
       <c r="C688" s="1">
-        <v>24.15</v>
+        <v>18.73</v>
       </c>
       <c r="D688" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="689" spans="1:26">
       <c r="A689" t="s">
         <v>1378</v>
       </c>
       <c r="B689" t="s">
         <v>1379</v>
       </c>
       <c r="C689" s="1">
-        <v>18.73</v>
+        <v>35</v>
       </c>
       <c r="D689" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="690" spans="1:26">
       <c r="A690" t="s">
         <v>1380</v>
       </c>
       <c r="B690" t="s">
         <v>1381</v>
       </c>
       <c r="C690" s="1">
         <v>35</v>
       </c>
       <c r="D690" s="2">
         <v>6</v>
       </c>
     </row>
     <row r="691" spans="1:26">
       <c r="A691" t="s">
         <v>1382</v>
       </c>
       <c r="B691" t="s">
         <v>1383</v>
       </c>
       <c r="C691" s="1">
         <v>35</v>
       </c>
       <c r="D691" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="692" spans="1:26">
       <c r="A692" t="s">
         <v>1384</v>
       </c>
       <c r="B692" t="s">
         <v>1385</v>
       </c>
       <c r="C692" s="1">
-        <v>35</v>
+        <v>57.5</v>
       </c>
       <c r="D692" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="693" spans="1:26">
       <c r="A693" t="s">
         <v>1386</v>
       </c>
       <c r="B693" t="s">
         <v>1387</v>
       </c>
       <c r="C693" s="1">
-        <v>57.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.18</v>
+      </c>
+      <c r="D693" s="2"/>
     </row>
     <row r="694" spans="1:26">
       <c r="A694" t="s">
         <v>1388</v>
       </c>
       <c r="B694" t="s">
         <v>1389</v>
       </c>
       <c r="C694" s="1">
-        <v>7.18</v>
+        <v>17.37</v>
       </c>
       <c r="D694" s="2"/>
     </row>
     <row r="695" spans="1:26">
       <c r="A695" t="s">
         <v>1390</v>
       </c>
       <c r="B695" t="s">
         <v>1391</v>
       </c>
       <c r="C695" s="1">
         <v>17.37</v>
       </c>
       <c r="D695" s="2"/>
     </row>
     <row r="696" spans="1:26">
       <c r="A696" t="s">
         <v>1392</v>
       </c>
       <c r="B696" t="s">
         <v>1393</v>
       </c>
       <c r="C696" s="1">
         <v>17.37</v>
       </c>
       <c r="D696" s="2"/>
     </row>
     <row r="697" spans="1:26">
       <c r="A697" t="s">
         <v>1394</v>
       </c>
       <c r="B697" t="s">
         <v>1395</v>
       </c>
       <c r="C697" s="1">
-        <v>17.37</v>
+        <v>32.15</v>
       </c>
       <c r="D697" s="2"/>
     </row>
     <row r="698" spans="1:26">
       <c r="A698" t="s">
         <v>1396</v>
       </c>
       <c r="B698" t="s">
         <v>1397</v>
       </c>
       <c r="C698" s="1">
         <v>32.15</v>
       </c>
-      <c r="D698" s="2"/>
+      <c r="D698" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="699" spans="1:26">
       <c r="A699" t="s">
         <v>1398</v>
       </c>
       <c r="B699" t="s">
         <v>1399</v>
       </c>
       <c r="C699" s="1">
         <v>32.15</v>
       </c>
-      <c r="D699" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D699" s="2"/>
     </row>
     <row r="700" spans="1:26">
       <c r="A700" t="s">
         <v>1400</v>
       </c>
       <c r="B700" t="s">
         <v>1401</v>
       </c>
       <c r="C700" s="1">
         <v>32.15</v>
       </c>
       <c r="D700" s="2"/>
     </row>
     <row r="701" spans="1:26">
       <c r="A701" t="s">
         <v>1402</v>
       </c>
       <c r="B701" t="s">
         <v>1403</v>
       </c>
       <c r="C701" s="1">
         <v>32.15</v>
       </c>
       <c r="D701" s="2"/>
     </row>
@@ -14573,201 +14555,201 @@
       <c r="C704" s="1">
         <v>32.15</v>
       </c>
       <c r="D704" s="2"/>
     </row>
     <row r="705" spans="1:26">
       <c r="A705" t="s">
         <v>1410</v>
       </c>
       <c r="B705" t="s">
         <v>1411</v>
       </c>
       <c r="C705" s="1">
         <v>32.15</v>
       </c>
       <c r="D705" s="2"/>
     </row>
     <row r="706" spans="1:26">
       <c r="A706" t="s">
         <v>1412</v>
       </c>
       <c r="B706" t="s">
         <v>1413</v>
       </c>
       <c r="C706" s="1">
-        <v>32.15</v>
+        <v>10</v>
       </c>
       <c r="D706" s="2"/>
     </row>
     <row r="707" spans="1:26">
       <c r="A707" t="s">
         <v>1414</v>
       </c>
       <c r="B707" t="s">
         <v>1415</v>
       </c>
       <c r="C707" s="1">
-        <v>10</v>
+        <v>23.25</v>
       </c>
       <c r="D707" s="2"/>
     </row>
     <row r="708" spans="1:26">
       <c r="A708" t="s">
         <v>1416</v>
       </c>
       <c r="B708" t="s">
         <v>1417</v>
       </c>
       <c r="C708" s="1">
-        <v>23.25</v>
+        <v>24.12</v>
       </c>
       <c r="D708" s="2"/>
     </row>
     <row r="709" spans="1:26">
       <c r="A709" t="s">
         <v>1418</v>
       </c>
       <c r="B709" t="s">
         <v>1419</v>
       </c>
       <c r="C709" s="1">
         <v>24.12</v>
       </c>
       <c r="D709" s="2"/>
     </row>
     <row r="710" spans="1:26">
       <c r="A710" t="s">
         <v>1420</v>
       </c>
       <c r="B710" t="s">
         <v>1421</v>
       </c>
       <c r="C710" s="1">
-        <v>24.12</v>
+        <v>23.25</v>
       </c>
       <c r="D710" s="2"/>
     </row>
     <row r="711" spans="1:26">
       <c r="A711" t="s">
         <v>1422</v>
       </c>
       <c r="B711" t="s">
         <v>1423</v>
       </c>
       <c r="C711" s="1">
-        <v>23.25</v>
+        <v>22.26</v>
       </c>
       <c r="D711" s="2"/>
     </row>
     <row r="712" spans="1:26">
       <c r="A712" t="s">
         <v>1424</v>
       </c>
       <c r="B712" t="s">
         <v>1425</v>
       </c>
       <c r="C712" s="1">
-        <v>22.26</v>
+        <v>24.12</v>
       </c>
       <c r="D712" s="2"/>
     </row>
     <row r="713" spans="1:26">
       <c r="A713" t="s">
         <v>1426</v>
       </c>
       <c r="B713" t="s">
         <v>1427</v>
       </c>
       <c r="C713" s="1">
-        <v>24.12</v>
+        <v>22.26</v>
       </c>
       <c r="D713" s="2"/>
     </row>
     <row r="714" spans="1:26">
       <c r="A714" t="s">
         <v>1428</v>
       </c>
       <c r="B714" t="s">
         <v>1429</v>
       </c>
       <c r="C714" s="1">
-        <v>22.26</v>
+        <v>23.93</v>
       </c>
       <c r="D714" s="2"/>
     </row>
     <row r="715" spans="1:26">
       <c r="A715" t="s">
         <v>1430</v>
       </c>
       <c r="B715" t="s">
         <v>1431</v>
       </c>
       <c r="C715" s="1">
-        <v>23.93</v>
+        <v>18.73</v>
       </c>
       <c r="D715" s="2"/>
     </row>
     <row r="716" spans="1:26">
       <c r="A716" t="s">
         <v>1432</v>
       </c>
       <c r="B716" t="s">
         <v>1433</v>
       </c>
       <c r="C716" s="1">
         <v>18.73</v>
       </c>
-      <c r="D716" s="2"/>
+      <c r="D716" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="717" spans="1:26">
       <c r="A717" t="s">
         <v>1434</v>
       </c>
       <c r="B717" t="s">
         <v>1435</v>
       </c>
       <c r="C717" s="1">
         <v>18.73</v>
       </c>
       <c r="D717" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="718" spans="1:26">
       <c r="A718" t="s">
         <v>1436</v>
       </c>
       <c r="B718" t="s">
         <v>1437</v>
       </c>
       <c r="C718" s="1">
-        <v>18.73</v>
-[...3 lines deleted...]
-      </c>
+        <v>15.62</v>
+      </c>
+      <c r="D718" s="2"/>
     </row>
     <row r="719" spans="1:26">
       <c r="A719" t="s">
         <v>1438</v>
       </c>
       <c r="B719" t="s">
         <v>1439</v>
       </c>
       <c r="C719" s="1">
         <v>15.62</v>
       </c>
       <c r="D719" s="2"/>
     </row>
     <row r="720" spans="1:26">
       <c r="A720" t="s">
         <v>1440</v>
       </c>
       <c r="B720" t="s">
         <v>1441</v>
       </c>
       <c r="C720" s="1">
         <v>15.62</v>
       </c>
       <c r="D720" s="2"/>
     </row>
@@ -14793,1098 +14775,1100 @@
       <c r="C722" s="1">
         <v>15.62</v>
       </c>
       <c r="D722" s="2"/>
     </row>
     <row r="723" spans="1:26">
       <c r="A723" t="s">
         <v>1446</v>
       </c>
       <c r="B723" t="s">
         <v>1447</v>
       </c>
       <c r="C723" s="1">
         <v>15.62</v>
       </c>
       <c r="D723" s="2"/>
     </row>
     <row r="724" spans="1:26">
       <c r="A724" t="s">
         <v>1448</v>
       </c>
       <c r="B724" t="s">
         <v>1449</v>
       </c>
       <c r="C724" s="1">
-        <v>15.62</v>
-[...1 lines deleted...]
-      <c r="D724" s="2"/>
+        <v>14.92</v>
+      </c>
+      <c r="D724" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="725" spans="1:26">
       <c r="A725" t="s">
         <v>1450</v>
       </c>
       <c r="B725" t="s">
         <v>1451</v>
       </c>
       <c r="C725" s="1">
-        <v>14.92</v>
-[...3 lines deleted...]
-      </c>
+        <v>15.62</v>
+      </c>
+      <c r="D725" s="2"/>
     </row>
     <row r="726" spans="1:26">
       <c r="A726" t="s">
         <v>1452</v>
       </c>
       <c r="B726" t="s">
         <v>1453</v>
       </c>
       <c r="C726" s="1">
-        <v>15.62</v>
-[...1 lines deleted...]
-      <c r="D726" s="2"/>
+        <v>20.81</v>
+      </c>
+      <c r="D726" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="727" spans="1:26">
       <c r="A727" t="s">
         <v>1454</v>
       </c>
       <c r="B727" t="s">
         <v>1455</v>
       </c>
       <c r="C727" s="1">
         <v>20.81</v>
       </c>
       <c r="D727" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="728" spans="1:26">
       <c r="A728" t="s">
         <v>1456</v>
       </c>
       <c r="B728" t="s">
         <v>1457</v>
       </c>
       <c r="C728" s="1">
         <v>20.81</v>
       </c>
       <c r="D728" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="729" spans="1:26">
       <c r="A729" t="s">
         <v>1458</v>
       </c>
       <c r="B729" t="s">
         <v>1459</v>
       </c>
       <c r="C729" s="1">
-        <v>20.81</v>
-[...3 lines deleted...]
-      </c>
+        <v>15.61</v>
+      </c>
+      <c r="D729" s="2"/>
     </row>
     <row r="730" spans="1:26">
       <c r="A730" t="s">
         <v>1460</v>
       </c>
       <c r="B730" t="s">
         <v>1461</v>
       </c>
       <c r="C730" s="1">
-        <v>15.61</v>
-[...1 lines deleted...]
-      <c r="D730" s="2"/>
+        <v>13.52</v>
+      </c>
+      <c r="D730" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="731" spans="1:26">
       <c r="A731" t="s">
         <v>1462</v>
       </c>
       <c r="B731" t="s">
         <v>1463</v>
       </c>
       <c r="C731" s="1">
         <v>13.52</v>
       </c>
       <c r="D731" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="732" spans="1:26">
       <c r="A732" t="s">
         <v>1464</v>
       </c>
       <c r="B732" t="s">
         <v>1465</v>
       </c>
       <c r="C732" s="1">
         <v>13.52</v>
       </c>
       <c r="D732" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="733" spans="1:26">
       <c r="A733" t="s">
         <v>1466</v>
       </c>
       <c r="B733" t="s">
         <v>1467</v>
       </c>
       <c r="C733" s="1">
-        <v>13.52</v>
-[...3 lines deleted...]
-      </c>
+        <v>56.18</v>
+      </c>
+      <c r="D733" s="2"/>
     </row>
     <row r="734" spans="1:26">
       <c r="A734" t="s">
         <v>1468</v>
       </c>
       <c r="B734" t="s">
         <v>1469</v>
       </c>
       <c r="C734" s="1">
-        <v>56.18</v>
+        <v>19.77</v>
       </c>
       <c r="D734" s="2"/>
     </row>
     <row r="735" spans="1:26">
       <c r="A735" t="s">
         <v>1470</v>
       </c>
       <c r="B735" t="s">
         <v>1471</v>
       </c>
       <c r="C735" s="1">
         <v>19.77</v>
       </c>
       <c r="D735" s="2"/>
     </row>
     <row r="736" spans="1:26">
       <c r="A736" t="s">
         <v>1472</v>
       </c>
       <c r="B736" t="s">
         <v>1473</v>
       </c>
       <c r="C736" s="1">
         <v>19.77</v>
       </c>
       <c r="D736" s="2"/>
     </row>
     <row r="737" spans="1:26">
       <c r="A737" t="s">
         <v>1474</v>
       </c>
       <c r="B737" t="s">
         <v>1475</v>
       </c>
       <c r="C737" s="1">
         <v>19.77</v>
       </c>
       <c r="D737" s="2"/>
     </row>
     <row r="738" spans="1:26">
       <c r="A738" t="s">
         <v>1476</v>
       </c>
       <c r="B738" t="s">
         <v>1477</v>
       </c>
       <c r="C738" s="1">
-        <v>19.77</v>
+        <v>33.31</v>
       </c>
       <c r="D738" s="2"/>
     </row>
     <row r="739" spans="1:26">
       <c r="A739" t="s">
         <v>1478</v>
       </c>
       <c r="B739" t="s">
         <v>1479</v>
       </c>
       <c r="C739" s="1">
-        <v>33.31</v>
+        <v>21.86</v>
       </c>
       <c r="D739" s="2"/>
     </row>
     <row r="740" spans="1:26">
       <c r="A740" t="s">
         <v>1480</v>
       </c>
       <c r="B740" t="s">
         <v>1481</v>
       </c>
       <c r="C740" s="1">
         <v>21.86</v>
       </c>
       <c r="D740" s="2"/>
     </row>
     <row r="741" spans="1:26">
       <c r="A741" t="s">
         <v>1482</v>
       </c>
       <c r="B741" t="s">
         <v>1483</v>
       </c>
       <c r="C741" s="1">
         <v>21.86</v>
       </c>
       <c r="D741" s="2"/>
     </row>
     <row r="742" spans="1:26">
       <c r="A742" t="s">
         <v>1484</v>
       </c>
       <c r="B742" t="s">
         <v>1485</v>
       </c>
       <c r="C742" s="1">
-        <v>21.86</v>
+        <v>15</v>
       </c>
       <c r="D742" s="2"/>
     </row>
     <row r="743" spans="1:26">
       <c r="A743" t="s">
         <v>1486</v>
       </c>
       <c r="B743" t="s">
         <v>1487</v>
       </c>
       <c r="C743" s="1">
         <v>15</v>
       </c>
       <c r="D743" s="2"/>
     </row>
     <row r="744" spans="1:26">
       <c r="A744" t="s">
         <v>1488</v>
       </c>
       <c r="B744" t="s">
         <v>1489</v>
       </c>
       <c r="C744" s="1">
         <v>15</v>
       </c>
-      <c r="D744" s="2"/>
+      <c r="D744" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="745" spans="1:26">
       <c r="A745" t="s">
         <v>1490</v>
       </c>
       <c r="B745" t="s">
         <v>1491</v>
       </c>
       <c r="C745" s="1">
         <v>15</v>
       </c>
       <c r="D745" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="746" spans="1:26">
       <c r="A746" t="s">
         <v>1492</v>
       </c>
       <c r="B746" t="s">
         <v>1493</v>
       </c>
       <c r="C746" s="1">
         <v>15</v>
       </c>
       <c r="D746" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="747" spans="1:26">
       <c r="A747" t="s">
         <v>1494</v>
       </c>
       <c r="B747" t="s">
         <v>1495</v>
       </c>
       <c r="C747" s="1">
         <v>15</v>
       </c>
-      <c r="D747" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D747" s="2"/>
     </row>
     <row r="748" spans="1:26">
       <c r="A748" t="s">
         <v>1496</v>
       </c>
       <c r="B748" t="s">
         <v>1497</v>
       </c>
       <c r="C748" s="1">
-        <v>15</v>
+        <v>81.25</v>
       </c>
       <c r="D748" s="2"/>
     </row>
     <row r="749" spans="1:26">
       <c r="A749" t="s">
         <v>1498</v>
       </c>
       <c r="B749" t="s">
         <v>1499</v>
       </c>
       <c r="C749" s="1">
-        <v>81.25</v>
+        <v>11.47</v>
       </c>
       <c r="D749" s="2"/>
     </row>
     <row r="750" spans="1:26">
       <c r="A750" t="s">
         <v>1500</v>
       </c>
       <c r="B750" t="s">
         <v>1501</v>
       </c>
       <c r="C750" s="1">
-        <v>11.47</v>
+        <v>14.92</v>
       </c>
       <c r="D750" s="2"/>
     </row>
     <row r="751" spans="1:26">
       <c r="A751" t="s">
         <v>1502</v>
       </c>
       <c r="B751" t="s">
         <v>1503</v>
       </c>
       <c r="C751" s="1">
         <v>14.92</v>
       </c>
       <c r="D751" s="2"/>
     </row>
     <row r="752" spans="1:26">
       <c r="A752" t="s">
         <v>1504</v>
       </c>
       <c r="B752" t="s">
         <v>1505</v>
       </c>
       <c r="C752" s="1">
         <v>14.92</v>
       </c>
-      <c r="D752" s="2"/>
+      <c r="D752" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="753" spans="1:26">
       <c r="A753" t="s">
         <v>1506</v>
       </c>
       <c r="B753" t="s">
         <v>1507</v>
       </c>
       <c r="C753" s="1">
         <v>14.92</v>
       </c>
       <c r="D753" s="2">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="754" spans="1:26">
       <c r="A754" t="s">
         <v>1508</v>
       </c>
       <c r="B754" t="s">
         <v>1509</v>
       </c>
       <c r="C754" s="1">
         <v>14.92</v>
       </c>
       <c r="D754" s="2">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="755" spans="1:26">
       <c r="A755" t="s">
         <v>1510</v>
       </c>
       <c r="B755" t="s">
         <v>1511</v>
       </c>
       <c r="C755" s="1">
         <v>14.92</v>
       </c>
-      <c r="D755" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D755" s="2"/>
     </row>
     <row r="756" spans="1:26">
       <c r="A756" t="s">
         <v>1512</v>
       </c>
       <c r="B756" t="s">
         <v>1513</v>
       </c>
       <c r="C756" s="1">
         <v>14.92</v>
       </c>
       <c r="D756" s="2"/>
     </row>
     <row r="757" spans="1:26">
       <c r="A757" t="s">
         <v>1514</v>
       </c>
       <c r="B757" t="s">
         <v>1515</v>
       </c>
       <c r="C757" s="1">
-        <v>14.92</v>
+        <v>9.85</v>
       </c>
       <c r="D757" s="2"/>
     </row>
     <row r="758" spans="1:26">
       <c r="A758" t="s">
         <v>1516</v>
       </c>
       <c r="B758" t="s">
         <v>1517</v>
       </c>
       <c r="C758" s="1">
-        <v>9.85</v>
-[...1 lines deleted...]
-      <c r="D758" s="2"/>
+        <v>8.9</v>
+      </c>
+      <c r="D758" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="759" spans="1:26">
       <c r="A759" t="s">
         <v>1518</v>
       </c>
       <c r="B759" t="s">
         <v>1519</v>
       </c>
       <c r="C759" s="1">
         <v>8.9</v>
       </c>
-      <c r="D759" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D759" s="2"/>
     </row>
     <row r="760" spans="1:26">
       <c r="A760" t="s">
         <v>1520</v>
       </c>
       <c r="B760" t="s">
         <v>1521</v>
       </c>
       <c r="C760" s="1">
         <v>8.9</v>
       </c>
-      <c r="D760" s="2"/>
+      <c r="D760" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="761" spans="1:26">
       <c r="A761" t="s">
         <v>1522</v>
       </c>
       <c r="B761" t="s">
         <v>1523</v>
       </c>
       <c r="C761" s="1">
-        <v>8.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>15.62</v>
+      </c>
+      <c r="D761" s="2"/>
     </row>
     <row r="762" spans="1:26">
       <c r="A762" t="s">
         <v>1524</v>
       </c>
       <c r="B762" t="s">
         <v>1525</v>
       </c>
       <c r="C762" s="1">
-        <v>15.62</v>
-[...1 lines deleted...]
-      <c r="D762" s="2"/>
+        <v>19.51</v>
+      </c>
+      <c r="D762" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="763" spans="1:26">
       <c r="A763" t="s">
         <v>1526</v>
       </c>
       <c r="B763" t="s">
         <v>1527</v>
       </c>
       <c r="C763" s="1">
         <v>19.51</v>
       </c>
       <c r="D763" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="764" spans="1:26">
       <c r="A764" t="s">
         <v>1528</v>
       </c>
       <c r="B764" t="s">
         <v>1529</v>
       </c>
       <c r="C764" s="1">
         <v>19.51</v>
       </c>
-      <c r="D764" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D764" s="2"/>
     </row>
     <row r="765" spans="1:26">
       <c r="A765" t="s">
         <v>1530</v>
       </c>
       <c r="B765" t="s">
         <v>1531</v>
       </c>
       <c r="C765" s="1">
-        <v>19.51</v>
-[...1 lines deleted...]
-      <c r="D765" s="2"/>
+        <v>104.6</v>
+      </c>
+      <c r="D765" s="2">
+        <v>7</v>
+      </c>
     </row>
     <row r="766" spans="1:26">
       <c r="A766" t="s">
         <v>1532</v>
       </c>
       <c r="B766" t="s">
         <v>1533</v>
       </c>
       <c r="C766" s="1">
-        <v>104.6</v>
+        <v>202.95</v>
       </c>
       <c r="D766" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="767" spans="1:26">
       <c r="A767" t="s">
         <v>1534</v>
       </c>
       <c r="B767" t="s">
         <v>1535</v>
       </c>
       <c r="C767" s="1">
         <v>202.95</v>
       </c>
       <c r="D767" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="768" spans="1:26">
       <c r="A768" t="s">
         <v>1536</v>
       </c>
       <c r="B768" t="s">
         <v>1537</v>
       </c>
       <c r="C768" s="1">
         <v>202.95</v>
       </c>
       <c r="D768" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="769" spans="1:26">
       <c r="A769" t="s">
         <v>1538</v>
       </c>
       <c r="B769" t="s">
         <v>1539</v>
       </c>
       <c r="C769" s="1">
-        <v>202.95</v>
+        <v>18.38</v>
       </c>
       <c r="D769" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="770" spans="1:26">
       <c r="A770" t="s">
         <v>1540</v>
       </c>
       <c r="B770" t="s">
         <v>1541</v>
       </c>
       <c r="C770" s="1">
-        <v>18.38</v>
+        <v>16.13</v>
       </c>
       <c r="D770" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="771" spans="1:26">
       <c r="A771" t="s">
         <v>1542</v>
       </c>
       <c r="B771" t="s">
         <v>1543</v>
       </c>
       <c r="C771" s="1">
         <v>16.13</v>
       </c>
       <c r="D771" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="772" spans="1:26">
       <c r="A772" t="s">
         <v>1544</v>
       </c>
       <c r="B772" t="s">
         <v>1545</v>
       </c>
       <c r="C772" s="1">
         <v>16.13</v>
       </c>
       <c r="D772" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="773" spans="1:26">
       <c r="A773" t="s">
         <v>1546</v>
       </c>
       <c r="B773" t="s">
         <v>1547</v>
       </c>
       <c r="C773" s="1">
-        <v>16.13</v>
+        <v>15.61</v>
       </c>
       <c r="D773" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="774" spans="1:26">
       <c r="A774" t="s">
         <v>1548</v>
       </c>
       <c r="B774" t="s">
         <v>1549</v>
       </c>
       <c r="C774" s="1">
         <v>15.61</v>
       </c>
       <c r="D774" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="775" spans="1:26">
       <c r="A775" t="s">
         <v>1550</v>
       </c>
       <c r="B775" t="s">
         <v>1551</v>
       </c>
       <c r="C775" s="1">
         <v>15.61</v>
       </c>
       <c r="D775" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="776" spans="1:26">
       <c r="A776" t="s">
         <v>1552</v>
       </c>
       <c r="B776" t="s">
         <v>1553</v>
       </c>
       <c r="C776" s="1">
-        <v>15.61</v>
-[...3 lines deleted...]
-      </c>
+        <v>62.45</v>
+      </c>
+      <c r="D776" s="2"/>
     </row>
     <row r="777" spans="1:26">
       <c r="A777" t="s">
         <v>1554</v>
       </c>
       <c r="B777" t="s">
         <v>1555</v>
       </c>
       <c r="C777" s="1">
-        <v>62.45</v>
-[...1 lines deleted...]
-      <c r="D777" s="2"/>
+        <v>18.12</v>
+      </c>
+      <c r="D777" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="778" spans="1:26">
       <c r="A778" t="s">
         <v>1556</v>
       </c>
       <c r="B778" t="s">
         <v>1557</v>
       </c>
       <c r="C778" s="1">
-        <v>18.12</v>
-[...3 lines deleted...]
-      </c>
+        <v>124.98</v>
+      </c>
+      <c r="D778" s="2"/>
     </row>
     <row r="779" spans="1:26">
       <c r="A779" t="s">
         <v>1558</v>
       </c>
       <c r="B779" t="s">
         <v>1559</v>
       </c>
-      <c r="C779" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C779" s="1"/>
       <c r="D779" s="2"/>
     </row>
     <row r="780" spans="1:26">
       <c r="A780" t="s">
         <v>1560</v>
       </c>
       <c r="B780" t="s">
         <v>1561</v>
       </c>
-      <c r="C780" s="1"/>
+      <c r="C780" s="1">
+        <v>22.96</v>
+      </c>
       <c r="D780" s="2"/>
     </row>
     <row r="781" spans="1:26">
       <c r="A781" t="s">
         <v>1562</v>
       </c>
       <c r="B781" t="s">
         <v>1563</v>
       </c>
       <c r="C781" s="1">
         <v>22.96</v>
       </c>
       <c r="D781" s="2"/>
     </row>
     <row r="782" spans="1:26">
       <c r="A782" t="s">
         <v>1564</v>
       </c>
       <c r="B782" t="s">
         <v>1565</v>
       </c>
-      <c r="C782" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C782" s="1"/>
       <c r="D782" s="2"/>
     </row>
     <row r="783" spans="1:26">
       <c r="A783" t="s">
         <v>1566</v>
       </c>
       <c r="B783" t="s">
         <v>1567</v>
       </c>
-      <c r="C783" s="1"/>
+      <c r="C783" s="1">
+        <v>22.96</v>
+      </c>
       <c r="D783" s="2"/>
     </row>
     <row r="784" spans="1:26">
       <c r="A784" t="s">
         <v>1568</v>
       </c>
       <c r="B784" t="s">
         <v>1569</v>
       </c>
-      <c r="C784" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C784" s="1"/>
       <c r="D784" s="2"/>
     </row>
     <row r="785" spans="1:26">
       <c r="A785" t="s">
         <v>1570</v>
       </c>
       <c r="B785" t="s">
         <v>1571</v>
       </c>
-      <c r="C785" s="1"/>
+      <c r="C785" s="1">
+        <v>22.96</v>
+      </c>
       <c r="D785" s="2"/>
     </row>
     <row r="786" spans="1:26">
       <c r="A786" t="s">
         <v>1572</v>
       </c>
       <c r="B786" t="s">
         <v>1573</v>
       </c>
-      <c r="C786" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C786" s="1"/>
       <c r="D786" s="2"/>
     </row>
     <row r="787" spans="1:26">
       <c r="A787" t="s">
         <v>1574</v>
       </c>
       <c r="B787" t="s">
         <v>1575</v>
       </c>
-      <c r="C787" s="1"/>
+      <c r="C787" s="1">
+        <v>19.51</v>
+      </c>
       <c r="D787" s="2"/>
     </row>
     <row r="788" spans="1:26">
       <c r="A788" t="s">
         <v>1576</v>
       </c>
       <c r="B788" t="s">
         <v>1577</v>
       </c>
       <c r="C788" s="1">
         <v>19.51</v>
       </c>
-      <c r="D788" s="2"/>
+      <c r="D788" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="789" spans="1:26">
       <c r="A789" t="s">
         <v>1578</v>
       </c>
       <c r="B789" t="s">
         <v>1579</v>
       </c>
       <c r="C789" s="1">
         <v>19.51</v>
       </c>
       <c r="D789" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="790" spans="1:26">
       <c r="A790" t="s">
         <v>1580</v>
       </c>
       <c r="B790" t="s">
         <v>1581</v>
       </c>
       <c r="C790" s="1">
         <v>19.51</v>
       </c>
       <c r="D790" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="791" spans="1:26">
       <c r="A791" t="s">
         <v>1582</v>
       </c>
       <c r="B791" t="s">
         <v>1583</v>
       </c>
       <c r="C791" s="1">
         <v>19.51</v>
       </c>
-      <c r="D791" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D791" s="2"/>
     </row>
     <row r="792" spans="1:26">
       <c r="A792" t="s">
         <v>1584</v>
       </c>
       <c r="B792" t="s">
         <v>1585</v>
       </c>
       <c r="C792" s="1">
         <v>19.51</v>
       </c>
       <c r="D792" s="2"/>
     </row>
     <row r="793" spans="1:26">
       <c r="A793" t="s">
         <v>1586</v>
       </c>
       <c r="B793" t="s">
         <v>1587</v>
       </c>
       <c r="C793" s="1">
-        <v>19.51</v>
-[...1 lines deleted...]
-      <c r="D793" s="2"/>
+        <v>8.25</v>
+      </c>
+      <c r="D793" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="794" spans="1:26">
       <c r="A794" t="s">
         <v>1588</v>
       </c>
       <c r="B794" t="s">
         <v>1589</v>
       </c>
       <c r="C794" s="1">
         <v>8.25</v>
       </c>
       <c r="D794" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="795" spans="1:26">
       <c r="A795" t="s">
         <v>1590</v>
       </c>
       <c r="B795" t="s">
         <v>1591</v>
       </c>
       <c r="C795" s="1">
         <v>8.25</v>
       </c>
       <c r="D795" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="796" spans="1:26">
       <c r="A796" t="s">
         <v>1592</v>
       </c>
       <c r="B796" t="s">
         <v>1593</v>
       </c>
       <c r="C796" s="1">
-        <v>8.25</v>
+        <v>22.5</v>
       </c>
       <c r="D796" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="797" spans="1:26">
       <c r="A797" t="s">
         <v>1594</v>
       </c>
       <c r="B797" t="s">
         <v>1595</v>
       </c>
       <c r="C797" s="1">
-        <v>22.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>20.61</v>
+      </c>
+      <c r="D797" s="2"/>
     </row>
     <row r="798" spans="1:26">
       <c r="A798" t="s">
         <v>1596</v>
       </c>
       <c r="B798" t="s">
         <v>1597</v>
       </c>
       <c r="C798" s="1">
         <v>20.61</v>
       </c>
-      <c r="D798" s="2"/>
+      <c r="D798" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="799" spans="1:26">
       <c r="A799" t="s">
         <v>1598</v>
       </c>
       <c r="B799" t="s">
         <v>1599</v>
       </c>
       <c r="C799" s="1">
         <v>20.61</v>
       </c>
       <c r="D799" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="800" spans="1:26">
       <c r="A800" t="s">
         <v>1600</v>
       </c>
       <c r="B800" t="s">
         <v>1601</v>
       </c>
       <c r="C800" s="1">
-        <v>20.61</v>
-[...3 lines deleted...]
-      </c>
+        <v>26.02</v>
+      </c>
+      <c r="D800" s="2"/>
     </row>
     <row r="801" spans="1:26">
       <c r="A801" t="s">
         <v>1602</v>
       </c>
       <c r="B801" t="s">
         <v>1603</v>
       </c>
       <c r="C801" s="1">
-        <v>26.02</v>
+        <v>11.25</v>
       </c>
       <c r="D801" s="2"/>
     </row>
     <row r="802" spans="1:26">
       <c r="A802" t="s">
         <v>1604</v>
       </c>
       <c r="B802" t="s">
         <v>1605</v>
       </c>
       <c r="C802" s="1">
-        <v>11.25</v>
-[...1 lines deleted...]
-      <c r="D802" s="2"/>
+        <v>15.58</v>
+      </c>
+      <c r="D802" s="2">
+        <v>15</v>
+      </c>
     </row>
     <row r="803" spans="1:26">
       <c r="A803" t="s">
         <v>1606</v>
       </c>
       <c r="B803" t="s">
         <v>1607</v>
       </c>
       <c r="C803" s="1">
-        <v>15.58</v>
+        <v>15.43</v>
       </c>
       <c r="D803" s="2">
-        <v>17</v>
+        <v>4</v>
       </c>
     </row>
     <row r="804" spans="1:26">
       <c r="A804" t="s">
         <v>1608</v>
       </c>
       <c r="B804" t="s">
         <v>1609</v>
       </c>
       <c r="C804" s="1">
-        <v>15.43</v>
+        <v>20.81</v>
       </c>
       <c r="D804" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="805" spans="1:26">
       <c r="A805" t="s">
         <v>1610</v>
       </c>
       <c r="B805" t="s">
         <v>1611</v>
       </c>
       <c r="C805" s="1">
-        <v>20.81</v>
+        <v>14.05</v>
       </c>
       <c r="D805" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="806" spans="1:26">
       <c r="A806" t="s">
         <v>1612</v>
       </c>
       <c r="B806" t="s">
         <v>1613</v>
       </c>
       <c r="C806" s="1">
         <v>14.05</v>
       </c>
       <c r="D806" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="807" spans="1:26">
       <c r="A807" t="s">
         <v>1614</v>
       </c>
       <c r="B807" t="s">
         <v>1615</v>
       </c>
       <c r="C807" s="1">
         <v>14.05</v>
@@ -15893,111 +15877,107 @@
         <v>1</v>
       </c>
     </row>
     <row r="808" spans="1:26">
       <c r="A808" t="s">
         <v>1616</v>
       </c>
       <c r="B808" t="s">
         <v>1617</v>
       </c>
       <c r="C808" s="1">
         <v>14.05</v>
       </c>
       <c r="D808" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="809" spans="1:26">
       <c r="A809" t="s">
         <v>1618</v>
       </c>
       <c r="B809" t="s">
         <v>1619</v>
       </c>
       <c r="C809" s="1">
-        <v>14.05</v>
+        <v>8.37</v>
       </c>
       <c r="D809" s="2">
-        <v>1</v>
+        <v>80</v>
       </c>
     </row>
     <row r="810" spans="1:26">
       <c r="A810" t="s">
         <v>1620</v>
       </c>
       <c r="B810" t="s">
         <v>1621</v>
       </c>
       <c r="C810" s="1">
-        <v>8.37</v>
+        <v>8.12</v>
       </c>
       <c r="D810" s="2">
-        <v>82</v>
+        <v>91</v>
       </c>
     </row>
     <row r="811" spans="1:26">
       <c r="A811" t="s">
         <v>1622</v>
       </c>
       <c r="B811" t="s">
         <v>1623</v>
       </c>
       <c r="C811" s="1">
         <v>8.12</v>
       </c>
       <c r="D811" s="2">
-        <v>91</v>
+        <v>85</v>
       </c>
     </row>
     <row r="812" spans="1:26">
       <c r="A812" t="s">
         <v>1624</v>
       </c>
       <c r="B812" t="s">
         <v>1625</v>
       </c>
       <c r="C812" s="1">
         <v>8.12</v>
       </c>
       <c r="D812" s="2">
-        <v>85</v>
+        <v>69</v>
       </c>
     </row>
     <row r="813" spans="1:26">
       <c r="A813" t="s">
         <v>1626</v>
       </c>
       <c r="B813" t="s">
         <v>1627</v>
       </c>
-      <c r="C813" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C813" s="1"/>
+      <c r="D813" s="2"/>
     </row>
     <row r="814" spans="1:26">
       <c r="A814" t="s">
         <v>1628</v>
       </c>
       <c r="B814" t="s">
         <v>1629</v>
       </c>
       <c r="C814" s="1"/>
       <c r="D814" s="2"/>
     </row>
     <row r="815" spans="1:26">
       <c r="A815" t="s">
         <v>1630</v>
       </c>
       <c r="B815" t="s">
         <v>1631</v>
       </c>
       <c r="C815" s="1"/>
       <c r="D815" s="2"/>
     </row>
     <row r="816" spans="1:26">
       <c r="A816" t="s">
         <v>1632</v>
       </c>
@@ -16043,63 +16023,63 @@
       </c>
       <c r="B820" t="s">
         <v>1641</v>
       </c>
       <c r="C820" s="1"/>
       <c r="D820" s="2"/>
     </row>
     <row r="821" spans="1:26">
       <c r="A821" t="s">
         <v>1642</v>
       </c>
       <c r="B821" t="s">
         <v>1643</v>
       </c>
       <c r="C821" s="1"/>
       <c r="D821" s="2"/>
     </row>
     <row r="822" spans="1:26">
       <c r="A822" t="s">
         <v>1644</v>
       </c>
       <c r="B822" t="s">
         <v>1645</v>
       </c>
       <c r="C822" s="1"/>
-      <c r="D822" s="2"/>
+      <c r="D822" s="2">
+        <v>48</v>
+      </c>
     </row>
     <row r="823" spans="1:26">
       <c r="A823" t="s">
         <v>1646</v>
       </c>
       <c r="B823" t="s">
         <v>1647</v>
       </c>
       <c r="C823" s="1"/>
-      <c r="D823" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D823" s="2"/>
     </row>
     <row r="824" spans="1:26">
       <c r="A824" t="s">
         <v>1648</v>
       </c>
       <c r="B824" t="s">
         <v>1649</v>
       </c>
       <c r="C824" s="1"/>
       <c r="D824" s="2"/>
     </row>
     <row r="825" spans="1:26">
       <c r="A825" t="s">
         <v>1650</v>
       </c>
       <c r="B825" t="s">
         <v>1651</v>
       </c>
       <c r="C825" s="1"/>
       <c r="D825" s="2"/>
     </row>
     <row r="826" spans="1:26">
       <c r="A826" t="s">
         <v>1652</v>
       </c>
@@ -16114,1199 +16094,1205 @@
         <v>1654</v>
       </c>
       <c r="B827" t="s">
         <v>1655</v>
       </c>
       <c r="C827" s="1"/>
       <c r="D827" s="2"/>
     </row>
     <row r="828" spans="1:26">
       <c r="A828" t="s">
         <v>1656</v>
       </c>
       <c r="B828" t="s">
         <v>1657</v>
       </c>
       <c r="C828" s="1"/>
       <c r="D828" s="2"/>
     </row>
     <row r="829" spans="1:26">
       <c r="A829" t="s">
         <v>1658</v>
       </c>
       <c r="B829" t="s">
         <v>1659</v>
       </c>
-      <c r="C829" s="1"/>
-      <c r="D829" s="2"/>
+      <c r="C829" s="1">
+        <v>9</v>
+      </c>
+      <c r="D829" s="2">
+        <v>32</v>
+      </c>
     </row>
     <row r="830" spans="1:26">
       <c r="A830" t="s">
         <v>1660</v>
       </c>
       <c r="B830" t="s">
         <v>1661</v>
       </c>
       <c r="C830" s="1">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.62</v>
+      </c>
+      <c r="D830" s="2"/>
     </row>
     <row r="831" spans="1:26">
       <c r="A831" t="s">
         <v>1662</v>
       </c>
       <c r="B831" t="s">
         <v>1663</v>
       </c>
-      <c r="C831" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C831" s="1"/>
       <c r="D831" s="2"/>
     </row>
     <row r="832" spans="1:26">
       <c r="A832" t="s">
         <v>1664</v>
       </c>
       <c r="B832" t="s">
         <v>1665</v>
       </c>
       <c r="C832" s="1"/>
       <c r="D832" s="2"/>
     </row>
     <row r="833" spans="1:26">
       <c r="A833" t="s">
         <v>1666</v>
       </c>
       <c r="B833" t="s">
         <v>1667</v>
       </c>
-      <c r="C833" s="1"/>
-      <c r="D833" s="2"/>
+      <c r="C833" s="1">
+        <v>13.47</v>
+      </c>
+      <c r="D833" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="834" spans="1:26">
       <c r="A834" t="s">
         <v>1668</v>
       </c>
       <c r="B834" t="s">
         <v>1669</v>
       </c>
-      <c r="C834" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C834" s="1"/>
+      <c r="D834" s="2"/>
     </row>
     <row r="835" spans="1:26">
       <c r="A835" t="s">
         <v>1670</v>
       </c>
       <c r="B835" t="s">
         <v>1671</v>
       </c>
-      <c r="C835" s="1"/>
+      <c r="C835" s="1">
+        <v>28.56</v>
+      </c>
       <c r="D835" s="2"/>
     </row>
     <row r="836" spans="1:26">
       <c r="A836" t="s">
         <v>1672</v>
       </c>
       <c r="B836" t="s">
         <v>1673</v>
       </c>
       <c r="C836" s="1">
-        <v>28.56</v>
+        <v>7.2</v>
       </c>
       <c r="D836" s="2"/>
     </row>
     <row r="837" spans="1:26">
       <c r="A837" t="s">
         <v>1674</v>
       </c>
       <c r="B837" t="s">
         <v>1675</v>
       </c>
       <c r="C837" s="1">
-        <v>7.2</v>
-[...1 lines deleted...]
-      <c r="D837" s="2"/>
+        <v>6.13</v>
+      </c>
+      <c r="D837" s="2">
+        <v>14</v>
+      </c>
     </row>
     <row r="838" spans="1:26">
       <c r="A838" t="s">
         <v>1676</v>
       </c>
       <c r="B838" t="s">
         <v>1677</v>
       </c>
       <c r="C838" s="1">
-        <v>6.13</v>
+        <v>95.5</v>
       </c>
       <c r="D838" s="2">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="839" spans="1:26">
       <c r="A839" t="s">
         <v>1678</v>
       </c>
       <c r="B839" t="s">
         <v>1679</v>
       </c>
       <c r="C839" s="1">
-        <v>95.5</v>
+        <v>64.51</v>
       </c>
       <c r="D839" s="2">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="840" spans="1:26">
       <c r="A840" t="s">
         <v>1680</v>
       </c>
       <c r="B840" t="s">
         <v>1681</v>
       </c>
       <c r="C840" s="1">
-        <v>64.51</v>
+        <v>95.95</v>
       </c>
       <c r="D840" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="841" spans="1:26">
       <c r="A841" t="s">
         <v>1682</v>
       </c>
       <c r="B841" t="s">
         <v>1683</v>
       </c>
       <c r="C841" s="1">
         <v>95.95</v>
       </c>
       <c r="D841" s="2">
-        <v>21</v>
+        <v>36</v>
       </c>
     </row>
     <row r="842" spans="1:26">
       <c r="A842" t="s">
         <v>1684</v>
       </c>
       <c r="B842" t="s">
         <v>1685</v>
       </c>
       <c r="C842" s="1">
         <v>95.95</v>
       </c>
       <c r="D842" s="2">
-        <v>2</v>
+        <v>34</v>
       </c>
     </row>
     <row r="843" spans="1:26">
       <c r="A843" t="s">
         <v>1686</v>
       </c>
       <c r="B843" t="s">
         <v>1687</v>
       </c>
       <c r="C843" s="1">
-        <v>95.95</v>
-[...1 lines deleted...]
-      <c r="D843" s="2"/>
+        <v>65.8</v>
+      </c>
+      <c r="D843" s="2">
+        <v>12</v>
+      </c>
     </row>
     <row r="844" spans="1:26">
       <c r="A844" t="s">
         <v>1688</v>
       </c>
       <c r="B844" t="s">
         <v>1689</v>
       </c>
       <c r="C844" s="1">
-        <v>65.8</v>
+        <v>96.79</v>
       </c>
       <c r="D844" s="2">
-        <v>16</v>
+        <v>2</v>
       </c>
     </row>
     <row r="845" spans="1:26">
       <c r="A845" t="s">
         <v>1690</v>
       </c>
       <c r="B845" t="s">
         <v>1691</v>
       </c>
       <c r="C845" s="1">
-        <v>96.79</v>
-[...3 lines deleted...]
-      </c>
+        <v>66.43</v>
+      </c>
+      <c r="D845" s="2"/>
     </row>
     <row r="846" spans="1:26">
       <c r="A846" t="s">
         <v>1692</v>
       </c>
       <c r="B846" t="s">
         <v>1693</v>
       </c>
       <c r="C846" s="1">
-        <v>66.43</v>
-[...1 lines deleted...]
-      <c r="D846" s="2"/>
+        <v>96.79</v>
+      </c>
+      <c r="D846" s="2">
+        <v>38</v>
+      </c>
     </row>
     <row r="847" spans="1:26">
       <c r="A847" t="s">
         <v>1694</v>
       </c>
       <c r="B847" t="s">
         <v>1695</v>
       </c>
       <c r="C847" s="1">
-        <v>96.79</v>
-[...3 lines deleted...]
-      </c>
+        <v>66.43</v>
+      </c>
+      <c r="D847" s="2"/>
     </row>
     <row r="848" spans="1:26">
       <c r="A848" t="s">
         <v>1696</v>
       </c>
       <c r="B848" t="s">
         <v>1697</v>
       </c>
       <c r="C848" s="1">
-        <v>66.43</v>
-[...1 lines deleted...]
-      <c r="D848" s="2"/>
+        <v>96.79</v>
+      </c>
+      <c r="D848" s="2">
+        <v>26</v>
+      </c>
     </row>
     <row r="849" spans="1:26">
       <c r="A849" t="s">
         <v>1698</v>
       </c>
       <c r="B849" t="s">
         <v>1699</v>
       </c>
       <c r="C849" s="1">
-        <v>96.79</v>
-[...3 lines deleted...]
-      </c>
+        <v>66.43</v>
+      </c>
+      <c r="D849" s="2"/>
     </row>
     <row r="850" spans="1:26">
       <c r="A850" t="s">
         <v>1700</v>
       </c>
       <c r="B850" t="s">
         <v>1701</v>
       </c>
       <c r="C850" s="1">
-        <v>66.43</v>
-[...1 lines deleted...]
-      <c r="D850" s="2"/>
+        <v>77.43</v>
+      </c>
+      <c r="D850" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="851" spans="1:26">
       <c r="A851" t="s">
         <v>1702</v>
       </c>
       <c r="B851" t="s">
         <v>1703</v>
       </c>
       <c r="C851" s="1">
-        <v>77.43</v>
+        <v>120.03</v>
       </c>
       <c r="D851" s="2">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="852" spans="1:26">
       <c r="A852" t="s">
         <v>1704</v>
       </c>
       <c r="B852" t="s">
         <v>1705</v>
       </c>
       <c r="C852" s="1">
-        <v>120.03</v>
+        <v>143.48</v>
       </c>
       <c r="D852" s="2">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="853" spans="1:26">
       <c r="A853" t="s">
         <v>1706</v>
       </c>
       <c r="B853" t="s">
         <v>1707</v>
       </c>
       <c r="C853" s="1">
         <v>143.48</v>
       </c>
       <c r="D853" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="854" spans="1:26">
       <c r="A854" t="s">
         <v>1708</v>
       </c>
       <c r="B854" t="s">
         <v>1709</v>
       </c>
       <c r="C854" s="1">
         <v>143.48</v>
       </c>
       <c r="D854" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="855" spans="1:26">
       <c r="A855" t="s">
         <v>1710</v>
       </c>
       <c r="B855" t="s">
         <v>1711</v>
       </c>
       <c r="C855" s="1">
-        <v>143.48</v>
+        <v>170.25</v>
       </c>
       <c r="D855" s="2">
-        <v>11</v>
+        <v>4</v>
       </c>
     </row>
     <row r="856" spans="1:26">
       <c r="A856" t="s">
         <v>1712</v>
       </c>
       <c r="B856" t="s">
         <v>1713</v>
       </c>
       <c r="C856" s="1">
-        <v>170.25</v>
+        <v>217.45</v>
       </c>
       <c r="D856" s="2">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="857" spans="1:26">
       <c r="A857" t="s">
         <v>1714</v>
       </c>
       <c r="B857" t="s">
         <v>1715</v>
       </c>
       <c r="C857" s="1">
         <v>217.45</v>
       </c>
       <c r="D857" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="858" spans="1:26">
       <c r="A858" t="s">
         <v>1716</v>
       </c>
       <c r="B858" t="s">
         <v>1717</v>
       </c>
       <c r="C858" s="1">
         <v>217.45</v>
       </c>
       <c r="D858" s="2">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="859" spans="1:26">
       <c r="A859" t="s">
         <v>1718</v>
       </c>
       <c r="B859" t="s">
         <v>1719</v>
       </c>
       <c r="C859" s="1">
-        <v>217.45</v>
+        <v>68.11</v>
       </c>
       <c r="D859" s="2">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="860" spans="1:26">
       <c r="A860" t="s">
         <v>1720</v>
       </c>
       <c r="B860" t="s">
         <v>1721</v>
       </c>
       <c r="C860" s="1">
-        <v>68.11</v>
-[...3 lines deleted...]
-      </c>
+        <v>95.02</v>
+      </c>
+      <c r="D860" s="2"/>
     </row>
     <row r="861" spans="1:26">
       <c r="A861" t="s">
         <v>1722</v>
       </c>
       <c r="B861" t="s">
         <v>1723</v>
       </c>
       <c r="C861" s="1">
         <v>95.02</v>
       </c>
-      <c r="D861" s="2"/>
+      <c r="D861" s="2">
+        <v>14</v>
+      </c>
     </row>
     <row r="862" spans="1:26">
       <c r="A862" t="s">
         <v>1724</v>
       </c>
       <c r="B862" t="s">
         <v>1725</v>
       </c>
       <c r="C862" s="1">
         <v>95.02</v>
       </c>
       <c r="D862" s="2">
-        <v>14</v>
+        <v>3</v>
       </c>
     </row>
     <row r="863" spans="1:26">
       <c r="A863" t="s">
         <v>1726</v>
       </c>
       <c r="B863" t="s">
         <v>1727</v>
       </c>
       <c r="C863" s="1">
-        <v>95.02</v>
+        <v>106.03</v>
       </c>
       <c r="D863" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="864" spans="1:26">
       <c r="A864" t="s">
         <v>1728</v>
       </c>
       <c r="B864" t="s">
         <v>1729</v>
       </c>
       <c r="C864" s="1">
-        <v>106.03</v>
+        <v>120.8</v>
       </c>
       <c r="D864" s="2">
-        <v>4</v>
+        <v>26</v>
       </c>
     </row>
     <row r="865" spans="1:26">
       <c r="A865" t="s">
         <v>1730</v>
       </c>
       <c r="B865" t="s">
         <v>1731</v>
       </c>
       <c r="C865" s="1">
         <v>120.8</v>
       </c>
       <c r="D865" s="2">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="866" spans="1:26">
       <c r="A866" t="s">
         <v>1732</v>
       </c>
       <c r="B866" t="s">
         <v>1733</v>
       </c>
       <c r="C866" s="1">
         <v>120.8</v>
       </c>
       <c r="D866" s="2">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="867" spans="1:26">
       <c r="A867" t="s">
         <v>1734</v>
       </c>
       <c r="B867" t="s">
         <v>1735</v>
       </c>
       <c r="C867" s="1">
-        <v>120.8</v>
-[...3 lines deleted...]
-      </c>
+        <v>158.68</v>
+      </c>
+      <c r="D867" s="2"/>
     </row>
     <row r="868" spans="1:26">
       <c r="A868" t="s">
         <v>1736</v>
       </c>
       <c r="B868" t="s">
         <v>1737</v>
       </c>
       <c r="C868" s="1">
-        <v>158.68</v>
-[...1 lines deleted...]
-      <c r="D868" s="2"/>
+        <v>199.54</v>
+      </c>
+      <c r="D868" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="869" spans="1:26">
       <c r="A869" t="s">
         <v>1738</v>
       </c>
       <c r="B869" t="s">
         <v>1739</v>
       </c>
       <c r="C869" s="1">
         <v>199.54</v>
       </c>
-      <c r="D869" s="2"/>
+      <c r="D869" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="870" spans="1:26">
       <c r="A870" t="s">
         <v>1740</v>
       </c>
       <c r="B870" t="s">
         <v>1741</v>
       </c>
       <c r="C870" s="1">
         <v>199.54</v>
       </c>
-      <c r="D870" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D870" s="2"/>
     </row>
     <row r="871" spans="1:26">
       <c r="A871" t="s">
         <v>1742</v>
       </c>
       <c r="B871" t="s">
         <v>1743</v>
       </c>
       <c r="C871" s="1">
-        <v>199.54</v>
+        <v>155.83</v>
       </c>
       <c r="D871" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="872" spans="1:26">
       <c r="A872" t="s">
         <v>1744</v>
       </c>
       <c r="B872" t="s">
         <v>1745</v>
       </c>
       <c r="C872" s="1">
-        <v>155.83</v>
+        <v>168.98</v>
       </c>
       <c r="D872" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="873" spans="1:26">
       <c r="A873" t="s">
         <v>1746</v>
       </c>
       <c r="B873" t="s">
         <v>1747</v>
       </c>
       <c r="C873" s="1">
         <v>168.98</v>
       </c>
       <c r="D873" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="874" spans="1:26">
       <c r="A874" t="s">
         <v>1748</v>
       </c>
       <c r="B874" t="s">
         <v>1749</v>
       </c>
       <c r="C874" s="1">
         <v>168.98</v>
       </c>
       <c r="D874" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="875" spans="1:26">
       <c r="A875" t="s">
         <v>1750</v>
       </c>
       <c r="B875" t="s">
         <v>1751</v>
       </c>
       <c r="C875" s="1">
-        <v>168.98</v>
+        <v>99.13</v>
       </c>
       <c r="D875" s="2">
-        <v>3</v>
+        <v>9</v>
       </c>
     </row>
     <row r="876" spans="1:26">
       <c r="A876" t="s">
         <v>1752</v>
       </c>
       <c r="B876" t="s">
         <v>1753</v>
       </c>
       <c r="C876" s="1">
-        <v>99.13</v>
-[...1 lines deleted...]
-      <c r="D876" s="2"/>
+        <v>79.28</v>
+      </c>
+      <c r="D876" s="2">
+        <v>40</v>
+      </c>
     </row>
     <row r="877" spans="1:26">
       <c r="A877" t="s">
         <v>1754</v>
       </c>
       <c r="B877" t="s">
         <v>1755</v>
       </c>
       <c r="C877" s="1">
-        <v>79.28</v>
-[...1 lines deleted...]
-      <c r="D877" s="2"/>
+        <v>72.46</v>
+      </c>
+      <c r="D877" s="2">
+        <v>30</v>
+      </c>
     </row>
     <row r="878" spans="1:26">
       <c r="A878" t="s">
         <v>1756</v>
       </c>
       <c r="B878" t="s">
         <v>1757</v>
       </c>
       <c r="C878" s="1">
         <v>72.46</v>
       </c>
-      <c r="D878" s="2"/>
+      <c r="D878" s="2">
+        <v>27</v>
+      </c>
     </row>
     <row r="879" spans="1:26">
       <c r="A879" t="s">
         <v>1758</v>
       </c>
       <c r="B879" t="s">
         <v>1759</v>
       </c>
       <c r="C879" s="1">
         <v>72.46</v>
       </c>
-      <c r="D879" s="2"/>
+      <c r="D879" s="2">
+        <v>29</v>
+      </c>
     </row>
     <row r="880" spans="1:26">
       <c r="A880" t="s">
         <v>1760</v>
       </c>
       <c r="B880" t="s">
         <v>1761</v>
       </c>
       <c r="C880" s="1">
-        <v>72.46</v>
-[...1 lines deleted...]
-      <c r="D880" s="2"/>
+        <v>66.08</v>
+      </c>
+      <c r="D880" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="881" spans="1:26">
       <c r="A881" t="s">
         <v>1762</v>
       </c>
       <c r="B881" t="s">
         <v>1763</v>
       </c>
       <c r="C881" s="1">
-        <v>66.08</v>
+        <v>113.07</v>
       </c>
       <c r="D881" s="2">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="882" spans="1:26">
       <c r="A882" t="s">
         <v>1764</v>
       </c>
       <c r="B882" t="s">
         <v>1765</v>
       </c>
       <c r="C882" s="1">
         <v>113.07</v>
       </c>
       <c r="D882" s="2">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="883" spans="1:26">
       <c r="A883" t="s">
         <v>1766</v>
       </c>
       <c r="B883" t="s">
         <v>1767</v>
       </c>
       <c r="C883" s="1">
         <v>113.07</v>
       </c>
       <c r="D883" s="2">
         <v>12</v>
       </c>
     </row>
     <row r="884" spans="1:26">
       <c r="A884" t="s">
         <v>1768</v>
       </c>
       <c r="B884" t="s">
         <v>1769</v>
       </c>
       <c r="C884" s="1">
-        <v>113.07</v>
+        <v>23.28</v>
       </c>
       <c r="D884" s="2">
-        <v>13</v>
+        <v>4</v>
       </c>
     </row>
     <row r="885" spans="1:26">
       <c r="A885" t="s">
         <v>1770</v>
       </c>
       <c r="B885" t="s">
         <v>1771</v>
       </c>
       <c r="C885" s="1">
-        <v>23.28</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.75</v>
+      </c>
+      <c r="D885" s="2"/>
     </row>
     <row r="886" spans="1:26">
       <c r="A886" t="s">
         <v>1772</v>
       </c>
       <c r="B886" t="s">
         <v>1773</v>
       </c>
       <c r="C886" s="1">
-        <v>7.75</v>
+        <v>10.74</v>
       </c>
       <c r="D886" s="2">
-        <v>1</v>
+        <v>13</v>
       </c>
     </row>
     <row r="887" spans="1:26">
       <c r="A887" t="s">
         <v>1774</v>
       </c>
       <c r="B887" t="s">
         <v>1775</v>
       </c>
       <c r="C887" s="1">
-        <v>10.74</v>
+        <v>61.87</v>
       </c>
       <c r="D887" s="2">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="888" spans="1:26">
       <c r="A888" t="s">
         <v>1776</v>
       </c>
       <c r="B888" t="s">
         <v>1777</v>
       </c>
       <c r="C888" s="1">
-        <v>61.87</v>
+        <v>72.8</v>
       </c>
       <c r="D888" s="2"/>
     </row>
     <row r="889" spans="1:26">
       <c r="A889" t="s">
         <v>1778</v>
       </c>
       <c r="B889" t="s">
         <v>1779</v>
       </c>
       <c r="C889" s="1">
-        <v>72.8</v>
+        <v>224.05</v>
       </c>
       <c r="D889" s="2"/>
     </row>
     <row r="890" spans="1:26">
       <c r="A890" t="s">
         <v>1780</v>
       </c>
       <c r="B890" t="s">
         <v>1781</v>
       </c>
       <c r="C890" s="1">
-        <v>224.05</v>
+        <v>290.97</v>
       </c>
       <c r="D890" s="2"/>
     </row>
     <row r="891" spans="1:26">
       <c r="A891" t="s">
         <v>1782</v>
       </c>
       <c r="B891" t="s">
         <v>1783</v>
       </c>
       <c r="C891" s="1">
         <v>290.97</v>
       </c>
       <c r="D891" s="2"/>
     </row>
     <row r="892" spans="1:26">
       <c r="A892" t="s">
         <v>1784</v>
       </c>
       <c r="B892" t="s">
         <v>1785</v>
       </c>
       <c r="C892" s="1">
         <v>290.97</v>
       </c>
       <c r="D892" s="2"/>
     </row>
     <row r="893" spans="1:26">
       <c r="A893" t="s">
         <v>1786</v>
       </c>
       <c r="B893" t="s">
         <v>1787</v>
       </c>
       <c r="C893" s="1">
-        <v>290.97</v>
+        <v>130.8</v>
       </c>
       <c r="D893" s="2"/>
     </row>
     <row r="894" spans="1:26">
       <c r="A894" t="s">
         <v>1788</v>
       </c>
       <c r="B894" t="s">
         <v>1789</v>
       </c>
       <c r="C894" s="1">
-        <v>130.8</v>
+        <v>358.5</v>
       </c>
       <c r="D894" s="2"/>
     </row>
     <row r="895" spans="1:26">
       <c r="A895" t="s">
         <v>1790</v>
       </c>
       <c r="B895" t="s">
         <v>1791</v>
       </c>
       <c r="C895" s="1">
-        <v>358.5</v>
+        <v>545.04</v>
       </c>
       <c r="D895" s="2"/>
     </row>
     <row r="896" spans="1:26">
       <c r="A896" t="s">
         <v>1792</v>
       </c>
       <c r="B896" t="s">
         <v>1793</v>
       </c>
       <c r="C896" s="1">
-        <v>545.04</v>
+        <v>212.53</v>
       </c>
       <c r="D896" s="2"/>
     </row>
     <row r="897" spans="1:26">
       <c r="A897" t="s">
         <v>1794</v>
       </c>
       <c r="B897" t="s">
         <v>1795</v>
       </c>
       <c r="C897" s="1">
-        <v>212.53</v>
+        <v>297.58</v>
       </c>
       <c r="D897" s="2"/>
     </row>
     <row r="898" spans="1:26">
       <c r="A898" t="s">
         <v>1796</v>
       </c>
       <c r="B898" t="s">
         <v>1797</v>
       </c>
       <c r="C898" s="1">
-        <v>297.58</v>
-[...1 lines deleted...]
-      <c r="D898" s="2"/>
+        <v>64.09</v>
+      </c>
+      <c r="D898" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="899" spans="1:26">
       <c r="A899" t="s">
         <v>1798</v>
       </c>
       <c r="B899" t="s">
         <v>1799</v>
       </c>
       <c r="C899" s="1">
-        <v>64.09</v>
+        <v>161.52</v>
       </c>
       <c r="D899" s="2">
-        <v>3</v>
+        <v>60</v>
       </c>
     </row>
     <row r="900" spans="1:26">
       <c r="A900" t="s">
         <v>1800</v>
       </c>
       <c r="B900" t="s">
         <v>1801</v>
       </c>
       <c r="C900" s="1">
-        <v>161.52</v>
-[...1 lines deleted...]
-      <c r="D900" s="2"/>
+        <v>288.69</v>
+      </c>
+      <c r="D900" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="901" spans="1:26">
       <c r="A901" t="s">
         <v>1802</v>
       </c>
       <c r="B901" t="s">
         <v>1803</v>
       </c>
       <c r="C901" s="1">
-        <v>288.69</v>
-[...1 lines deleted...]
-      <c r="D901" s="2"/>
+        <v>267.49</v>
+      </c>
+      <c r="D901" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="902" spans="1:26">
       <c r="A902" t="s">
         <v>1804</v>
       </c>
       <c r="B902" t="s">
         <v>1805</v>
       </c>
       <c r="C902" s="1">
-        <v>267.49</v>
+        <v>30.88</v>
       </c>
       <c r="D902" s="2">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="903" spans="1:26">
       <c r="A903" t="s">
         <v>1806</v>
       </c>
       <c r="B903" t="s">
         <v>1807</v>
       </c>
       <c r="C903" s="1">
-        <v>30.88</v>
-[...3 lines deleted...]
-      </c>
+        <v>584.4</v>
+      </c>
+      <c r="D903" s="2"/>
     </row>
     <row r="904" spans="1:26">
       <c r="A904" t="s">
         <v>1808</v>
       </c>
       <c r="B904" t="s">
         <v>1809</v>
       </c>
       <c r="C904" s="1">
-        <v>584.4</v>
-[...1 lines deleted...]
-      <c r="D904" s="2"/>
+        <v>545.25</v>
+      </c>
+      <c r="D904" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="905" spans="1:26">
       <c r="A905" t="s">
         <v>1810</v>
       </c>
       <c r="B905" t="s">
         <v>1811</v>
       </c>
       <c r="C905" s="1">
-        <v>545.25</v>
+        <v>296.14</v>
       </c>
       <c r="D905" s="2"/>
     </row>
     <row r="906" spans="1:26">
       <c r="A906" t="s">
         <v>1812</v>
       </c>
       <c r="B906" t="s">
         <v>1813</v>
       </c>
       <c r="C906" s="1">
-        <v>296.14</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="D906" s="2"/>
     </row>
     <row r="907" spans="1:26">
       <c r="A907" t="s">
         <v>1814</v>
       </c>
       <c r="B907" t="s">
         <v>1815</v>
       </c>
       <c r="C907" s="1">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="D907" s="2"/>
+        <v>137.1</v>
+      </c>
+      <c r="D907" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="908" spans="1:26">
       <c r="A908" t="s">
         <v>1816</v>
       </c>
       <c r="B908" t="s">
         <v>1817</v>
       </c>
       <c r="C908" s="1">
-        <v>137.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>583.58</v>
+      </c>
+      <c r="D908" s="2"/>
     </row>
     <row r="909" spans="1:26">
       <c r="A909" t="s">
         <v>1818</v>
       </c>
       <c r="B909" t="s">
         <v>1819</v>
       </c>
       <c r="C909" s="1">
-        <v>583.58</v>
+        <v>128.4</v>
       </c>
       <c r="D909" s="2"/>
     </row>
     <row r="910" spans="1:26">
       <c r="A910" t="s">
         <v>1820</v>
       </c>
       <c r="B910" t="s">
         <v>1821</v>
       </c>
       <c r="C910" s="1">
-        <v>128.4</v>
-[...1 lines deleted...]
-      <c r="D910" s="2"/>
+        <v>131.71</v>
+      </c>
+      <c r="D910" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="911" spans="1:26">
       <c r="A911" t="s">
         <v>1822</v>
       </c>
       <c r="B911" t="s">
         <v>1823</v>
       </c>
       <c r="C911" s="1">
-        <v>131.71</v>
+        <v>61.94</v>
       </c>
       <c r="D911" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="912" spans="1:26">
       <c r="A912" t="s">
         <v>1824</v>
       </c>
       <c r="B912" t="s">
         <v>1825</v>
       </c>
       <c r="C912" s="1">
-        <v>61.94</v>
-[...3 lines deleted...]
-      </c>
+        <v>135.87</v>
+      </c>
+      <c r="D912" s="2"/>
     </row>
     <row r="913" spans="1:26">
       <c r="A913" t="s">
         <v>1826</v>
       </c>
       <c r="B913" t="s">
         <v>1827</v>
       </c>
       <c r="C913" s="1">
         <v>135.87</v>
       </c>
       <c r="D913" s="2"/>
     </row>
     <row r="914" spans="1:26">
       <c r="A914" t="s">
         <v>1828</v>
       </c>
       <c r="B914" t="s">
         <v>1829</v>
       </c>
       <c r="C914" s="1">
-        <v>135.87</v>
+        <v>212.01</v>
       </c>
       <c r="D914" s="2"/>
     </row>
     <row r="915" spans="1:26">
       <c r="A915" t="s">
         <v>1830</v>
       </c>
       <c r="B915" t="s">
         <v>1831</v>
       </c>
       <c r="C915" s="1">
-        <v>212.01</v>
-[...1 lines deleted...]
-      <c r="D915" s="2"/>
+        <v>228.9</v>
+      </c>
+      <c r="D915" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="916" spans="1:26">
       <c r="A916" t="s">
         <v>1832</v>
       </c>
       <c r="B916" t="s">
         <v>1833</v>
       </c>
       <c r="C916" s="1">
-        <v>228.9</v>
+        <v>616.66</v>
       </c>
       <c r="D916" s="2">
-        <v>4</v>
-[...13 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>