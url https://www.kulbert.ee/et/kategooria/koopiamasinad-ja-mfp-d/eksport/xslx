--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>110C0D3NL0</t>
   </si>
   <si>
     <t>Kyocera Ecosys MA2600cwfx (A4 värviline MFP, 4in1; 26 lk/min; 50 lehte DADF; dupleks; 250+50 lehte, USB, Network, Fax)</t>
   </si>
   <si>
     <t>110C2M3NL0</t>
   </si>
   <si>
     <t>Kyocera TASKalfa MZ2501ci (A3 värv. printer/koopia/skanner; 25 lk/min; Duplex; 2x500+150 lehte)</t>
   </si>
   <si>
@@ -144,50 +144,62 @@
     <t>Kyocera TASKalfa 2554ci (A3 värv. printer/koopia/skanner; 25 lk/min; Duplex; 2x500+150 lehte)</t>
   </si>
   <si>
     <t>1102P13NL0</t>
   </si>
   <si>
     <t>Kyocera ECOSYS M4132idn (A3 printer/koopia/ värv. skänner; 32 lk/min; DADF; Duplex; 500+100 lehte; HyPAS; Start tooner 3000 lehte)</t>
   </si>
   <si>
     <t>1102P43NL0</t>
   </si>
   <si>
     <t>Kyocera ECOSYS M8124cidn (A3 värv. printer/koopia/skanner; 24 lk/min; DADF; Duplex; 500+100 lehte)</t>
   </si>
   <si>
     <t>1102WF3NL0</t>
   </si>
   <si>
     <t>Kyocera ECOSYS M3860idnf</t>
   </si>
   <si>
     <t>1102P33NL0</t>
   </si>
   <si>
     <t>Kyocera ECOSYS M8130cidn (A3 värv. printer/koopia/skanner; 30 lk/min; DADF; Duplex; 500+100 lehte)</t>
+  </si>
+  <si>
+    <t>1102R73NL0</t>
+  </si>
+  <si>
+    <t>Kyocera Ecosys M5526cdw (A4 värviline MFP, 4in1; 26 lk/min; 50 lehte DADF; dupleks; 250+50 lehte, USB, Network, WIFi)</t>
+  </si>
+  <si>
+    <t>1102R83NL0</t>
+  </si>
+  <si>
+    <t>Kyocera Ecosys M5526cdn (A4 värviline MFP, 4in1; 26 lk/min; 50 lehte DADF; dupleks; 250+50 lehte, USB, Network)</t>
   </si>
   <si>
     <t>1102P23NL0</t>
   </si>
   <si>
     <t>Kyocera ECOSYS M4125idn (A3 printer/koopia/ värv. skänner; 25 lk/min; DADF; Duplex; 500+100 lehte; HyPAS; Start tooner 3000 lehte)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-&quot;€&quot;"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -501,54 +513,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z22"/>
+  <dimension ref="A1:Z24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D1" sqref="D1:D22"/>
+      <selection activeCell="D1" sqref="D1:D24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="165" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
@@ -574,297 +586,315 @@
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>540.39</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>2066.79</v>
       </c>
       <c r="D3" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>508.9</v>
       </c>
-      <c r="D4" s="2"/>
+      <c r="D4" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>615.69</v>
       </c>
       <c r="D5" s="2"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>513.79</v>
       </c>
       <c r="D6" s="2">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>708.42</v>
       </c>
-      <c r="D7" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D7" s="2"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>1158</v>
       </c>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>686.46</v>
       </c>
       <c r="D9" s="2"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>624</v>
       </c>
-      <c r="D10" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>600</v>
       </c>
       <c r="D11" s="2"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1">
         <v>2160</v>
       </c>
       <c r="D12" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
         <v>714</v>
       </c>
       <c r="D13" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
         <v>1158</v>
       </c>
       <c r="D14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>1478.38</v>
       </c>
-      <c r="D15" s="2"/>
+      <c r="D15" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>1875.39</v>
       </c>
       <c r="D16" s="2"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="1">
         <v>2160</v>
       </c>
       <c r="D17" s="2"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="1">
         <v>1549.17</v>
       </c>
-      <c r="D18" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D18" s="2"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="1">
         <v>1779.17</v>
       </c>
-      <c r="D19" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D19" s="2"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="1">
         <v>2049.17</v>
       </c>
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1">
         <v>2290.83</v>
       </c>
-      <c r="D21" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D21" s="2"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="1">
+        <v>534</v>
+      </c>
+      <c r="D22" s="2"/>
+    </row>
+    <row r="23" spans="1:26">
+      <c r="A23" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" t="s">
+        <v>47</v>
+      </c>
+      <c r="C23" s="1">
+        <v>394.8</v>
+      </c>
+      <c r="D23" s="2"/>
+    </row>
+    <row r="24" spans="1:26">
+      <c r="A24" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" t="s">
+        <v>49</v>
+      </c>
+      <c r="C24" s="1">
         <v>1382.5</v>
       </c>
-      <c r="D22" s="2">
-        <v>2</v>
+      <c r="D24" s="2">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>