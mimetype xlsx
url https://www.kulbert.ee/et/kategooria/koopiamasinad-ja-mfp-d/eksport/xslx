--- v1 (2025-12-16)
+++ v2 (2026-02-10)
@@ -12,62 +12,68 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Quantity</t>
+  </si>
+  <si>
+    <t>110C1B3NL0</t>
+  </si>
+  <si>
+    <t>Kyocera Ecosys MA4000fx (4in1; 40 lk/min; DADF; dupleks; 250+100 lehte; USB+NET; Start tooner 3600 lehte)</t>
   </si>
   <si>
     <t>110C0D3NL0</t>
   </si>
   <si>
     <t>Kyocera Ecosys MA2600cwfx (A4 värviline MFP, 4in1; 26 lk/min; 50 lehte DADF; dupleks; 250+50 lehte, USB, Network, Fax)</t>
   </si>
   <si>
     <t>110C2M3NL0</t>
   </si>
   <si>
     <t>Kyocera TASKalfa MZ2501ci (A3 värv. printer/koopia/skanner; 25 lk/min; Duplex; 2x500+150 lehte)</t>
   </si>
   <si>
     <t>110C0F3NL0</t>
   </si>
   <si>
     <t>Kyocera Ecosys MA2600cfx (A4 värviline MFP, 4in1; 26 lk/min; 50 lehte DADF; dupleks; 250+50 lehte, USB, Network, Fax)</t>
   </si>
   <si>
     <t>110C1D3NL0</t>
   </si>
   <si>
     <t>Kyocera Ecosys MA4000wifx (4in1; 40 lk/min; DADF; dupleks; 250+100 lehte; USB+NET;+Wifi Start tooner 3600 lehte)</t>
   </si>
@@ -513,54 +519,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z24"/>
+  <dimension ref="A1:Z25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D1" sqref="D1:D24"/>
+      <selection activeCell="D1" sqref="D1:D25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="165" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
@@ -571,331 +577,341 @@
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
-        <v>540.39</v>
+        <v>574.2</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
-        <v>2066.79</v>
-[...3 lines deleted...]
-      </c>
+        <v>540.39</v>
+      </c>
+      <c r="D3" s="2"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
-        <v>508.9</v>
+        <v>2066.79</v>
       </c>
       <c r="D4" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
-        <v>615.69</v>
-[...1 lines deleted...]
-      <c r="D5" s="2"/>
+        <v>508.9</v>
+      </c>
+      <c r="D5" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
-        <v>513.79</v>
-[...3 lines deleted...]
-      </c>
+        <v>615.69</v>
+      </c>
+      <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
-        <v>708.42</v>
-[...1 lines deleted...]
-      <c r="D7" s="2"/>
+        <v>513.79</v>
+      </c>
+      <c r="D7" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
-        <v>1158</v>
+        <v>708.42</v>
       </c>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
-        <v>686.46</v>
+        <v>1158</v>
       </c>
       <c r="D9" s="2"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
-        <v>624</v>
+        <v>686.46</v>
       </c>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
-        <v>600</v>
+        <v>624</v>
       </c>
       <c r="D11" s="2"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1">
-        <v>2160</v>
-[...3 lines deleted...]
-      </c>
+        <v>600</v>
+      </c>
+      <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
-        <v>714</v>
+        <v>2160</v>
       </c>
       <c r="D13" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
-        <v>1158</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>714</v>
+      </c>
+      <c r="D14" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
-        <v>1478.38</v>
-[...3 lines deleted...]
-      </c>
+        <v>1158</v>
+      </c>
+      <c r="D15" s="2"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
-        <v>1875.39</v>
-[...1 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>1478.38</v>
+      </c>
+      <c r="D16" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="1">
-        <v>2160</v>
+        <v>1875.39</v>
       </c>
       <c r="D17" s="2"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="1">
-        <v>1549.17</v>
+        <v>2160</v>
       </c>
       <c r="D18" s="2"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="1">
-        <v>1779.17</v>
+        <v>1549.17</v>
       </c>
       <c r="D19" s="2"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="1">
-        <v>2049.17</v>
+        <v>1779.17</v>
       </c>
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1">
-        <v>2290.83</v>
+        <v>2049.17</v>
       </c>
       <c r="D21" s="2"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="1">
-        <v>534</v>
+        <v>2290.83</v>
       </c>
       <c r="D22" s="2"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="1">
-        <v>394.8</v>
+        <v>534</v>
       </c>
       <c r="D23" s="2"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="1">
+        <v>394.8</v>
+      </c>
+      <c r="D24" s="2"/>
+    </row>
+    <row r="25" spans="1:26">
+      <c r="A25" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" t="s">
+        <v>51</v>
+      </c>
+      <c r="C25" s="1">
         <v>1382.5</v>
       </c>
-      <c r="D24" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D25" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">