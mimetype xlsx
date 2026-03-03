--- v2 (2026-02-10)
+++ v3 (2026-03-03)
@@ -591,78 +591,80 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>574.2</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>540.39</v>
       </c>
-      <c r="D3" s="2"/>
+      <c r="D3" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>2066.79</v>
       </c>
       <c r="D4" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>508.9</v>
       </c>
       <c r="D5" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>615.69</v>
       </c>
       <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>513.79</v>
       </c>
       <c r="D7" s="2">
@@ -732,64 +734,66 @@
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
         <v>2160</v>
       </c>
       <c r="D13" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
         <v>714</v>
       </c>
       <c r="D14" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>1158</v>
       </c>
-      <c r="D15" s="2"/>
+      <c r="D15" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>1478.38</v>
       </c>
       <c r="D16" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="1">
         <v>1875.39</v>
       </c>