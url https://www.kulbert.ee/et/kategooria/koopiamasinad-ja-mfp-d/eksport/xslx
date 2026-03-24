--- v3 (2026-03-03)
+++ v4 (2026-03-24)
@@ -606,180 +606,180 @@
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>540.39</v>
       </c>
       <c r="D3" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>2066.79</v>
       </c>
       <c r="D4" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>508.9</v>
       </c>
       <c r="D5" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>615.69</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>513.79</v>
       </c>
-      <c r="D7" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D7" s="2"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>708.42</v>
       </c>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>1158</v>
       </c>
       <c r="D9" s="2"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>686.46</v>
       </c>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>624</v>
       </c>
-      <c r="D11" s="2"/>
+      <c r="D11" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1">
         <v>600</v>
       </c>
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
         <v>2160</v>
       </c>
       <c r="D13" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
         <v>714</v>
       </c>
-      <c r="D14" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>1158</v>
       </c>
       <c r="D15" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>1478.38</v>
       </c>