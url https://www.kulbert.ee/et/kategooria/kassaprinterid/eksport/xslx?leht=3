--- v1 (2025-12-20)
+++ v2 (2026-02-10)
@@ -769,53 +769,51 @@
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>154.76</v>
       </c>
       <c r="D7" s="2"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>42</v>
       </c>
-      <c r="D8" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>296.42</v>
       </c>
       <c r="D9" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>300</v>
       </c>
@@ -848,51 +846,51 @@
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
         <v>147.6</v>
       </c>
       <c r="D13" s="2"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
         <v>182.83</v>
       </c>
       <c r="D14" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>2754</v>
       </c>
       <c r="D15" s="2"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>3594</v>
       </c>
       <c r="D16" s="2"/>
@@ -1174,51 +1172,51 @@
       <c r="D39" s="2"/>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="1">
         <v>334.8</v>
       </c>
       <c r="D40" s="2"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>82</v>
       </c>
       <c r="B41" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="1">
         <v>334.8</v>
       </c>
       <c r="D41" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="1">
         <v>402.6</v>
       </c>
       <c r="D42" s="2"/>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>86</v>
       </c>
       <c r="B43" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="1">
         <v>402.6</v>
       </c>
       <c r="D43" s="2"/>