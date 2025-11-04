--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -107,51 +107,51 @@
   <si>
     <t>Samsung/Bixolon STP-103DK/P ("drawer kick", paralleelliides, valge, PS)</t>
   </si>
   <si>
     <t>C31CE95122</t>
   </si>
   <si>
     <t>Kassaprinter Epson TM-M30 (122): Ethernet, WiFi, PS, EU, Must</t>
   </si>
   <si>
     <t>C31CH51011</t>
   </si>
   <si>
     <t>Tshekiprinter Epson TM-T20III (011): USB + Serial, PS, must, EU</t>
   </si>
   <si>
     <t>C31CH51012</t>
   </si>
   <si>
     <t>Tshekiprinter Epson TM-T20III (012): Ethernet, PS, must, EU</t>
   </si>
   <si>
     <t>C31CH76102</t>
   </si>
   <si>
-    <t>Tööstuslik kleebiste tindiprinter Epson ColorWorks W-C6000Ae</t>
+    <t>Tööstuslik kleebiste tindiprinter Epson ColorWorks CW-C6000Ae</t>
   </si>
   <si>
     <t>C31CH77102</t>
   </si>
   <si>
     <t>Epsoni kleebiseprinter ColorWorks CW-C6500Ae</t>
   </si>
   <si>
     <t>C31CD38023A0</t>
   </si>
   <si>
     <t>Kassaprinter Epson TM-T70II (serial / USB liides, Valge (ECW), komplektis toiteplokk PS180, KBTOITE)</t>
   </si>
   <si>
     <t>C31CD38032</t>
   </si>
   <si>
     <t>Kassaprinter Epson TM-T70II (serial / USB liides, Must (EDG), komplektis toiteplokk PS180, KBTOITE)</t>
   </si>
   <si>
     <t>C31CE94102</t>
   </si>
   <si>
     <t>Epson TM-T88VI (112): Serial, USB, Ethernet, summeriga, PS, valget värvi</t>
   </si>
@@ -705,51 +705,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>170.28</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>456</v>
       </c>
-      <c r="D3" s="2"/>
+      <c r="D3" s="2">
+        <v>7</v>
+      </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>270</v>
       </c>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>334.8</v>
       </c>
       <c r="D5" s="2"/>
     </row>
@@ -846,51 +848,51 @@
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
         <v>147.6</v>
       </c>
       <c r="D13" s="2"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
         <v>182.83</v>
       </c>
       <c r="D14" s="2">
-        <v>2</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>2754</v>
       </c>
       <c r="D15" s="2"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>3594</v>
       </c>
       <c r="D16" s="2"/>