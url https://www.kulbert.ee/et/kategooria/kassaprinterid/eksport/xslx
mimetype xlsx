--- v1 (2025-11-04)
+++ v2 (2025-12-20)
@@ -848,51 +848,51 @@
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
         <v>147.6</v>
       </c>
       <c r="D13" s="2"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
         <v>182.83</v>
       </c>
       <c r="D14" s="2">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>2754</v>
       </c>
       <c r="D15" s="2"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>3594</v>
       </c>
       <c r="D16" s="2"/>