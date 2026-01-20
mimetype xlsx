--- v2 (2025-12-20)
+++ v3 (2026-01-20)
@@ -1174,51 +1174,51 @@
       <c r="D39" s="2"/>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="1">
         <v>334.8</v>
       </c>
       <c r="D40" s="2"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>82</v>
       </c>
       <c r="B41" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="1">
         <v>334.8</v>
       </c>
       <c r="D41" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="1">
         <v>402.6</v>
       </c>
       <c r="D42" s="2"/>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>86</v>
       </c>
       <c r="B43" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="1">
         <v>402.6</v>
       </c>
       <c r="D43" s="2"/>