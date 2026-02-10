--- v3 (2026-01-20)
+++ v4 (2026-02-10)
@@ -769,53 +769,51 @@
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>154.76</v>
       </c>
       <c r="D7" s="2"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>42</v>
       </c>
-      <c r="D8" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>296.42</v>
       </c>
       <c r="D9" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>300</v>
       </c>
@@ -848,51 +846,51 @@
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
         <v>147.6</v>
       </c>
       <c r="D13" s="2"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
         <v>182.83</v>
       </c>
       <c r="D14" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>2754</v>
       </c>
       <c r="D15" s="2"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>3594</v>
       </c>
       <c r="D16" s="2"/>