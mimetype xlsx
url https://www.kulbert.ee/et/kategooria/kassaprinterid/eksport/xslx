--- v4 (2026-02-10)
+++ v5 (2026-03-12)
@@ -846,51 +846,51 @@
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
         <v>147.6</v>
       </c>
       <c r="D13" s="2"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
         <v>182.83</v>
       </c>
       <c r="D14" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>2754</v>
       </c>
       <c r="D15" s="2"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>3594</v>
       </c>
       <c r="D16" s="2"/>