--- v1 (2025-11-04)
+++ v2 (2026-02-10)
@@ -492,51 +492,51 @@
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>11.5</v>
       </c>
       <c r="D2" s="2">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>11.5</v>
       </c>
       <c r="D3" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>40.25</v>
       </c>
       <c r="D4" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>11.5</v>