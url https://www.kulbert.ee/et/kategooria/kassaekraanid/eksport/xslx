--- v2 (2026-02-10)
+++ v3 (2026-03-12)
@@ -492,51 +492,51 @@
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>11.5</v>
       </c>
       <c r="D2" s="2">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>11.5</v>
       </c>
       <c r="D3" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>40.25</v>
       </c>
       <c r="D4" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>11.5</v>