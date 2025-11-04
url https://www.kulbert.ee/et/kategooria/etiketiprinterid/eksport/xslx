--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -622,51 +622,51 @@
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>904.68</v>
       </c>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>199</v>
       </c>
       <c r="D9" s="2">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>319</v>
       </c>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>173</v>
       </c>
       <c r="D11" s="2">
@@ -718,51 +718,51 @@
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>7.68</v>
       </c>
       <c r="D15" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>3.22</v>
       </c>
       <c r="D16" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>